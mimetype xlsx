--- v0 (2025-11-26)
+++ v1 (2026-01-11)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3717" uniqueCount="3717">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3526" uniqueCount="3526">
   <si>
     <t>10134-000</t>
   </si>
   <si>
     <t>ERBE APC 2 (für VIO®) Argon-Plasma Koagulationsgerät</t>
   </si>
   <si>
     <t>04050147000193</t>
   </si>
   <si>
     <t>10135-000</t>
   </si>
   <si>
     <t>APC 3 Argonplasma-Koagulationsgerät</t>
   </si>
   <si>
     <t>04050147015692</t>
   </si>
   <si>
     <t>10140-100</t>
   </si>
   <si>
     <t>ERBE VIO® 300 D Hochfrequenz-Chirurgiegerät</t>
   </si>
   <si>
@@ -74,59 +74,50 @@
   <si>
     <t>ERBE VIO® 300 S Hochfrequenz-Chirurgiegerät</t>
   </si>
   <si>
     <t>04050147000223</t>
   </si>
   <si>
     <t>10140-400</t>
   </si>
   <si>
     <t>ERBE VIO® 200 S Hochfrequenz-Chirurgiegerät</t>
   </si>
   <si>
     <t>04050147000230</t>
   </si>
   <si>
     <t>10140-500</t>
   </si>
   <si>
     <t>ERBE VIO® 100 C Hochfrequenz-Chirurgiegerät</t>
   </si>
   <si>
     <t>04050147009905</t>
   </si>
   <si>
-    <t>10140-550</t>
-[...7 lines deleted...]
-  <si>
     <t>10150-000</t>
   </si>
   <si>
     <t>ERBEJET® 2 Hydrochirurgie-Gerät</t>
   </si>
   <si>
     <t>04050147000261</t>
   </si>
   <si>
     <t>10160-000</t>
   </si>
   <si>
     <t>VIO® 3 Elektrochirurgiegerät</t>
   </si>
   <si>
     <t>04050147015685</t>
   </si>
   <si>
     <t>10160-010</t>
   </si>
   <si>
     <t>VIO® 3n Elektrochirurgiegerät</t>
   </si>
   <si>
     <t>04050147023741</t>
@@ -173,104 +164,77 @@
   <si>
     <t>ERBECRYO® 2 Kryochirurgiegerät</t>
   </si>
   <si>
     <t>04050147013797</t>
   </si>
   <si>
     <t>10800-002</t>
   </si>
   <si>
     <t>VIRON 1 Kamerakontrolleinheit</t>
   </si>
   <si>
     <t>04260214650040</t>
   </si>
   <si>
     <t>10800-006</t>
   </si>
   <si>
     <t>VIRON X Kamerakontrolleinheit</t>
   </si>
   <si>
     <t>04260386576216</t>
   </si>
   <si>
-    <t>10800-600</t>
-[...16 lines deleted...]
-  <si>
     <t>10801-002</t>
   </si>
   <si>
     <t>VIRON 1 Kamerakopf</t>
   </si>
   <si>
     <t>04260214650057</t>
   </si>
   <si>
     <t>10801-006</t>
   </si>
   <si>
     <t>VIRON X Kamerakopf</t>
   </si>
   <si>
     <t>04260386576223</t>
   </si>
   <si>
     <t>10820-000</t>
   </si>
   <si>
     <t>LED 610 Lichtquelle, Kaltlicht, 100-240VAC</t>
   </si>
   <si>
     <t>04260214650194</t>
   </si>
   <si>
-    <t>10820-001</t>
-[...7 lines deleted...]
-  <si>
     <t>10830-003</t>
   </si>
   <si>
     <t>CO2 Gas - Insufflator 45 l/min</t>
   </si>
   <si>
     <t>03760278267372</t>
   </si>
   <si>
     <t>10840-002</t>
   </si>
   <si>
     <t>VARIOFLOW Mehrzweckpumpe und Zubehör</t>
   </si>
   <si>
     <t>04260729830326</t>
   </si>
   <si>
     <t>10840-003</t>
   </si>
   <si>
     <t>Multifunktionspumpe, Saug-/Spülpumpe</t>
   </si>
   <si>
     <t>04056702000639</t>
@@ -281,74 +245,77 @@
   <si>
     <t>Med. Monitor, 21 HD, Spez. Kompakt-Flachbildschirm</t>
   </si>
   <si>
     <t>04260214650644</t>
   </si>
   <si>
     <t>10850-001</t>
   </si>
   <si>
     <t>Med. Monitor, 27 HD, Spez. Kompakt-Flachbildschirm</t>
   </si>
   <si>
     <t>04260214650668</t>
   </si>
   <si>
     <t>10850-002</t>
   </si>
   <si>
     <t>Med. Monitor, 32 HD, VESA-Halterung, DVI, VGA</t>
   </si>
   <si>
     <t>04260214650675</t>
   </si>
   <si>
-    <t>10850-003</t>
+    <t>10850-004</t>
   </si>
   <si>
     <t>Med. Monitor, 32 4K UHD, VESA-Halterung, ohne Ständer</t>
   </si>
   <si>
-    <t>00810000890415</t>
-[...4 lines deleted...]
-  <si>
     <t>04260386576346</t>
   </si>
   <si>
     <t>10860-000</t>
   </si>
   <si>
     <t>4K med. Videorekorder, Med.DVR, 12G SDI, 3G SDI, HDMI</t>
   </si>
   <si>
     <t>00810000890361</t>
   </si>
   <si>
+    <t>10900-100</t>
+  </si>
+  <si>
+    <t>EVE go</t>
+  </si>
+  <si>
+    <t>06976875751016</t>
+  </si>
+  <si>
     <t>20100-017</t>
   </si>
   <si>
     <t>Testbox Bipolar für ACC / ICC</t>
   </si>
   <si>
     <t>04050147021181</t>
   </si>
   <si>
     <t>20100-019</t>
   </si>
   <si>
     <t>Testbox Funkenmonitor 230 V für ICC</t>
   </si>
   <si>
     <t>04050147021198</t>
   </si>
   <si>
     <t>20100-022</t>
   </si>
   <si>
     <t>APC-Prüfschlauch für APC 300 / APC 2, L 1 m</t>
   </si>
   <si>
     <t>04050147019386</t>
@@ -620,74 +587,50 @@
   <si>
     <t>Argon-Gasflasche, 5 Liter 200 bar, befüllt mit Ar 4.8</t>
   </si>
   <si>
     <t>04050147000483</t>
   </si>
   <si>
     <t>20132-046</t>
   </si>
   <si>
     <t>Anschlusskabel APC Applikator APC 2, APC 300, L 2,5 m</t>
   </si>
   <si>
     <t>04050147000629</t>
   </si>
   <si>
     <t>20132-085</t>
   </si>
   <si>
     <t>Anschlußleitung für zentrale Gasversorgung</t>
   </si>
   <si>
     <t>04050147000780</t>
   </si>
   <si>
-    <t>20132-087</t>
-[...22 lines deleted...]
-  <si>
     <t>20132-158</t>
   </si>
   <si>
     <t>Anschlusskabel APC Sonde APC 2, APC 300, L 2,5 m</t>
   </si>
   <si>
     <t>04050147001145</t>
   </si>
   <si>
     <t>20132-165</t>
   </si>
   <si>
     <t>Argon-Gasflasche, 5 Liter leer, nach CGA 580 m</t>
   </si>
   <si>
     <t>04050147001176</t>
   </si>
   <si>
     <t>20132-171</t>
   </si>
   <si>
     <t>Argon-Gasflasche 5 Liter, leer</t>
   </si>
   <si>
     <t>04050147001206</t>
@@ -872,155 +815,140 @@
   <si>
     <t>20132-224</t>
   </si>
   <si>
     <t>FiAPC®-Sonde 2200 SC m. Filter, ø 2,3mm, L 2,2m</t>
   </si>
   <si>
     <t>04050147009981</t>
   </si>
   <si>
     <t>04050147015098</t>
   </si>
   <si>
     <t>04050147017382</t>
   </si>
   <si>
     <t>20132-225</t>
   </si>
   <si>
     <t>FiAPC®-Sonde 2200 C m. Filter, ø 2,3mm, L 2,2m</t>
   </si>
   <si>
     <t>04050147009998</t>
   </si>
   <si>
+    <t>04050147015104</t>
+  </si>
+  <si>
     <t>04050147017191</t>
   </si>
   <si>
-    <t>04050147015104</t>
-[...1 lines deleted...]
-  <si>
     <t>20132-226</t>
   </si>
   <si>
     <t>FiAPC®-Sonde 3000 A m. Filter, ø 1,5mm, L 3m</t>
   </si>
   <si>
     <t>04050147017399</t>
   </si>
   <si>
     <t>04050147010000</t>
   </si>
   <si>
     <t>04050147015111</t>
   </si>
   <si>
     <t>20132-227</t>
   </si>
   <si>
     <t>Adapter für FiAPC®-Sonden passend zu APC 2 / APC 300</t>
   </si>
   <si>
     <t>04050147010017</t>
   </si>
   <si>
-    <t>20132-228</t>
-[...13 lines deleted...]
-  <si>
     <t>20132-250</t>
   </si>
   <si>
     <t>APCapplicator Filter, Spatel, L 35mm</t>
   </si>
   <si>
     <t>04050147024410</t>
   </si>
   <si>
     <t>04050147024403</t>
   </si>
   <si>
     <t>20132-251</t>
   </si>
   <si>
     <t>APCapplicator Filter, Nadel, L 35mm</t>
   </si>
   <si>
     <t>04050147024441</t>
   </si>
   <si>
     <t>04050147024434</t>
   </si>
   <si>
     <t>20132-252</t>
   </si>
   <si>
     <t>APCapplicator Filter, Spatel, L 100mm</t>
   </si>
   <si>
+    <t>04050147024458</t>
+  </si>
+  <si>
     <t>04050147024465</t>
   </si>
   <si>
-    <t>04050147024458</t>
-[...1 lines deleted...]
-  <si>
     <t>20132-253</t>
   </si>
   <si>
     <t>APCapplicator Filter, Nadel, L 100mm</t>
   </si>
   <si>
     <t>04050147024472</t>
   </si>
   <si>
     <t>04050147024489</t>
   </si>
   <si>
     <t>20132-254</t>
   </si>
   <si>
     <t>APCapplicator Filter, Spatel, ø 5mm, L 350mm</t>
   </si>
   <si>
+    <t>04050147024502</t>
+  </si>
+  <si>
     <t>04050147024496</t>
   </si>
   <si>
-    <t>04050147024502</t>
-[...1 lines deleted...]
-  <si>
     <t>20132-255</t>
   </si>
   <si>
     <t>APCapplicator Filter, Nadel, ø 5mm, L 350mm</t>
   </si>
   <si>
     <t>04050147024526</t>
   </si>
   <si>
     <t>04050147024519</t>
   </si>
   <si>
     <t>20132-256</t>
   </si>
   <si>
     <t>APCapplicator Filter, biegbar, L 250mm</t>
   </si>
   <si>
     <t>04050147024564</t>
   </si>
   <si>
     <t>04050147024557</t>
   </si>
   <si>
     <t>20132-257</t>
@@ -1064,59 +992,59 @@
   <si>
     <t>04050147023666</t>
   </si>
   <si>
     <t>20132-324</t>
   </si>
   <si>
     <t>FiAPC® plus SC ø 2,3mm, L 2,2m</t>
   </si>
   <si>
     <t>04050147023642</t>
   </si>
   <si>
     <t>04050147023628</t>
   </si>
   <si>
     <t>04050147023659</t>
   </si>
   <si>
     <t>20132-325</t>
   </si>
   <si>
     <t>FiAPC® plus C ø 2,3mm, L 2,2m</t>
   </si>
   <si>
+    <t>04050147023925</t>
+  </si>
+  <si>
+    <t>04050147023932</t>
+  </si>
+  <si>
     <t>04050147023918</t>
   </si>
   <si>
-    <t>04050147023925</t>
-[...4 lines deleted...]
-  <si>
     <t>20134-001</t>
   </si>
   <si>
     <t>Druckminderer mit Sensor Anschluss DIN 477 - Nr. 10 m</t>
   </si>
   <si>
     <t>04050147001350</t>
   </si>
   <si>
     <t>20134-002</t>
   </si>
   <si>
     <t>Druckminderer mit Sensor Anschluss CGA Nr.580 m</t>
   </si>
   <si>
     <t>04050147001367</t>
   </si>
   <si>
     <t>20134-003</t>
   </si>
   <si>
     <t>Druckminderer mit Sensor Anschluss BS 341 - Nr. 3 m</t>
   </si>
   <si>
     <t>04050147001374</t>
@@ -1205,59 +1133,50 @@
   <si>
     <t>Buchsenmodul BI 2PIN 22-28-8/4 als Nachrüstkit</t>
   </si>
   <si>
     <t>04050147001664</t>
   </si>
   <si>
     <t>20140-622</t>
   </si>
   <si>
     <t>Buchsenmodul MO 3PIN-Bovie als Nachrüstkit</t>
   </si>
   <si>
     <t>04050147001695</t>
   </si>
   <si>
     <t>20140-623</t>
   </si>
   <si>
     <t>Buchsenmodul MO 3PIN-9/5 als Nachrüstkit</t>
   </si>
   <si>
     <t>04050147001701</t>
   </si>
   <si>
-    <t>20140-625</t>
-[...7 lines deleted...]
-  <si>
     <t>20140-626</t>
   </si>
   <si>
     <t>Komplett Abdeckung MO 3PIN</t>
   </si>
   <si>
     <t>04050147001725</t>
   </si>
   <si>
     <t>20140-630</t>
   </si>
   <si>
     <t>Buchsenmodul MF-0 als Nachrüstkit</t>
   </si>
   <si>
     <t>04050147001732</t>
   </si>
   <si>
     <t>20140-633</t>
   </si>
   <si>
     <t>Buchsenmodul MF-2 als Nachrüstkit für VIO® 300 D</t>
   </si>
   <si>
     <t>04050147021860</t>
@@ -1328,80 +1247,80 @@
   <si>
     <t>04050147001824</t>
   </si>
   <si>
     <t>04050147019621</t>
   </si>
   <si>
     <t>20150-031</t>
   </si>
   <si>
     <t>Applikator, flexible Spitze L 65mm, ø 6mm, m. Absaugung</t>
   </si>
   <si>
     <t>04050147019638</t>
   </si>
   <si>
     <t>04050147011014</t>
   </si>
   <si>
     <t>20150-036</t>
   </si>
   <si>
     <t>Applikator, gerade, monopolar L 80mm, ø6mm, m. Absaugung</t>
   </si>
   <si>
+    <t>04050147024083</t>
+  </si>
+  <si>
     <t>04050147024090</t>
   </si>
   <si>
-    <t>04050147024083</t>
-[...1 lines deleted...]
-  <si>
     <t>20150-038</t>
   </si>
   <si>
     <t>Applikator, gerade L 306mm, ø 6mm, m. Absaugung</t>
   </si>
   <si>
     <t>04050147019645</t>
   </si>
   <si>
     <t>04050147001831</t>
   </si>
   <si>
     <t>20150-039</t>
   </si>
   <si>
     <t>Applikator, gerade L 180mm, ø 6mm, m. Absaugung</t>
   </si>
   <si>
+    <t>04050147019652</t>
+  </si>
+  <si>
     <t>04050147011021</t>
   </si>
   <si>
-    <t>04050147019652</t>
-[...1 lines deleted...]
-  <si>
     <t>20150-041</t>
   </si>
   <si>
     <t>Applikator, bajonett L 90mm,ø 2,8mm, m. Absaugung</t>
   </si>
   <si>
     <t>04050147001848</t>
   </si>
   <si>
     <t>04050147019669</t>
   </si>
   <si>
     <t>20150-050</t>
   </si>
   <si>
     <t>Befestigungssatz ERBEJET® 2 Verbindung zu VIO®/APC 2/VEM 2</t>
   </si>
   <si>
     <t>04050147001855</t>
   </si>
   <si>
     <t>20150-060</t>
   </si>
   <si>
     <t>HybridKnife® T-Type I-Jet ø 2,3mm, L 1,9m</t>
@@ -1688,314 +1607,263 @@
   <si>
     <t>Buchse MO 3-Pin, 9/5 als Nachrüstkit für VIO® 3</t>
   </si>
   <si>
     <t>04050147021020</t>
   </si>
   <si>
     <t>20160-002</t>
   </si>
   <si>
     <t>Buchse MO 3-Pin, Bovie als Nachrüstkit für VIO® 3</t>
   </si>
   <si>
     <t>04050147021013</t>
   </si>
   <si>
     <t>20160-003</t>
   </si>
   <si>
     <t>Buchse BI 2-Pin 22?28, 8/4 als Nachrüstkit für VIO® 3</t>
   </si>
   <si>
     <t>04050147021006</t>
   </si>
   <si>
-    <t>20160-004</t>
-[...7 lines deleted...]
-  <si>
     <t>20160-005</t>
   </si>
   <si>
     <t>Buchse MF-U als Nachrüstkit für VIO® 3</t>
   </si>
   <si>
     <t>04050147020986</t>
   </si>
   <si>
     <t>20160-006</t>
   </si>
   <si>
     <t>Buchse NE 6, 2-Pin als Nachrüstkit für VIO® 3</t>
   </si>
   <si>
     <t>04050147020979</t>
   </si>
   <si>
     <t>20160-010</t>
   </si>
   <si>
     <t>ARTUS Service-Stick</t>
   </si>
   <si>
     <t>04050147023697</t>
   </si>
   <si>
     <t>20160-011</t>
   </si>
   <si>
     <t>Verbindungsbox - VIO® für Einpedal-Fußschalter</t>
   </si>
   <si>
     <t>04050147023529</t>
   </si>
   <si>
     <t>20160-012</t>
   </si>
   <si>
     <t>Verbindungsbox - VIO® für Zweipedal-Fußschalter</t>
   </si>
   <si>
     <t>04050147023512</t>
   </si>
   <si>
-    <t>20180-000</t>
-[...7 lines deleted...]
-  <si>
     <t>20180-010</t>
   </si>
   <si>
     <t>Drahtkorb 339 x 205 x 155 / 100 mm</t>
   </si>
   <si>
     <t>04050147001954</t>
   </si>
   <si>
-    <t>20180-020</t>
+    <t>20180-080</t>
+  </si>
+  <si>
+    <t>Flaschenpolster</t>
+  </si>
+  <si>
+    <t>04050147002005</t>
+  </si>
+  <si>
+    <t>20180-100</t>
+  </si>
+  <si>
+    <t>SystemCarrier compact Systemträger</t>
+  </si>
+  <si>
+    <t>04050147023161</t>
+  </si>
+  <si>
+    <t>20180-101</t>
+  </si>
+  <si>
+    <t>SystemCarrier compact plus Systemträger</t>
+  </si>
+  <si>
+    <t>04050147023468</t>
+  </si>
+  <si>
+    <t>20180-110</t>
+  </si>
+  <si>
+    <t>SystemCarrier performance Systemträger</t>
+  </si>
+  <si>
+    <t>04050147023710</t>
+  </si>
+  <si>
+    <t>20180-120</t>
+  </si>
+  <si>
+    <t>Befestigungsgurt für Gasflasche</t>
+  </si>
+  <si>
+    <t>04050147002012</t>
+  </si>
+  <si>
+    <t>20180-131</t>
+  </si>
+  <si>
+    <t>Befestigungssatz auf VIO® Cart für VIO/APC2/VEM2/ERBEJET2</t>
+  </si>
+  <si>
+    <t>04050147002036</t>
+  </si>
+  <si>
+    <t>20180-132</t>
+  </si>
+  <si>
+    <t>Befestigungssatz IES 2/ IES 3 an VIO®-CART</t>
+  </si>
+  <si>
+    <t>04050147002043</t>
+  </si>
+  <si>
+    <t>20180-134</t>
+  </si>
+  <si>
+    <t>Befestigungssatz VIO auf APC 2 (Version 2)</t>
+  </si>
+  <si>
+    <t>04050147002067</t>
+  </si>
+  <si>
+    <t>20180-135</t>
+  </si>
+  <si>
+    <t>Befestigungssatz an VIO® Cart für EIP 2 / ESM 2</t>
+  </si>
+  <si>
+    <t>04050147002074</t>
+  </si>
+  <si>
+    <t>20180-140</t>
+  </si>
+  <si>
+    <t>Befestigungssatz für VIO® 3 auf VIO® Cart</t>
+  </si>
+  <si>
+    <t>04050147017719</t>
+  </si>
+  <si>
+    <t>20180-141</t>
+  </si>
+  <si>
+    <t>Befestigungssatz für APC 3 auf VIO® Cart</t>
+  </si>
+  <si>
+    <t>04050147017726</t>
+  </si>
+  <si>
+    <t>20180-143</t>
+  </si>
+  <si>
+    <t>Befestigungssatz VIO® 3 / APC 3 auf Konsole</t>
+  </si>
+  <si>
+    <t>04050147017740</t>
+  </si>
+  <si>
+    <t>20180-144</t>
+  </si>
+  <si>
+    <t>Befestigungssatz VIO® 3,APC 3 auf ERBEJET 2</t>
+  </si>
+  <si>
+    <t>04050147017757</t>
+  </si>
+  <si>
+    <t>20180-150</t>
+  </si>
+  <si>
+    <t>Befestigungssatz Gerät</t>
+  </si>
+  <si>
+    <t>04050147023192</t>
+  </si>
+  <si>
+    <t>20180-151</t>
+  </si>
+  <si>
+    <t>Befestigungssatz VIO® C auf SystemCarrier compact</t>
+  </si>
+  <si>
+    <t>04050147023208</t>
+  </si>
+  <si>
+    <t>20180-152</t>
+  </si>
+  <si>
+    <t>Befestigungssatz IES 3 auf SystemCarrier compact</t>
+  </si>
+  <si>
+    <t>04050147023222</t>
+  </si>
+  <si>
+    <t>20180-153</t>
+  </si>
+  <si>
+    <t>Befestigungssatz EIP 2 auf SystemCarrier compact</t>
+  </si>
+  <si>
+    <t>04050147023215</t>
+  </si>
+  <si>
+    <t>20180-460</t>
   </si>
   <si>
     <t>Kabelhalterung</t>
   </si>
   <si>
-    <t>04050147001961</t>
-[...184 lines deleted...]
-  <si>
     <t>04050147023444</t>
   </si>
   <si>
     <t>20180-463</t>
   </si>
   <si>
     <t>Einpedal-Fußschalteraufnahme VIO® Fußschalter</t>
   </si>
   <si>
     <t>04050147023352</t>
   </si>
   <si>
     <t>20180-464</t>
   </si>
   <si>
     <t>Einpedal-Fußschalteraufnahme EIP 2/VIO® C Fußschalter</t>
   </si>
   <si>
     <t>04050147023451</t>
   </si>
   <si>
     <t>20180-465</t>
   </si>
   <si>
     <t>Haken zur Kabelaufnahme für SystemCarrier</t>
@@ -2591,56 +2459,56 @@
   <si>
     <t>04050147003033</t>
   </si>
   <si>
     <t>04050147017894</t>
   </si>
   <si>
     <t>20190-112</t>
   </si>
   <si>
     <t>ECO-LINE Elektrodengriff I 2,35 mit Wippschalter, L 4m</t>
   </si>
   <si>
     <t>04050147017573</t>
   </si>
   <si>
     <t>04050147003040</t>
   </si>
   <si>
     <t>20190-117</t>
   </si>
   <si>
     <t>Einmal-Elektrodengriff mit 2 Tasten, Nadel</t>
   </si>
   <si>
+    <t>04050147017627</t>
+  </si>
+  <si>
     <t>04050147003071</t>
   </si>
   <si>
-    <t>04050147017627</t>
-[...1 lines deleted...]
-  <si>
     <t>04050147017610</t>
   </si>
   <si>
     <t>04050147017634</t>
   </si>
   <si>
     <t>20190-160</t>
   </si>
   <si>
     <t>Einmal-Elektrodengriff 2 Tasten, Spatel, L 3m</t>
   </si>
   <si>
     <t>08809083941697</t>
   </si>
   <si>
     <t>20190-161</t>
   </si>
   <si>
     <t>Einmal-Elektrodengriff 2 Tast., Köcher, Spatel, L 3m</t>
   </si>
   <si>
     <t>08809083941703</t>
   </si>
   <si>
     <t>20190-165</t>
@@ -2915,74 +2783,74 @@
   <si>
     <t>20193-070</t>
   </si>
   <si>
     <t>ERBE NESSY®Plate 170 zweiteilig, 168 cm²</t>
   </si>
   <si>
     <t>04050147015487</t>
   </si>
   <si>
     <t>04050147005129</t>
   </si>
   <si>
     <t>04050147017689</t>
   </si>
   <si>
     <t>04050147017238</t>
   </si>
   <si>
     <t>20193-071</t>
   </si>
   <si>
     <t>ERBE NESSY®Plate 70 zweiteilig, 72cm²</t>
   </si>
   <si>
+    <t>04050147015494</t>
+  </si>
+  <si>
     <t>04050147017467</t>
   </si>
   <si>
     <t>04050147005136</t>
   </si>
   <si>
-    <t>04050147015494</t>
-[...1 lines deleted...]
-  <si>
     <t>20193-073</t>
   </si>
   <si>
     <t>ERBE MONOPlate 40 einteilig, 40cm²</t>
   </si>
   <si>
+    <t>04050147005150</t>
+  </si>
+  <si>
     <t>04050147015517</t>
   </si>
   <si>
     <t>04050147017917</t>
   </si>
   <si>
-    <t>04050147005150</t>
-[...1 lines deleted...]
-  <si>
     <t>20193-074</t>
   </si>
   <si>
     <t>ERBE NESSY®Plate 170 zweiteilig, 168cm², Kabel 3m</t>
   </si>
   <si>
     <t>04050147005167</t>
   </si>
   <si>
     <t>04050147017245</t>
   </si>
   <si>
     <t>04050147015524</t>
   </si>
   <si>
     <t>20193-075</t>
   </si>
   <si>
     <t>ERBE NESSY®Plate 70 zweiteilig, 72cm², Kabel 3m</t>
   </si>
   <si>
     <t>04050147015531</t>
   </si>
   <si>
     <t>04050147005174</t>
@@ -4955,59 +4823,50 @@
   <si>
     <t>Bipolar Kabel, TUR/TCR, Storz MF-Stecker, L 4m</t>
   </si>
   <si>
     <t>04050147007031</t>
   </si>
   <si>
     <t>20196-119</t>
   </si>
   <si>
     <t>Bipolar Kabel, TUR/TCR, Wolf MF-Stecker, L 4m</t>
   </si>
   <si>
     <t>04050147007048</t>
   </si>
   <si>
     <t>20196-121</t>
   </si>
   <si>
     <t>Bipolar Kabel BI 8/4, Pinzette 2 PIN, L 4m</t>
   </si>
   <si>
     <t>04050147011465</t>
   </si>
   <si>
-    <t>20196-124</t>
-[...7 lines deleted...]
-  <si>
     <t>20196-127</t>
   </si>
   <si>
     <t>Bipolar Kabel BI 2PIN 28,Pinzette 2 PIN,L 4m</t>
   </si>
   <si>
     <t>04050147011489</t>
   </si>
   <si>
     <t>20196-129</t>
   </si>
   <si>
     <t>Bipolar Kabel für da Vinci 2PIN 28mm, L 4m</t>
   </si>
   <si>
     <t>04050147011663</t>
   </si>
   <si>
     <t>20196-130</t>
   </si>
   <si>
     <t>Bipolar Kabel für da Vinci BI 8/4, L 4m</t>
   </si>
   <si>
     <t>04050147011656</t>
@@ -5042,62 +4901,50 @@
   <si>
     <t>20321-010</t>
   </si>
   <si>
     <t>Absaugtrichter Anschluß ø 22mm, für IES</t>
   </si>
   <si>
     <t>04050147007482</t>
   </si>
   <si>
     <t>20321-012</t>
   </si>
   <si>
     <t>Absaugschlauch, D 22 mm L 2100 mm (wiederverwendbar)</t>
   </si>
   <si>
     <t>04050147999879</t>
   </si>
   <si>
     <t>20321-022</t>
   </si>
   <si>
     <t>Vorfilter für Rauch-Absaugungen</t>
   </si>
   <si>
-    <t>20321-028</t>
-[...10 lines deleted...]
-  <si>
     <t>20321-040</t>
   </si>
   <si>
     <t>Einmal-Rauchabsauggriff kurz, Spatel, L 3m</t>
   </si>
   <si>
     <t>06939029817587</t>
   </si>
   <si>
     <t>20321-041</t>
   </si>
   <si>
     <t>Einmal-Rauchabsauggriff kurz, besch. Spatel, L3m</t>
   </si>
   <si>
     <t>06939029817594</t>
   </si>
   <si>
     <t>20321-042</t>
   </si>
   <si>
     <t>Einmal-Rauchabsauggriff kurz, Spatel, L 5m</t>
   </si>
   <si>
     <t>06939029817600</t>
@@ -5114,68 +4961,59 @@
   <si>
     <t>20321-044</t>
   </si>
   <si>
     <t>Clip-On Handstück für Rauchabsaugung</t>
   </si>
   <si>
     <t>06939029817570</t>
   </si>
   <si>
     <t>20321-045</t>
   </si>
   <si>
     <t>Verlängerungsspitze für Clip-On Handstück L 113 mm</t>
   </si>
   <si>
     <t>06939029817624</t>
   </si>
   <si>
     <t>20321-060</t>
   </si>
   <si>
     <t>Elektrochir. Rauchabsauggriff ausziehbar</t>
   </si>
   <si>
+    <t>06972250767054</t>
+  </si>
+  <si>
     <t>06972250767047</t>
   </si>
   <si>
-    <t>06972250767054</t>
-[...1 lines deleted...]
-  <si>
     <t>06972250767030</t>
   </si>
   <si>
-    <t>20322-010</t>
-[...7 lines deleted...]
-  <si>
     <t>20322-101</t>
   </si>
   <si>
     <t>Einpedal-Fußschalt. IES2/ IES3 AP &amp; IP X8 Equipment</t>
   </si>
   <si>
     <t>04050147010680</t>
   </si>
   <si>
     <t>20323-000</t>
   </si>
   <si>
     <t>Hauptfilterkassette IES 3</t>
   </si>
   <si>
     <t>04050147022157</t>
   </si>
   <si>
     <t>20323-001</t>
   </si>
   <si>
     <t>Absaugelement IES 3 für Zentralabsaugung</t>
   </si>
   <si>
     <t>04050147022287</t>
@@ -5507,185 +5345,185 @@
   <si>
     <t>04065655000214</t>
   </si>
   <si>
     <t>04065655000191</t>
   </si>
   <si>
     <t>04065655000207</t>
   </si>
   <si>
     <t>20325-215</t>
   </si>
   <si>
     <t>04065655000139</t>
   </si>
   <si>
     <t>04065655000153</t>
   </si>
   <si>
     <t>04065655000146</t>
   </si>
   <si>
     <t>20325-218</t>
   </si>
   <si>
+    <t>04065655000245</t>
+  </si>
+  <si>
     <t>04065655000238</t>
   </si>
   <si>
-    <t>04065655000245</t>
-[...1 lines deleted...]
-  <si>
     <t>04065655000221</t>
   </si>
   <si>
     <t>20325-219</t>
   </si>
   <si>
     <t>04065655000924</t>
   </si>
   <si>
     <t>04065655000931</t>
   </si>
   <si>
     <t>04065655000917</t>
   </si>
   <si>
     <t>20325-222</t>
   </si>
   <si>
     <t>04065655000252</t>
   </si>
   <si>
     <t>04065655000276</t>
   </si>
   <si>
     <t>04065655000269</t>
   </si>
   <si>
     <t>20325-223</t>
   </si>
   <si>
+    <t>04065655000290</t>
+  </si>
+  <si>
+    <t>04065655000306</t>
+  </si>
+  <si>
     <t>04065655000283</t>
   </si>
   <si>
-    <t>04065655000290</t>
-[...4 lines deleted...]
-  <si>
     <t>20325-224</t>
   </si>
   <si>
+    <t>04065655000313</t>
+  </si>
+  <si>
     <t>04065655000337</t>
   </si>
   <si>
-    <t>04065655000313</t>
-[...1 lines deleted...]
-  <si>
     <t>04065655000320</t>
   </si>
   <si>
     <t>20325-225</t>
   </si>
   <si>
     <t>ERBEFLO®</t>
   </si>
   <si>
     <t>04065655001419</t>
   </si>
   <si>
     <t>04065655001396</t>
   </si>
   <si>
     <t>04065655001402</t>
   </si>
   <si>
     <t>20325-231</t>
   </si>
   <si>
     <t>ERBEFLO AeroRinse®</t>
   </si>
   <si>
     <t>04065655001389</t>
   </si>
   <si>
     <t>04065655001372</t>
   </si>
   <si>
     <t>04065655001365</t>
   </si>
   <si>
     <t>20325-232</t>
   </si>
   <si>
     <t>04065655001242</t>
   </si>
   <si>
     <t>04065655001266</t>
   </si>
   <si>
     <t>04065655001259</t>
   </si>
   <si>
     <t>20325-233</t>
   </si>
   <si>
+    <t>04065655001280</t>
+  </si>
+  <si>
+    <t>04065655001273</t>
+  </si>
+  <si>
     <t>04065655001297</t>
   </si>
   <si>
-    <t>04065655001273</t>
-[...4 lines deleted...]
-  <si>
     <t>20325-235</t>
   </si>
   <si>
+    <t>04065655000955</t>
+  </si>
+  <si>
     <t>04065655000962</t>
   </si>
   <si>
     <t>04065655000948</t>
   </si>
   <si>
-    <t>04065655000955</t>
-[...1 lines deleted...]
-  <si>
     <t>20325-236</t>
   </si>
   <si>
+    <t>04065655001051</t>
+  </si>
+  <si>
     <t>04065655001044</t>
   </si>
   <si>
     <t>04065655001037</t>
   </si>
   <si>
-    <t>04065655001051</t>
-[...1 lines deleted...]
-  <si>
     <t>20325-237</t>
   </si>
   <si>
     <t>04065655001082</t>
   </si>
   <si>
     <t>04065655001068</t>
   </si>
   <si>
     <t>04065655001075</t>
   </si>
   <si>
     <t>20325-239</t>
   </si>
   <si>
     <t>ERBEFLO CleverCap® Olympus® Scopes &amp; CO2 Source</t>
   </si>
   <si>
     <t>04065655000399</t>
   </si>
   <si>
     <t>04065655000382</t>
   </si>
   <si>
     <t>04065655000375</t>
@@ -5738,59 +5576,59 @@
   <si>
     <t>Hybrid Tubing/Cap Set for Olympus® Scopes</t>
   </si>
   <si>
     <t>04050147012981</t>
   </si>
   <si>
     <t>04050147013551</t>
   </si>
   <si>
     <t>04050147022003</t>
   </si>
   <si>
     <t>04050147013568</t>
   </si>
   <si>
     <t>04050147022010</t>
   </si>
   <si>
     <t>20325-302</t>
   </si>
   <si>
     <t>Hybrid Tubing/Cap Set für Pentax® Scopes</t>
   </si>
   <si>
+    <t>04050147022041</t>
+  </si>
+  <si>
+    <t>04050147013582</t>
+  </si>
+  <si>
     <t>04050147012998</t>
   </si>
   <si>
-    <t>04050147022041</t>
-[...4 lines deleted...]
-  <si>
     <t>04050147013575</t>
   </si>
   <si>
     <t>04050147022058</t>
   </si>
   <si>
     <t>20325-303</t>
   </si>
   <si>
     <t>Hybrid Tubing/Cap Set for Fujifilm Scopes - Canada</t>
   </si>
   <si>
     <t>04050147022638</t>
   </si>
   <si>
     <t>04050147022676</t>
   </si>
   <si>
     <t>04050147022669</t>
   </si>
   <si>
     <t>20325-305</t>
   </si>
   <si>
     <t>Hybrid OFP &amp; EndoStat Tubing/ Cap Set for Olympus® Scopes</t>
@@ -5927,176 +5765,176 @@
   <si>
     <t>04050147013728</t>
   </si>
   <si>
     <t>20325-332</t>
   </si>
   <si>
     <t>Air and Water Tubing/Cap Set for Pentax® Scopes</t>
   </si>
   <si>
     <t>04050147013070</t>
   </si>
   <si>
     <t>04050147013735</t>
   </si>
   <si>
     <t>04050147013742</t>
   </si>
   <si>
     <t>20325-333</t>
   </si>
   <si>
     <t>Air and Water Tubing/Cap Set for Fujinon® Scopes</t>
   </si>
   <si>
+    <t>04050147013087</t>
+  </si>
+  <si>
     <t>04050147013759</t>
   </si>
   <si>
-    <t>04050147013087</t>
-[...1 lines deleted...]
-  <si>
     <t>04050147013766</t>
   </si>
   <si>
     <t>20325-335</t>
   </si>
   <si>
     <t>CO2 and Water Tubing/Cap Set for Olympus® Scopes</t>
   </si>
   <si>
     <t>04050147014596</t>
   </si>
   <si>
     <t>04050147014602</t>
   </si>
   <si>
     <t>04050147014589</t>
   </si>
   <si>
     <t>20325-336</t>
   </si>
   <si>
     <t>CO2 and Water Tubing/Cap Set for Pentax® Scopes</t>
   </si>
   <si>
     <t>04050147014640</t>
   </si>
   <si>
     <t>04050147014626</t>
   </si>
   <si>
     <t>04050147014633</t>
   </si>
   <si>
     <t>20325-337</t>
   </si>
   <si>
     <t>CO2 and Water Tubing/Cap Set for Fujinon® Scopes</t>
   </si>
   <si>
+    <t>04050147014671</t>
+  </si>
+  <si>
     <t>04050147014664</t>
   </si>
   <si>
     <t>04050147014688</t>
   </si>
   <si>
-    <t>04050147014671</t>
-[...1 lines deleted...]
-  <si>
     <t>20325-339</t>
   </si>
   <si>
     <t>Hybrid CO2 Tubing/Cap Set for Olympus® Scopes &amp; CO2 Source</t>
   </si>
   <si>
+    <t>04050147020573</t>
+  </si>
+  <si>
+    <t>04050147020726</t>
+  </si>
+  <si>
     <t>04050147020733</t>
   </si>
   <si>
-    <t>04050147020573</t>
-[...4 lines deleted...]
-  <si>
     <t>20325-340</t>
   </si>
   <si>
     <t>Hybrid CO2 Tubing/Cap Set for Olympus® Scopes &amp; UCR</t>
   </si>
   <si>
     <t>04050147020580</t>
   </si>
   <si>
+    <t>04050147020740</t>
+  </si>
+  <si>
     <t>04050147020757</t>
   </si>
   <si>
-    <t>04050147020740</t>
-[...1 lines deleted...]
-  <si>
     <t>20325-343</t>
   </si>
   <si>
     <t>CO2 and Water Tubing/Cap Set for Olympus® Scopes &amp; UCR</t>
   </si>
   <si>
     <t>04050147020665</t>
   </si>
   <si>
     <t>04050147020597</t>
   </si>
   <si>
     <t>04050147020672</t>
   </si>
   <si>
     <t>20325-348</t>
   </si>
   <si>
     <t>Hybrid CO2 Tubing/Cap Set for Fujifilm Scopes - Canada</t>
   </si>
   <si>
     <t>04050147022706</t>
   </si>
   <si>
     <t>04050147022713</t>
   </si>
   <si>
     <t>04050147022621</t>
   </si>
   <si>
     <t>20340-002</t>
   </si>
   <si>
     <t>Befestigungsklemme an Halterung / VIO Cart</t>
   </si>
   <si>
+    <t>07612367031578</t>
+  </si>
+  <si>
     <t>07612367003605</t>
   </si>
   <si>
-    <t>07612367031578</t>
-[...1 lines deleted...]
-  <si>
     <t>20340-003</t>
   </si>
   <si>
     <t>Umschaltventil, Schienenklemme und Absaugschläuche</t>
   </si>
   <si>
     <t>07612367003599</t>
   </si>
   <si>
     <t>20340-004</t>
   </si>
   <si>
     <t>Silikonschlauch 60 cm</t>
   </si>
   <si>
     <t>07612367004299</t>
   </si>
   <si>
     <t>20340-012</t>
   </si>
   <si>
     <t>Absaugbeutel, 1,5l Einwegsystem, ESM</t>
   </si>
   <si>
     <t>07612367031714</t>
@@ -6125,68 +5963,50 @@
   <si>
     <t>20340-100</t>
   </si>
   <si>
     <t>Membranfilter für ESM 0,3 µm</t>
   </si>
   <si>
     <t>07612367003957</t>
   </si>
   <si>
     <t>07612367051156</t>
   </si>
   <si>
     <t>20340-102</t>
   </si>
   <si>
     <t>Absaugbehälter, 1,5l ESM</t>
   </si>
   <si>
     <t>07612367045285</t>
   </si>
   <si>
     <t>07612367013772</t>
   </si>
   <si>
-    <t>20402-007</t>
-[...16 lines deleted...]
-  <si>
     <t>20402-052</t>
   </si>
   <si>
     <t>Umschaltventil CO2</t>
   </si>
   <si>
     <t>04050147014244</t>
   </si>
   <si>
     <t>20402-060</t>
   </si>
   <si>
     <t>Gasflaschenadapter F CO2, 0,830 - 14 NGO</t>
   </si>
   <si>
     <t>04050147014213</t>
   </si>
   <si>
     <t>20402-061</t>
   </si>
   <si>
     <t>Gasflaschenadapter I CO2, W 27 x 2</t>
   </si>
   <si>
     <t>04050147020320</t>
@@ -6254,206 +6074,128 @@
   <si>
     <t>04050147019492</t>
   </si>
   <si>
     <t>20402-313</t>
   </si>
   <si>
     <t>Patientenableitstrommessadapt. für ERBECRYO 2</t>
   </si>
   <si>
     <t>04050147019508</t>
   </si>
   <si>
     <t>20402-401</t>
   </si>
   <si>
     <t>Flexible Cryoprobe Bergeschlauch(ø2,6mm,L817mm)</t>
   </si>
   <si>
     <t>04050147021778</t>
   </si>
   <si>
     <t>04050147021785</t>
   </si>
   <si>
-    <t>20402-402</t>
-[...10 lines deleted...]
-  <si>
     <t>20402-410</t>
   </si>
   <si>
     <t>Flexible Cryoprobe ø 1,7mm, L 1,15m</t>
   </si>
   <si>
     <t>04050147021822</t>
   </si>
   <si>
     <t>04050147021815</t>
   </si>
   <si>
     <t>20402-411</t>
   </si>
   <si>
     <t>Flexible Cryoprobe ø 2,4mm, L 1,15m</t>
   </si>
   <si>
     <t>04050147021839</t>
   </si>
   <si>
     <t>04050147021846</t>
   </si>
   <si>
-    <t>20410-001</t>
-[...7 lines deleted...]
-  <si>
     <t>20410-002</t>
   </si>
   <si>
     <t>Gaszylinderanschluss 11/16 x 20 (UK,GR)</t>
   </si>
   <si>
     <t>04050147007758</t>
   </si>
   <si>
     <t>20410-003</t>
   </si>
   <si>
     <t>Gasflaschenadapter E CO2, W 21,8 x 1/14</t>
   </si>
   <si>
     <t>04050147007765</t>
   </si>
   <si>
     <t>20410-004</t>
   </si>
   <si>
     <t>Gasschlauch, L 1m, flexibel f. Erbokryo CA/ AE/ ERBECRYO 2</t>
   </si>
   <si>
     <t>04050147007772</t>
   </si>
   <si>
-    <t>20410-005</t>
-[...37 lines deleted...]
-  <si>
     <t>20410-011</t>
   </si>
   <si>
     <t>Gasflaschenadapter H CO2, Pin Index</t>
   </si>
   <si>
     <t>04050147010642</t>
   </si>
   <si>
     <t>20410-013</t>
   </si>
   <si>
     <t>Gaszylinderanschluss M 22x1,5 (GUS)</t>
   </si>
   <si>
     <t>04050147007833</t>
   </si>
   <si>
     <t>20410-016</t>
   </si>
   <si>
     <t>Gasflaschenadapter G CO2, G 3/4''</t>
   </si>
   <si>
     <t>04050147007857</t>
   </si>
   <si>
-    <t>20410-017</t>
-[...16 lines deleted...]
-  <si>
     <t>20420-010</t>
   </si>
   <si>
     <t>Kryosondenspitze ø3L2,6 Ersatzteil</t>
   </si>
   <si>
     <t>04050147008076</t>
   </si>
   <si>
     <t>20420-012</t>
   </si>
   <si>
     <t>Kryosondenspitze ø 9,5 konisch Ersatzteil</t>
   </si>
   <si>
     <t>04050147008083</t>
   </si>
   <si>
     <t>20420-013</t>
   </si>
   <si>
     <t>Kryosondenspitze ø9,5, oval Ersatzteil</t>
   </si>
   <si>
     <t>04050147008090</t>
@@ -6563,59 +6305,50 @@
   <si>
     <t>Kamerakoppler f=25mm</t>
   </si>
   <si>
     <t>04260214650361</t>
   </si>
   <si>
     <t>20800-006</t>
   </si>
   <si>
     <t>Kamerakoppler f=15-25mm Zoom</t>
   </si>
   <si>
     <t>04051423001873</t>
   </si>
   <si>
     <t>20800-007</t>
   </si>
   <si>
     <t>Kamerakoppler f=15-35mm Vario Zoom</t>
   </si>
   <si>
     <t>04051423002146</t>
   </si>
   <si>
-    <t>20800-008</t>
-[...7 lines deleted...]
-  <si>
     <t>20800-009</t>
   </si>
   <si>
     <t>Kamerakoppler f=18mm, 90° abgewinkelt</t>
   </si>
   <si>
     <t>04051423002054</t>
   </si>
   <si>
     <t>20800-010</t>
   </si>
   <si>
     <t>Tablet für VIRON 4, X, X PRO</t>
   </si>
   <si>
     <t>04260386576124</t>
   </si>
   <si>
     <t>20800-011</t>
   </si>
   <si>
     <t>Medizinische Tastatur EN für VIRON 4, X, X PRO</t>
   </si>
   <si>
     <t>04260386576681</t>
@@ -6656,56 +6389,56 @@
   <si>
     <t>04260386576148</t>
   </si>
   <si>
     <t>20821-006</t>
   </si>
   <si>
     <t>Kameraüberzug für VIRON XO geschlossenes System</t>
   </si>
   <si>
     <t>20830-013</t>
   </si>
   <si>
     <t>Insufflationsschlauch mit integriertem Filter</t>
   </si>
   <si>
     <t>03760278264036</t>
   </si>
   <si>
     <t>20830-014</t>
   </si>
   <si>
     <t>Insufflationsschlauch</t>
   </si>
   <si>
+    <t>03700512926191</t>
+  </si>
+  <si>
     <t>03700512906193</t>
   </si>
   <si>
-    <t>03700512926191</t>
-[...1 lines deleted...]
-  <si>
     <t>20830-015</t>
   </si>
   <si>
     <t>Hygienefilter für CO2-Gas-Insufflator</t>
   </si>
   <si>
     <t>03700512926160</t>
   </si>
   <si>
     <t>03700512906162</t>
   </si>
   <si>
     <t>20830-016</t>
   </si>
   <si>
     <t>Externer Gasfilter für Gasanschluss</t>
   </si>
   <si>
     <t>04050147999947</t>
   </si>
   <si>
     <t>20830-017</t>
   </si>
   <si>
     <t>Flexibler Schlauch 7/16F UNF - PRESA NIST 180°</t>
@@ -7181,302 +6914,50 @@
   <si>
     <t>Bariatr. Laparoskop, autokl. Ø 5,5mm 30°, 4K, AL 424mm</t>
   </si>
   <si>
     <t>04260386576407</t>
   </si>
   <si>
     <t>20860-017</t>
   </si>
   <si>
     <t>Bariatr. Laparoskop, autokl. Ø 5,5mm 45°, 4K, AL 425mm</t>
   </si>
   <si>
     <t>04260386576414</t>
   </si>
   <si>
     <t>20860-018</t>
   </si>
   <si>
     <t>Saug-Spül-Pistolenhandgriff mit Schiebeventilen</t>
   </si>
   <si>
     <t>04251303807186</t>
   </si>
   <si>
-    <t>20860-019</t>
-[...250 lines deleted...]
-  <si>
     <t>20860-055</t>
   </si>
   <si>
     <t>Äußerer Dichtring, für Trokar, Ø 10mm und Ø 11mm</t>
   </si>
   <si>
     <t>04050147999909</t>
   </si>
   <si>
     <t>20860-056</t>
   </si>
   <si>
     <t>Innerer Dichtring, für Trokar, Ø 10 &amp; Ø 11 &amp; Ø 12,5 &amp; Ø 13mm</t>
   </si>
   <si>
     <t>04050147999893</t>
   </si>
   <si>
     <t>20860-058</t>
   </si>
   <si>
     <t>Äußerer Dichtring, für Trokar, Ø 5mm, Ø 5,5mm &amp; Ø 6mm</t>
   </si>
   <si>
     <t>04050147999886</t>
@@ -7676,122 +7157,50 @@
   <si>
     <t>TC Endo needle holder, pistol, straight, Ø 5mm, WL 330mm</t>
   </si>
   <si>
     <t>04059426038308</t>
   </si>
   <si>
     <t>20860-084</t>
   </si>
   <si>
     <t>TC Endo needle holder, pistol, left curved, Ø 5mm, WL 330mm</t>
   </si>
   <si>
     <t>04059426038322</t>
   </si>
   <si>
     <t>20860-085</t>
   </si>
   <si>
     <t>TC Endo needle holder, pistol, right curved, Ø 5mm, WL 330mm</t>
   </si>
   <si>
     <t>04059426038346</t>
   </si>
   <si>
-    <t>20860-088</t>
-[...70 lines deleted...]
-  <si>
     <t>20860-135</t>
   </si>
   <si>
     <t>Kunststoff-Handgr. o.Ratsche mit HF-Anschluss, 360° rot.</t>
   </si>
   <si>
     <t>04260214658657</t>
   </si>
   <si>
     <t>20860-136</t>
   </si>
   <si>
     <t>Kunststoff-Handgr. m.Ratsche, mit HF-Anschluss, 360° rot.</t>
   </si>
   <si>
     <t>04260214658664</t>
   </si>
   <si>
     <t>20860-138</t>
   </si>
   <si>
     <t>Abnehmbarer Isolierschlauch, Ø5mm,AL 330mm,abn. Knopf</t>
   </si>
   <si>
     <t>04260214658695</t>
@@ -8936,59 +8345,50 @@
   <si>
     <t>Adapter, Resekt.-Innenschaft für optische Instrumente</t>
   </si>
   <si>
     <t>04260214653119</t>
   </si>
   <si>
     <t>20864-030</t>
   </si>
   <si>
     <t>Optische Steinfasszange für Ø 4mm 12°/30°, 1seit.bew</t>
   </si>
   <si>
     <t>04260214653126</t>
   </si>
   <si>
     <t>20864-031</t>
   </si>
   <si>
     <t>Adapter, Resekt.Außenschaft f. Steinfasszange&amp;Lithotriptor</t>
   </si>
   <si>
     <t>04260214653133</t>
   </si>
   <si>
-    <t>20864-032</t>
-[...7 lines deleted...]
-  <si>
     <t>20864-033</t>
   </si>
   <si>
     <t>Mauermayer-Arbeitselem., Lithotripsie, f. Ø4mm 12°/30°</t>
   </si>
   <si>
     <t>04260214653157</t>
   </si>
   <si>
     <t>20864-034</t>
   </si>
   <si>
     <t>Schaft mit Zentralventil für Mauermayer Arbeitselement</t>
   </si>
   <si>
     <t>04260214653164</t>
   </si>
   <si>
     <t>20864-035</t>
   </si>
   <si>
     <t>Standard-Obturator für Mauermayer Schaft</t>
   </si>
   <si>
     <t>04260214653171</t>
@@ -9062,50 +8462,77 @@
   <si>
     <t>Urethrotom Messer halbrund, Einzelschaft</t>
   </si>
   <si>
     <t>04260214653423</t>
   </si>
   <si>
     <t>20864-054</t>
   </si>
   <si>
     <t>Urethrotom Messer wellenschliff, Einzelschaft</t>
   </si>
   <si>
     <t>04260214653447</t>
   </si>
   <si>
     <t>20864-055</t>
   </si>
   <si>
     <t>Urethrotom Messer hakenförmig, Einzelschaft</t>
   </si>
   <si>
     <t>04260214653454</t>
   </si>
   <si>
+    <t>20900-101</t>
+  </si>
+  <si>
+    <t>EVE flex WC Ø 1.2mm / OD 3.1mm, L 60cm</t>
+  </si>
+  <si>
+    <t>06976875752013</t>
+  </si>
+  <si>
+    <t>20900-102</t>
+  </si>
+  <si>
+    <t>EVE flex WC Ø 2.2mm / OD 4.8mm, L 60cm</t>
+  </si>
+  <si>
+    <t>06976875752020</t>
+  </si>
+  <si>
+    <t>20900-103</t>
+  </si>
+  <si>
+    <t>EVE flex WC Ø 2.8mm / OD 5.5mm, L 60cm</t>
+  </si>
+  <si>
+    <t>06976875752037</t>
+  </si>
+  <si>
     <t>21191-000</t>
   </si>
   <si>
     <t>Messerelektrode, 3,4x24mm gerade, L 45mm,  ø 4mm</t>
   </si>
   <si>
     <t>04050147018501</t>
   </si>
   <si>
     <t>04050147010864</t>
   </si>
   <si>
     <t>21191-001</t>
   </si>
   <si>
     <t>Messerelektrode, 1,5x17mm gerade, L 40mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147010871</t>
   </si>
   <si>
     <t>04050147018518</t>
   </si>
   <si>
     <t>21191-002</t>
@@ -9227,56 +8654,56 @@
   <si>
     <t>Nadelelektrode, ø 0,8x22mm gerade, L 40mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147018594</t>
   </si>
   <si>
     <t>04050147010987</t>
   </si>
   <si>
     <t>21191-013</t>
   </si>
   <si>
     <t>Nadelelektrode, ø 0,8x29mm gerade, L 65mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147010994</t>
   </si>
   <si>
     <t>21191-015</t>
   </si>
   <si>
     <t>Nadelelektrode, ø 0,8x20mm gebogen, L 35mm, ø 4mm</t>
   </si>
   <si>
+    <t>04050147019324</t>
+  </si>
+  <si>
     <t>04050147011007</t>
   </si>
   <si>
-    <t>04050147019324</t>
-[...1 lines deleted...]
-  <si>
     <t>21191-016</t>
   </si>
   <si>
     <t>Nadelelektrode Wolfr., 0,5x3mm gerade, L 40mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147011588</t>
   </si>
   <si>
     <t>21191-017</t>
   </si>
   <si>
     <t>Nadelelektrode Wolfr., 0,5x3mm gebogen, L 35mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147011618</t>
   </si>
   <si>
     <t>21191-018</t>
   </si>
   <si>
     <t>Nadelelektrode Wolfr., 0,5x3mm gerade, L 55mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147011625</t>
@@ -9317,56 +8744,56 @@
   <si>
     <t>04050147018600</t>
   </si>
   <si>
     <t>04050147011038</t>
   </si>
   <si>
     <t>21191-024</t>
   </si>
   <si>
     <t>Kugelelektrode, ø 4mm gerade, L 40mm,  ø 4mm</t>
   </si>
   <si>
     <t>04050147011069</t>
   </si>
   <si>
     <t>04050147018617</t>
   </si>
   <si>
     <t>21191-025</t>
   </si>
   <si>
     <t>Kugelelektrode, ø 6mm gerade, L 40mm,  ø 4mm</t>
   </si>
   <si>
+    <t>04050147011090</t>
+  </si>
+  <si>
     <t>04050147018624</t>
   </si>
   <si>
-    <t>04050147011090</t>
-[...1 lines deleted...]
-  <si>
     <t>21191-026</t>
   </si>
   <si>
     <t>Kugelelektrode, ø 2mm gebogen, L 35mm,  ø 4mm</t>
   </si>
   <si>
     <t>04050147011045</t>
   </si>
   <si>
     <t>04050147018631</t>
   </si>
   <si>
     <t>21191-027</t>
   </si>
   <si>
     <t>Kugelelektrode, ø 4mm gebogen, L 35mm,  ø 4mm</t>
   </si>
   <si>
     <t>04050147018648</t>
   </si>
   <si>
     <t>04050147011076</t>
   </si>
   <si>
     <t>21191-028</t>
@@ -9416,56 +8843,56 @@
   <si>
     <t>21191-033</t>
   </si>
   <si>
     <t>Kugelelektrode, ø 10mm gebogen, L 190mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147011540</t>
   </si>
   <si>
     <t>21191-034</t>
   </si>
   <si>
     <t>Kugelelektrode, ø 8mm gebogen, L 240mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147011519</t>
   </si>
   <si>
     <t>21191-035</t>
   </si>
   <si>
     <t>Drahtschlingenelektrode, ø 6mm gerade, L 40mm,  ø 4mm</t>
   </si>
   <si>
+    <t>04050147018655</t>
+  </si>
+  <si>
     <t>04050147011106</t>
   </si>
   <si>
-    <t>04050147018655</t>
-[...1 lines deleted...]
-  <si>
     <t>21191-036</t>
   </si>
   <si>
     <t>Drahtschlingenelektrode, ø12mm gerade, L 40mm,  ø 4mm</t>
   </si>
   <si>
     <t>04050147011199</t>
   </si>
   <si>
     <t>04050147018662</t>
   </si>
   <si>
     <t>21191-037</t>
   </si>
   <si>
     <t>Drahtschlingenelektrode, ø16mm gerade, L 40mm,  ø 4mm</t>
   </si>
   <si>
     <t>04050147018679</t>
   </si>
   <si>
     <t>04050147011144</t>
   </si>
   <si>
     <t>21191-038</t>
@@ -9638,56 +9065,56 @@
   <si>
     <t>21191-057</t>
   </si>
   <si>
     <t>Spatelelektrode, 2,3x19mm gerade, L 180mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147011557</t>
   </si>
   <si>
     <t>21191-058</t>
   </si>
   <si>
     <t>Spatelelektrode, 2,3x19mm gerade, isol., L 180mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147011526</t>
   </si>
   <si>
     <t>21191-059</t>
   </si>
   <si>
     <t>Spatelelektrode, 2,3x19mm gerade, L 45mm, ø 4mm</t>
   </si>
   <si>
+    <t>04050147011113</t>
+  </si>
+  <si>
     <t>04050147018709</t>
   </si>
   <si>
-    <t>04050147011113</t>
-[...1 lines deleted...]
-  <si>
     <t>21191-060</t>
   </si>
   <si>
     <t>Spatelelektrode, 2,3x19mm gebogen, L 40mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147018716</t>
   </si>
   <si>
     <t>04050147011120</t>
   </si>
   <si>
     <t>21191-061</t>
   </si>
   <si>
     <t>Spatelelektrode, 2,3x19mm gerade, isol., L 45mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147011564</t>
   </si>
   <si>
     <t>04050147018723</t>
   </si>
   <si>
     <t>21191-062</t>
@@ -9857,104 +9284,104 @@
   <si>
     <t>04050147011878</t>
   </si>
   <si>
     <t>04050147018815</t>
   </si>
   <si>
     <t>21191-103</t>
   </si>
   <si>
     <t>Spatelelektrode, 3x24mm gerade, L 60mm, ø 2,4mm</t>
   </si>
   <si>
     <t>04050147012424</t>
   </si>
   <si>
     <t>04050147018822</t>
   </si>
   <si>
     <t>21191-104</t>
   </si>
   <si>
     <t>Spatelelektrode, 2x18mm gerade, L 80mm, ø 2,4mm</t>
   </si>
   <si>
+    <t>04050147018839</t>
+  </si>
+  <si>
     <t>04050147012431</t>
   </si>
   <si>
-    <t>04050147018839</t>
-[...1 lines deleted...]
-  <si>
     <t>21191-105</t>
   </si>
   <si>
     <t>Spatelelektrode, 1,7x6mm gerade, L 50mm, ø 2,4mm</t>
   </si>
   <si>
     <t>04050147018846</t>
   </si>
   <si>
     <t>04050147012103</t>
   </si>
   <si>
     <t>21191-106</t>
   </si>
   <si>
     <t>Spatelelektrode, 2x18mm gerade, L 45mm, ø 2,4mm</t>
   </si>
   <si>
     <t>04050147011892</t>
   </si>
   <si>
     <t>04050147018853</t>
   </si>
   <si>
     <t>21191-107</t>
   </si>
   <si>
     <t>Spatelelektrode, 2x6mm gerade, L 45mm, ø 2,4mm</t>
   </si>
   <si>
     <t>04050147012110</t>
   </si>
   <si>
     <t>04050147018860</t>
   </si>
   <si>
     <t>21191-108</t>
   </si>
   <si>
     <t>Messerelektrode, 1,5x17mm gebogen, L 30mm, ø 2,4mm</t>
   </si>
   <si>
+    <t>04050147011861</t>
+  </si>
+  <si>
     <t>04050147018877</t>
   </si>
   <si>
-    <t>04050147011861</t>
-[...1 lines deleted...]
-  <si>
     <t>21191-109</t>
   </si>
   <si>
     <t>Spatelelektrode, 3x24mm gebogen, L 40mm, ø 2,4mm</t>
   </si>
   <si>
     <t>04050147011885</t>
   </si>
   <si>
     <t>04050147018884</t>
   </si>
   <si>
     <t>21191-110</t>
   </si>
   <si>
     <t>Messerelektrode, 2,4x12mm gerade, L 120mm, ø 2,4mm</t>
   </si>
   <si>
     <t>04050147012394</t>
   </si>
   <si>
     <t>21191-111</t>
   </si>
   <si>
     <t>Messerelektrode, 2,4x12mm gebogen, L 115mm, ø 2,4mm</t>
@@ -10046,56 +9473,56 @@
   <si>
     <t>Nadelelektrode, ø 0,8x10mm gebogen, L 120mm, ø 2,4mm</t>
   </si>
   <si>
     <t>04050147012462</t>
   </si>
   <si>
     <t>21191-123</t>
   </si>
   <si>
     <t>Kugelelektrode, ø 2mm gerade, L 40mm, ø 2,4mm</t>
   </si>
   <si>
     <t>04050147011939</t>
   </si>
   <si>
     <t>04050147018914</t>
   </si>
   <si>
     <t>21191-124</t>
   </si>
   <si>
     <t>Kugelelektrode, ø 4mm gerade, L 40mm, ø 2,4mm</t>
   </si>
   <si>
+    <t>04050147018921</t>
+  </si>
+  <si>
     <t>04050147011960</t>
   </si>
   <si>
-    <t>04050147018921</t>
-[...1 lines deleted...]
-  <si>
     <t>21191-125</t>
   </si>
   <si>
     <t>Kugelelektrode, ø 6mm gerade, L 40mm, ø 2,4mm</t>
   </si>
   <si>
     <t>04050147018938</t>
   </si>
   <si>
     <t>04050147011991</t>
   </si>
   <si>
     <t>21191-126</t>
   </si>
   <si>
     <t>Kugelelektrode, ø 2mm gebogen, L 35mm, ø 2,4mm</t>
   </si>
   <si>
     <t>04050147018945</t>
   </si>
   <si>
     <t>04050147011946</t>
   </si>
   <si>
     <t>21191-127</t>
@@ -10370,116 +9797,116 @@
   <si>
     <t>21191-157</t>
   </si>
   <si>
     <t>Spatelelektrode, 2,3x19mm gerade, L 180mm, ø 2,4mm</t>
   </si>
   <si>
     <t>04050147012349</t>
   </si>
   <si>
     <t>21191-158</t>
   </si>
   <si>
     <t>Spatelelektrode, 2,3x19mm gerade, isol., L180mm, ø2,4mm</t>
   </si>
   <si>
     <t>04050147012080</t>
   </si>
   <si>
     <t>21191-159</t>
   </si>
   <si>
     <t>Spatelelektrode, 2,3x19mm gerade, L 45mm, ø 2,4mm</t>
   </si>
   <si>
+    <t>04050147019010</t>
+  </si>
+  <si>
     <t>04050147012011</t>
   </si>
   <si>
-    <t>04050147019010</t>
-[...1 lines deleted...]
-  <si>
     <t>21191-160</t>
   </si>
   <si>
     <t>Spatelelektrode, 2,3x19mm gebogen, L 40mm, ø 2,4mm</t>
   </si>
   <si>
+    <t>04050147012028</t>
+  </si>
+  <si>
     <t>04050147019027</t>
   </si>
   <si>
-    <t>04050147012028</t>
-[...1 lines deleted...]
-  <si>
     <t>21191-161</t>
   </si>
   <si>
     <t>Spatelelektrode, 2,3x19mm gerade, isol., L 45mm, ø2,4mm</t>
   </si>
   <si>
     <t>04050147019034</t>
   </si>
   <si>
     <t>04050147012356</t>
   </si>
   <si>
     <t>21191-162</t>
   </si>
   <si>
     <t>Spatelelektrode, 2,3x19mm gebogen, isol., L40mm, ø2,4mm</t>
   </si>
   <si>
     <t>04050147019041</t>
   </si>
   <si>
     <t>04050147012363</t>
   </si>
   <si>
     <t>21191-163</t>
   </si>
   <si>
     <t>Kugelelektrode, ø 3mm gerade, L 40mm, ø 2,4mm</t>
   </si>
   <si>
     <t>04050147011953</t>
   </si>
   <si>
     <t>04050147019058</t>
   </si>
   <si>
     <t>21191-164</t>
   </si>
   <si>
     <t>Kugelelektrode, ø 5mm gerade, L 40mm, ø 2,4mm</t>
   </si>
   <si>
+    <t>04050147011984</t>
+  </si>
+  <si>
     <t>04050147019065</t>
   </si>
   <si>
-    <t>04050147011984</t>
-[...1 lines deleted...]
-  <si>
     <t>21191-165</t>
   </si>
   <si>
     <t>Kugelelektrode, ø 3mm gerade, L 110mm, ø 2,4mm</t>
   </si>
   <si>
     <t>04050147012523</t>
   </si>
   <si>
     <t>21191-166</t>
   </si>
   <si>
     <t>Kugelelektrode, ø 5mm gerade, L 110mm, ø 2,4mm</t>
   </si>
   <si>
     <t>04050147012530</t>
   </si>
   <si>
     <t>21191-167</t>
   </si>
   <si>
     <t>Schlingenelektr. Wolfr., 5x5mm gerade, L 125mm, ø 2,4mm</t>
   </si>
   <si>
     <t>04050147012370</t>
@@ -10610,65 +10037,65 @@
   <si>
     <t>04050147019157</t>
   </si>
   <si>
     <t>21191-336</t>
   </si>
   <si>
     <t>04050147019164</t>
   </si>
   <si>
     <t>04050147012738</t>
   </si>
   <si>
     <t>21191-342</t>
   </si>
   <si>
     <t>04050147014282</t>
   </si>
   <si>
     <t>04050147015609</t>
   </si>
   <si>
     <t>21191-343</t>
   </si>
   <si>
+    <t>04050147015616</t>
+  </si>
+  <si>
     <t>04050147014299</t>
   </si>
   <si>
-    <t>04050147015616</t>
-[...1 lines deleted...]
-  <si>
     <t>21191-344</t>
   </si>
   <si>
+    <t>04050147014305</t>
+  </si>
+  <si>
     <t>04050147015623</t>
   </si>
   <si>
-    <t>04050147014305</t>
-[...1 lines deleted...]
-  <si>
     <t>21191-347</t>
   </si>
   <si>
     <t>04050147015630</t>
   </si>
   <si>
     <t>04050147014312</t>
   </si>
   <si>
     <t>21191-349</t>
   </si>
   <si>
     <t>04050147015647</t>
   </si>
   <si>
     <t>04050147014329</t>
   </si>
   <si>
     <t>21191-353</t>
   </si>
   <si>
     <t>04050147019171</t>
   </si>
   <si>
     <t>04050147014084</t>
@@ -10691,56 +10118,56 @@
   <si>
     <t>04050147012745</t>
   </si>
   <si>
     <t>21191-363</t>
   </si>
   <si>
     <t>04050147012714</t>
   </si>
   <si>
     <t>04050147019201</t>
   </si>
   <si>
     <t>21191-364</t>
   </si>
   <si>
     <t>04050147012707</t>
   </si>
   <si>
     <t>04050147019218</t>
   </si>
   <si>
     <t>21191-365</t>
   </si>
   <si>
+    <t>04050147019225</t>
+  </si>
+  <si>
     <t>04050147014107</t>
   </si>
   <si>
-    <t>04050147019225</t>
-[...1 lines deleted...]
-  <si>
     <t>21191-366</t>
   </si>
   <si>
     <t>04050147014114</t>
   </si>
   <si>
     <t>04050147019232</t>
   </si>
   <si>
     <t>21191-368</t>
   </si>
   <si>
     <t>Nadelelektrode, ø 0,8x22mm gerade, isol., L 40mm, ø 2,4mm</t>
   </si>
   <si>
     <t>04050147019249</t>
   </si>
   <si>
     <t>04050147013124</t>
   </si>
   <si>
     <t>21191-412</t>
   </si>
   <si>
     <t>Beschichtete Nadelelektrode gerade,ø0,9x16,L50,ø2,4</t>
@@ -11012,66 +10439,66 @@
   <si>
     <t>21195-280</t>
   </si>
   <si>
     <t>BiClamp® 280, MF-2 gebogen 25°, glatt, L 280mm</t>
   </si>
   <si>
     <t>04050147015210</t>
   </si>
   <si>
     <t>21195-299</t>
   </si>
   <si>
     <t>BiClamp® 260 C, MF-2 gebogen 18°, glatt, L 260mm</t>
   </si>
   <si>
     <t>04050147015227</t>
   </si>
   <si>
     <t>21195-400</t>
   </si>
   <si>
     <t>TriSect rapide® 140 ø 5mm, L 140mm</t>
   </si>
   <si>
+    <t>04050147023369</t>
+  </si>
+  <si>
     <t>04050147023376</t>
   </si>
   <si>
-    <t>04050147023369</t>
-[...1 lines deleted...]
-  <si>
     <t>21195-401</t>
   </si>
   <si>
     <t>TriSect rapide® 200 ø 5mm, L 200mm</t>
   </si>
   <si>
+    <t>04050147023383</t>
+  </si>
+  <si>
     <t>04050147023390</t>
-  </si>
-[...1 lines deleted...]
-    <t>04050147023383</t>
   </si>
   <si>
     <t>21195-402</t>
   </si>
   <si>
     <t>TriSect rapide® 350 ø 5mm, L 350mm</t>
   </si>
   <si>
     <t>04050147023406</t>
   </si>
   <si>
     <t>04050147023413</t>
   </si>
   <si>
     <t>21195-403</t>
   </si>
   <si>
     <t>TriSect rapide® 450 ø 5mm, L 450mm</t>
   </si>
   <si>
     <t>04050147023420</t>
   </si>
   <si>
     <t>04050147023437</t>
   </si>
@@ -11222,51 +10649,51 @@
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:D1554"/>
+  <dimension ref="A1:D1492"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="1"/>
     <col min="2" max="2" width="60" customWidth="1"/>
     <col min="3" max="3" width="15" customWidth="1"/>
     <col min="4" max="4" width="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="2">
         <v>3</v>
       </c>
@@ -11669,2267 +11096,2267 @@
         <v>89</v>
       </c>
       <c r="D30">
         <v>1</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s" s="2">
         <v>90</v>
       </c>
       <c r="B31" t="s">
         <v>91</v>
       </c>
       <c r="C31" t="s" s="2">
         <v>92</v>
       </c>
       <c r="D31">
         <v>1</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s" s="2">
         <v>93</v>
       </c>
       <c r="B32" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C32" t="s" s="2">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D32">
         <v>1</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s" s="2">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B33" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C33" t="s" s="2">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D33">
         <v>1</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s" s="2">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B34" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C34" t="s" s="2">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D34">
         <v>1</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s" s="2">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B35" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C35" t="s" s="2">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D35">
         <v>1</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s" s="2">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B36" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C36" t="s" s="2">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D36">
         <v>1</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s" s="2">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B37" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C37" t="s" s="2">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D37">
         <v>1</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s" s="2">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B38" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C38" t="s" s="2">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D38">
         <v>1</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s" s="2">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B39" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C39" t="s" s="2">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D39">
         <v>1</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s" s="2">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B40" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C40" t="s" s="2">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D40">
         <v>1</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s" s="2">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B41" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C41" t="s" s="2">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D41">
         <v>1</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s" s="2">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B42" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C42" t="s" s="2">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D42">
         <v>1</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s" s="2">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B43" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C43" t="s" s="2">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D43">
         <v>1</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s" s="2">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B44" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C44" t="s" s="2">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D44">
         <v>1</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s" s="2">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B45" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C45" t="s" s="2">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D45">
         <v>1</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s" s="2">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B46" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C46" t="s" s="2">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D46">
         <v>1</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s" s="2">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B47" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C47" t="s" s="2">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D47">
         <v>1</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s" s="2">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B48" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C48" t="s" s="2">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D48">
         <v>1</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s" s="2">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B49" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C49" t="s" s="2">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D49">
         <v>1</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s" s="2">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B50" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C50" t="s" s="2">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D50">
         <v>1</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s" s="2">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B51" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C51" t="s" s="2">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D51">
         <v>1</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s" s="2">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B52" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C52" t="s" s="2">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D52">
         <v>1</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s" s="2">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B53" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C53" t="s" s="2">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D53">
         <v>1</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s" s="2">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B54" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C54" t="s" s="2">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D54">
         <v>1</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s" s="2">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B55" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C55" t="s" s="2">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D55">
         <v>1</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s" s="2">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B56" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C56" t="s" s="2">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D56">
         <v>1</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s" s="2">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B57" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C57" t="s" s="2">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D57">
         <v>1</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s" s="2">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B58" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C58" t="s" s="2">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D58">
         <v>1</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s" s="2">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B59" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C59" t="s" s="2">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D59">
         <v>1</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s" s="2">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B60" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C60" t="s" s="2">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D60">
         <v>1</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s" s="2">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B61" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C61" t="s" s="2">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D61">
         <v>1</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s" s="2">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B62" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C62" t="s" s="2">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D62">
         <v>1</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s" s="2">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B63" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C63" t="s" s="2">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D63">
         <v>1</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s" s="2">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B64" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C64" t="s" s="2">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D64">
         <v>1</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s" s="2">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B65" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C65" t="s" s="2">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D65">
         <v>1</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s" s="2">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B66" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C66" t="s" s="2">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D66">
         <v>1</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s" s="2">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B67" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C67" t="s" s="2">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D67">
         <v>1</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s" s="2">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B68" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C68" t="s" s="2">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D68">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s" s="2">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="B69" t="s">
+        <v>202</v>
+      </c>
+      <c r="C69" t="s" s="2">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="D69">
         <v>1</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s" s="2">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B70" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C70" t="s" s="2">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D70">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s" s="2">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="B71" t="s">
+        <v>206</v>
+      </c>
+      <c r="C71" t="s" s="2">
         <v>208</v>
       </c>
-      <c r="C71" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D71">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s" s="2">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="B72" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="C72" t="s" s="2">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="D72">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s" s="2">
+        <v>210</v>
+      </c>
+      <c r="B73" t="s">
         <v>211</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s" s="2">
         <v>212</v>
       </c>
-      <c r="C73" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D73">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s" s="2">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="B74" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="C74" t="s" s="2">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="D74">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s" s="2">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="B75" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="C75" t="s" s="2">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="D75">
         <v>1</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s" s="2">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="B76" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="C76" t="s" s="2">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="D76">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s" s="2">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="B77" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="C77" t="s" s="2">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="D77">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s" s="2">
-        <v>224</v>
+        <v>215</v>
       </c>
       <c r="B78" t="s">
-        <v>225</v>
+        <v>216</v>
       </c>
       <c r="C78" t="s" s="2">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="D78">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s" s="2">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="B79" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="C79" t="s" s="2">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="D79">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s" s="2">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="B80" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="C80" t="s" s="2">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="D80">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s" s="2">
-        <v>229</v>
+        <v>220</v>
       </c>
       <c r="B81" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="C81" t="s" s="2">
-        <v>231</v>
+        <v>224</v>
       </c>
       <c r="D81">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s" s="2">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="B82" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="C82" t="s" s="2">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="D82">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s" s="2">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="B83" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="C83" t="s" s="2">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="D83">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s" s="2">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="B84" t="s">
-        <v>235</v>
+        <v>226</v>
       </c>
       <c r="C84" t="s" s="2">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="D84">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s" s="2">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="B85" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="C85" t="s" s="2">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="D85">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s" s="2">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="B86" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="C86" t="s" s="2">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="D86">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s" s="2">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="B87" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
       <c r="C87" t="s" s="2">
-        <v>241</v>
+        <v>234</v>
       </c>
       <c r="D87">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s" s="2">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="B88" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="C88" t="s" s="2">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="D88">
         <v>1</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s" s="2">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="B89" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="C89" t="s" s="2">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="D89">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s" s="2">
-        <v>244</v>
+        <v>235</v>
       </c>
       <c r="B90" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
       <c r="C90" t="s" s="2">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="D90">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s" s="2">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="B91" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="C91" t="s" s="2">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="D91">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s" s="2">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="B92" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="C92" t="s" s="2">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="D92">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s" s="2">
-        <v>249</v>
+        <v>240</v>
       </c>
       <c r="B93" t="s">
-        <v>250</v>
+        <v>241</v>
       </c>
       <c r="C93" t="s" s="2">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="D93">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s" s="2">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B94" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="C94" t="s" s="2">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="D94">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s" s="2">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B95" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="C95" t="s" s="2">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="D95">
         <v>100</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s" s="2">
-        <v>254</v>
+        <v>245</v>
       </c>
       <c r="B96" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="C96" t="s" s="2">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="D96">
         <v>1</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s" s="2">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="B97" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="C97" t="s" s="2">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="D97">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s" s="2">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="B98" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="C98" t="s" s="2">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="D98">
         <v>100</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s" s="2">
-        <v>259</v>
+        <v>250</v>
       </c>
       <c r="B99" t="s">
-        <v>260</v>
+        <v>251</v>
       </c>
       <c r="C99" t="s" s="2">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="D99">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s" s="2">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="B100" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="C100" t="s" s="2">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="D100">
         <v>1</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s" s="2">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="B101" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="C101" t="s" s="2">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="D101">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s" s="2">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="B102" t="s">
-        <v>265</v>
+        <v>256</v>
       </c>
       <c r="C102" t="s" s="2">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="D102">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s" s="2">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="B103" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="C103" t="s" s="2">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="D103">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s" s="2">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="B104" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="C104" t="s" s="2">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="D104">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s" s="2">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="B105" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="C105" t="s" s="2">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="D105">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s" s="2">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="B106" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="C106" t="s" s="2">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="D106">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s" s="2">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="B107" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="C107" t="s" s="2">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="D107">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s" s="2">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="B108" t="s">
-        <v>275</v>
+        <v>266</v>
       </c>
       <c r="C108" t="s" s="2">
-        <v>276</v>
+        <v>269</v>
       </c>
       <c r="D108">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s" s="2">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="B109" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="C109" t="s" s="2">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="D109">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s" s="2">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="B110" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="C110" t="s" s="2">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="D110">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s" s="2">
-        <v>279</v>
+        <v>270</v>
       </c>
       <c r="B111" t="s">
-        <v>280</v>
+        <v>271</v>
       </c>
       <c r="C111" t="s" s="2">
-        <v>281</v>
+        <v>274</v>
       </c>
       <c r="D111">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s" s="2">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="B112" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="C112" t="s" s="2">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="D112">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s" s="2">
+        <v>278</v>
+      </c>
+      <c r="B113" t="s">
         <v>279</v>
       </c>
-      <c r="B113" t="s">
+      <c r="C113" t="s" s="2">
         <v>280</v>
       </c>
-      <c r="C113" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D113">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s" s="2">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="B114" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="C114" t="s" s="2">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="D114">
         <v>1</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s" s="2">
+        <v>282</v>
+      </c>
+      <c r="B115" t="s">
+        <v>283</v>
+      </c>
+      <c r="C115" t="s" s="2">
         <v>284</v>
       </c>
-      <c r="B115" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D115">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s" s="2">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="B116" t="s">
+        <v>283</v>
+      </c>
+      <c r="C116" t="s" s="2">
         <v>285</v>
       </c>
-      <c r="C116" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D116">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s" s="2">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="B117" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="C117" t="s" s="2">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="D117">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s" s="2">
+        <v>286</v>
+      </c>
+      <c r="B118" t="s">
+        <v>287</v>
+      </c>
+      <c r="C118" t="s" s="2">
         <v>289</v>
       </c>
-      <c r="B118" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D118">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s" s="2">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B119" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C119" t="s" s="2">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="D119">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s" s="2">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="B120" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="C120" t="s" s="2">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="D120">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s" s="2">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="B121" t="s">
         <v>295</v>
       </c>
       <c r="C121" t="s" s="2">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="D121">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s" s="2">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="B122" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="C122" t="s" s="2">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="D122">
         <v>1</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s" s="2">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="B123" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C123" t="s" s="2">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="D123">
         <v>5</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s" s="2">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="B124" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C124" t="s" s="2">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="D124">
         <v>1</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s" s="2">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="B125" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="C125" t="s" s="2">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="D125">
         <v>5</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s" s="2">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="B126" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="C126" t="s" s="2">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="D126">
         <v>1</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s" s="2">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="B127" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="C127" t="s" s="2">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="D127">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s" s="2">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="B128" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="C128" t="s" s="2">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="D128">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s" s="2">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="B129" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="C129" t="s" s="2">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="D129">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s" s="2">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="B130" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="C130" t="s" s="2">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="D130">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s" s="2">
-        <v>318</v>
+        <v>310</v>
       </c>
       <c r="B131" t="s">
-        <v>319</v>
+        <v>311</v>
       </c>
       <c r="C131" t="s" s="2">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="D131">
         <v>1</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s" s="2">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="B132" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="C132" t="s" s="2">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="D132">
-        <v>5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s" s="2">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="B133" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="C133" t="s" s="2">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="D133">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s" s="2">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="B134" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="C134" t="s" s="2">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D134">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s" s="2">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="B135" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="C135" t="s" s="2">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="D135">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s" s="2">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="B136" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="C136" t="s" s="2">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="D136">
         <v>1</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s" s="2">
-        <v>330</v>
+        <v>320</v>
       </c>
       <c r="B137" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="C137" t="s" s="2">
-        <v>332</v>
+        <v>324</v>
       </c>
       <c r="D137">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s" s="2">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="B138" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="C138" t="s" s="2">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="D138">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s" s="2">
-        <v>334</v>
+        <v>325</v>
       </c>
       <c r="B139" t="s">
-        <v>335</v>
+        <v>326</v>
       </c>
       <c r="C139" t="s" s="2">
-        <v>336</v>
+        <v>328</v>
       </c>
       <c r="D139">
         <v>100</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s" s="2">
-        <v>334</v>
+        <v>325</v>
       </c>
       <c r="B140" t="s">
-        <v>335</v>
+        <v>326</v>
       </c>
       <c r="C140" t="s" s="2">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="D140">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s" s="2">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="B141" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="C141" t="s" s="2">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="D141">
         <v>1</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s" s="2">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="B142" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="C142" t="s" s="2">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="D142">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s" s="2">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="B143" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="C143" t="s" s="2">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="D143">
         <v>1</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s" s="2">
         <v>339</v>
       </c>
       <c r="B144" t="s">
         <v>340</v>
       </c>
       <c r="C144" t="s" s="2">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="D144">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s" s="2">
+        <v>342</v>
+      </c>
+      <c r="B145" t="s">
+        <v>343</v>
+      </c>
+      <c r="C145" t="s" s="2">
         <v>344</v>
       </c>
-      <c r="B145" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D145">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s" s="2">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B146" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C146" t="s" s="2">
         <v>347</v>
       </c>
       <c r="D146">
         <v>1</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s" s="2">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B147" t="s">
-        <v>345</v>
-[...3 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="C147"/>
       <c r="D147">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s" s="2">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B148" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C148" t="s" s="2">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D148">
         <v>1</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s" s="2">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="B149" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C149" t="s" s="2">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="D149">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s" s="2">
-        <v>349</v>
+        <v>356</v>
       </c>
       <c r="B150" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="C150" t="s" s="2">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="D150">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s" s="2">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="B151" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="C151" t="s" s="2">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="D151">
         <v>1</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s" s="2">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="B152" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="C152" t="s" s="2">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="D152">
         <v>1</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s" s="2">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="B153" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="C153" t="s" s="2">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="D153">
         <v>1</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s" s="2">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="B154" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="C154" t="s" s="2">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="D154">
         <v>1</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s" s="2">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="B155" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="C155" t="s" s="2">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="D155">
         <v>1</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s" s="2">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="B156" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="C156" t="s" s="2">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="D156">
         <v>1</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s" s="2">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="B157" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="C157"/>
+        <v>378</v>
+      </c>
+      <c r="C157" t="s" s="2">
+        <v>379</v>
+      </c>
       <c r="D157">
         <v>1</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s" s="2">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="B158" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="C158" t="s" s="2">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="D158">
         <v>1</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s" s="2">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="B159" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="C159" t="s" s="2">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="D159">
         <v>1</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s" s="2">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="B160" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="C160" t="s" s="2">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="D160">
         <v>1</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s" s="2">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="B161" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C161" t="s" s="2">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="D161">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s" s="2">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="B162" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="C162" t="s" s="2">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="D162">
         <v>1</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s" s="2">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B163" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C163" t="s" s="2">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="D163">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s" s="2">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="B164" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C164" t="s" s="2">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="D164">
         <v>1</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s" s="2">
+        <v>394</v>
+      </c>
+      <c r="B165" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
       <c r="C165" t="s" s="2">
         <v>397</v>
       </c>
       <c r="D165">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s" s="2">
         <v>398</v>
       </c>
       <c r="B166" t="s">
         <v>399</v>
       </c>
       <c r="C166" t="s" s="2">
         <v>400</v>
       </c>
       <c r="D166">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s" s="2">
+        <v>398</v>
+      </c>
+      <c r="B167" t="s">
+        <v>399</v>
+      </c>
+      <c r="C167" t="s" s="2">
         <v>401</v>
-      </c>
-[...4 lines deleted...]
-        <v>403</v>
       </c>
       <c r="D167">
         <v>1</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s" s="2">
+        <v>402</v>
+      </c>
+      <c r="B168" t="s">
+        <v>403</v>
+      </c>
+      <c r="C168" t="s" s="2">
         <v>404</v>
-      </c>
-[...4 lines deleted...]
-        <v>406</v>
       </c>
       <c r="D168">
         <v>1</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s" s="2">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="B169" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="C169" t="s" s="2">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="D169">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s" s="2">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="B170" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="C170" t="s" s="2">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="D170">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s" s="2">
-        <v>413</v>
+        <v>406</v>
       </c>
       <c r="B171" t="s">
-        <v>414</v>
+        <v>407</v>
       </c>
       <c r="C171" t="s" s="2">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="D171">
         <v>1</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s" s="2">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="B172" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="C172" t="s" s="2">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="D172">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s" s="2">
-        <v>417</v>
+        <v>410</v>
       </c>
       <c r="B173" t="s">
-        <v>418</v>
+        <v>411</v>
       </c>
       <c r="C173" t="s" s="2">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="D173">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s" s="2">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="B174" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="C174" t="s" s="2">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="D174">
         <v>5</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s" s="2">
-        <v>421</v>
+        <v>414</v>
       </c>
       <c r="B175" t="s">
-        <v>422</v>
+        <v>415</v>
       </c>
       <c r="C175" t="s" s="2">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="D175">
         <v>1</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s" s="2">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="B176" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="C176" t="s" s="2">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="D176">
         <v>5</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s" s="2">
-        <v>425</v>
+        <v>418</v>
       </c>
       <c r="B177" t="s">
-        <v>426</v>
+        <v>419</v>
       </c>
       <c r="C177" t="s" s="2">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="D177">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s" s="2">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="B178" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="C178" t="s" s="2">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="D178">
         <v>1</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s" s="2">
-        <v>429</v>
+        <v>422</v>
       </c>
       <c r="B179" t="s">
-        <v>430</v>
+        <v>423</v>
       </c>
       <c r="C179" t="s" s="2">
-        <v>431</v>
+        <v>425</v>
       </c>
       <c r="D179">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s" s="2">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="B180" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="C180" t="s" s="2">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="D180">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s" s="2">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="B181" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="C181" t="s" s="2">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="D181">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s" s="2">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="B182" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="C182" t="s" s="2">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="D182">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s" s="2">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="B183" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="C183" t="s" s="2">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="D183">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s" s="2">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="B184" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="C184" t="s" s="2">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="D184">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s" s="2">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="B185" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="C185" t="s" s="2">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="D185">
         <v>5</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s" s="2">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="B186" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="C186" t="s" s="2">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="D186">
         <v>1</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s" s="2">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="B187" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="C187" t="s" s="2">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="D187">
         <v>1</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s" s="2">
+        <v>444</v>
+      </c>
+      <c r="B188" t="s">
         <v>445</v>
       </c>
-      <c r="B188" t="s">
+      <c r="C188" t="s" s="2">
         <v>446</v>
       </c>
-      <c r="C188" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D188">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s" s="2">
+        <v>447</v>
+      </c>
+      <c r="B189" t="s">
+        <v>448</v>
+      </c>
+      <c r="C189" t="s" s="2">
         <v>449</v>
-      </c>
-[...4 lines deleted...]
-        <v>451</v>
       </c>
       <c r="D189">
         <v>1</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s" s="2">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B190" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C190" t="s" s="2">
         <v>452</v>
       </c>
       <c r="D190">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s" s="2">
         <v>453</v>
       </c>
       <c r="B191" t="s">
         <v>454</v>
       </c>
       <c r="C191" t="s" s="2">
         <v>455</v>
       </c>
       <c r="D191">
         <v>1</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s" s="2">
         <v>456</v>
       </c>
       <c r="B192" t="s">
         <v>457</v>
       </c>
       <c r="C192" t="s" s="2">
         <v>458</v>
@@ -13969,19062 +13396,18194 @@
     <row r="195">
       <c r="A195" t="s" s="2">
         <v>460</v>
       </c>
       <c r="B195" t="s">
         <v>461</v>
       </c>
       <c r="C195" t="s" s="2">
         <v>463</v>
       </c>
       <c r="D195">
         <v>5</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s" s="2">
         <v>464</v>
       </c>
       <c r="B196" t="s">
         <v>465</v>
       </c>
       <c r="C196" t="s" s="2">
         <v>466</v>
       </c>
       <c r="D196">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s" s="2">
         <v>464</v>
       </c>
       <c r="B197" t="s">
         <v>465</v>
       </c>
       <c r="C197" t="s" s="2">
         <v>467</v>
       </c>
       <c r="D197">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s" s="2">
         <v>468</v>
       </c>
       <c r="B198" t="s">
         <v>469</v>
       </c>
       <c r="C198" t="s" s="2">
         <v>470</v>
       </c>
       <c r="D198">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s" s="2">
+        <v>468</v>
+      </c>
+      <c r="B199" t="s">
+        <v>469</v>
+      </c>
+      <c r="C199" t="s" s="2">
         <v>471</v>
-      </c>
-[...4 lines deleted...]
-        <v>473</v>
       </c>
       <c r="D199">
         <v>1</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s" s="2">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="B200" t="s">
-        <v>475</v>
+        <v>387</v>
       </c>
       <c r="C200" t="s" s="2">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="D200">
         <v>1</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s" s="2">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="B201" t="s">
-        <v>478</v>
+        <v>387</v>
       </c>
       <c r="C201" t="s" s="2">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="D201">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s" s="2">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="B202" t="s">
-        <v>481</v>
+        <v>391</v>
       </c>
       <c r="C202" t="s" s="2">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="D202">
         <v>1</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s" s="2">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="B203" t="s">
-        <v>484</v>
+        <v>391</v>
       </c>
       <c r="C203" t="s" s="2">
-        <v>485</v>
+        <v>477</v>
       </c>
       <c r="D203">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s" s="2">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="B204" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="C204" t="s" s="2">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="D204">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s" s="2">
-        <v>487</v>
+        <v>478</v>
       </c>
       <c r="B205" t="s">
-        <v>488</v>
+        <v>479</v>
       </c>
       <c r="C205" t="s" s="2">
-        <v>489</v>
+        <v>481</v>
       </c>
       <c r="D205">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s" s="2">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="B206" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="C206" t="s" s="2">
-        <v>490</v>
+        <v>484</v>
       </c>
       <c r="D206">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s" s="2">
-        <v>491</v>
+        <v>482</v>
       </c>
       <c r="B207" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="C207" t="s" s="2">
-        <v>493</v>
+        <v>485</v>
       </c>
       <c r="D207">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s" s="2">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="B208" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="C208" t="s" s="2">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="D208">
         <v>5</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s" s="2">
-        <v>495</v>
+        <v>486</v>
       </c>
       <c r="B209" t="s">
-        <v>496</v>
+        <v>487</v>
       </c>
       <c r="C209" t="s" s="2">
-        <v>497</v>
+        <v>489</v>
       </c>
       <c r="D209">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s" s="2">
-        <v>495</v>
+        <v>490</v>
       </c>
       <c r="B210" t="s">
-        <v>496</v>
+        <v>491</v>
       </c>
       <c r="C210" t="s" s="2">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="D210">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s" s="2">
-        <v>499</v>
+        <v>490</v>
       </c>
       <c r="B211" t="s">
-        <v>414</v>
+        <v>491</v>
       </c>
       <c r="C211" t="s" s="2">
-        <v>500</v>
+        <v>493</v>
       </c>
       <c r="D211">
         <v>1</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s" s="2">
-        <v>499</v>
+        <v>494</v>
       </c>
       <c r="B212" t="s">
-        <v>414</v>
+        <v>495</v>
       </c>
       <c r="C212" t="s" s="2">
-        <v>501</v>
+        <v>496</v>
       </c>
       <c r="D212">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s" s="2">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="B213" t="s">
-        <v>418</v>
+        <v>495</v>
       </c>
       <c r="C213" t="s" s="2">
-        <v>503</v>
+        <v>497</v>
       </c>
       <c r="D213">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s" s="2">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="B214" t="s">
-        <v>418</v>
+        <v>499</v>
       </c>
       <c r="C214" t="s" s="2">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="D214">
         <v>5</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s" s="2">
-        <v>505</v>
+        <v>498</v>
       </c>
       <c r="B215" t="s">
-        <v>506</v>
+        <v>499</v>
       </c>
       <c r="C215" t="s" s="2">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="D215">
         <v>1</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s" s="2">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="B216" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="C216" t="s" s="2">
-        <v>508</v>
+        <v>504</v>
       </c>
       <c r="D216">
         <v>5</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s" s="2">
-        <v>509</v>
+        <v>502</v>
       </c>
       <c r="B217" t="s">
-        <v>510</v>
+        <v>503</v>
       </c>
       <c r="C217" t="s" s="2">
-        <v>511</v>
+        <v>505</v>
       </c>
       <c r="D217">
         <v>1</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s" s="2">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="B218" t="s">
-        <v>510</v>
+        <v>430</v>
       </c>
       <c r="C218" t="s" s="2">
-        <v>512</v>
+        <v>507</v>
       </c>
       <c r="D218">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s" s="2">
-        <v>513</v>
+        <v>506</v>
       </c>
       <c r="B219" t="s">
-        <v>514</v>
+        <v>430</v>
       </c>
       <c r="C219" t="s" s="2">
-        <v>515</v>
+        <v>508</v>
       </c>
       <c r="D219">
         <v>5</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s" s="2">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="B220" t="s">
-        <v>514</v>
+        <v>434</v>
       </c>
       <c r="C220" t="s" s="2">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="D220">
         <v>1</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s" s="2">
-        <v>517</v>
+        <v>509</v>
       </c>
       <c r="B221" t="s">
-        <v>518</v>
+        <v>434</v>
       </c>
       <c r="C221" t="s" s="2">
-        <v>519</v>
+        <v>511</v>
       </c>
       <c r="D221">
         <v>5</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s" s="2">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="B222" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="C222" t="s" s="2">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="D222">
         <v>1</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s" s="2">
-        <v>521</v>
+        <v>512</v>
       </c>
       <c r="B223" t="s">
-        <v>522</v>
+        <v>513</v>
       </c>
       <c r="C223" t="s" s="2">
-        <v>523</v>
+        <v>515</v>
       </c>
       <c r="D223">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s" s="2">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="B224" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="C224" t="s" s="2">
-        <v>524</v>
+        <v>518</v>
       </c>
       <c r="D224">
         <v>5</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s" s="2">
-        <v>525</v>
+        <v>516</v>
       </c>
       <c r="B225" t="s">
-        <v>526</v>
+        <v>517</v>
       </c>
       <c r="C225" t="s" s="2">
-        <v>527</v>
+        <v>519</v>
       </c>
       <c r="D225">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s" s="2">
-        <v>525</v>
+        <v>520</v>
       </c>
       <c r="B226" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="C226" t="s" s="2">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="D226">
         <v>1</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s" s="2">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="B227" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="C227" t="s" s="2">
-        <v>531</v>
+        <v>525</v>
       </c>
       <c r="D227">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s" s="2">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="B228" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="C228" t="s" s="2">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="D228">
         <v>1</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s" s="2">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="B229" t="s">
-        <v>457</v>
+        <v>530</v>
       </c>
       <c r="C229" t="s" s="2">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="D229">
         <v>1</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s" s="2">
+        <v>532</v>
+      </c>
+      <c r="B230" t="s">
         <v>533</v>
       </c>
-      <c r="B230" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C230" t="s" s="2">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="D230">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s" s="2">
+        <v>535</v>
+      </c>
+      <c r="B231" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
       <c r="C231" t="s" s="2">
         <v>537</v>
       </c>
       <c r="D231">
         <v>1</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s" s="2">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="B232" t="s">
-        <v>461</v>
+        <v>539</v>
       </c>
       <c r="C232" t="s" s="2">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="D232">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s" s="2">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B233" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="C233" t="s" s="2">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D233">
         <v>1</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s" s="2">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="B234" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="C234" t="s" s="2">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="D234">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s" s="2">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="B235" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="C235" t="s" s="2">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="D235">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s" s="2">
-        <v>543</v>
+        <v>550</v>
       </c>
       <c r="B236" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="C236" t="s" s="2">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="D236">
         <v>1</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s" s="2">
-        <v>547</v>
+        <v>553</v>
       </c>
       <c r="B237" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
       <c r="C237" t="s" s="2">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="D237">
         <v>1</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s" s="2">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="B238" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="C238" t="s" s="2">
-        <v>552</v>
+        <v>558</v>
       </c>
       <c r="D238">
         <v>1</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s" s="2">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="B239" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="C239" t="s" s="2">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="D239">
         <v>1</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s" s="2">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="B240" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="C240" t="s" s="2">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="D240">
         <v>1</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s" s="2">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="B241" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="C241" t="s" s="2">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="D241">
         <v>1</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s" s="2">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="B242" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="C242" t="s" s="2">
-        <v>564</v>
+        <v>570</v>
       </c>
       <c r="D242">
         <v>1</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s" s="2">
-        <v>565</v>
+        <v>571</v>
       </c>
       <c r="B243" t="s">
-        <v>566</v>
+        <v>572</v>
       </c>
       <c r="C243" t="s" s="2">
-        <v>567</v>
+        <v>573</v>
       </c>
       <c r="D243">
         <v>1</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s" s="2">
-        <v>568</v>
+        <v>574</v>
       </c>
       <c r="B244" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="C244" t="s" s="2">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="D244">
         <v>1</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s" s="2">
-        <v>571</v>
+        <v>577</v>
       </c>
       <c r="B245" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
       <c r="C245" t="s" s="2">
-        <v>573</v>
+        <v>579</v>
       </c>
       <c r="D245">
         <v>1</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s" s="2">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="B246" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="C246" t="s" s="2">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="D246">
         <v>1</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s" s="2">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="B247" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="C247" t="s" s="2">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="D247">
         <v>1</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s" s="2">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B248" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="C248" t="s" s="2">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="D248">
         <v>1</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s" s="2">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="B249" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="C249" t="s" s="2">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="D249">
         <v>1</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s" s="2">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="B250" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="C250" t="s" s="2">
-        <v>588</v>
+        <v>594</v>
       </c>
       <c r="D250">
         <v>1</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s" s="2">
-        <v>589</v>
+        <v>595</v>
       </c>
       <c r="B251" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
       <c r="C251" t="s" s="2">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="D251">
         <v>1</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s" s="2">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="B252" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="C252" t="s" s="2">
-        <v>594</v>
+        <v>600</v>
       </c>
       <c r="D252">
         <v>1</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s" s="2">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="B253" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
       <c r="C253" t="s" s="2">
-        <v>597</v>
+        <v>603</v>
       </c>
       <c r="D253">
         <v>1</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s" s="2">
-        <v>598</v>
+        <v>604</v>
       </c>
       <c r="B254" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="C254" t="s" s="2">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="D254">
         <v>1</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s" s="2">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="B255" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="C255" t="s" s="2">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="D255">
         <v>1</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s" s="2">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="B256" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="C256" t="s" s="2">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="D256">
         <v>1</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s" s="2">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="B257" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
       <c r="C257" t="s" s="2">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="D257">
         <v>1</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s" s="2">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="B258" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="C258" t="s" s="2">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="D258">
         <v>1</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s" s="2">
-        <v>613</v>
+        <v>619</v>
       </c>
       <c r="B259" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="C259" t="s" s="2">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="D259">
         <v>1</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s" s="2">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="B260" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="C260" t="s" s="2">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="D260">
         <v>1</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s" s="2">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="B261" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="C261" t="s" s="2">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="D261">
         <v>1</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s" s="2">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="B262" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="C262" t="s" s="2">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="D262">
         <v>1</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s" s="2">
-        <v>625</v>
+        <v>631</v>
       </c>
       <c r="B263" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="C263" t="s" s="2">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="D263">
         <v>1</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s" s="2">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="B264" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C264" t="s" s="2">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="D264">
         <v>1</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s" s="2">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="B265" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
       <c r="C265" t="s" s="2">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="D265">
         <v>1</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s" s="2">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="B266" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
       <c r="C266" t="s" s="2">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="D266">
         <v>1</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s" s="2">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="B267" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
       <c r="C267" t="s" s="2">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="D267">
         <v>1</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s" s="2">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="B268" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="C268" t="s" s="2">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="D268">
         <v>1</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s" s="2">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="B269" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C269" t="s" s="2">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="D269">
         <v>1</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s" s="2">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="B270" t="s">
-        <v>584</v>
+        <v>653</v>
       </c>
       <c r="C270" t="s" s="2">
-        <v>647</v>
+        <v>654</v>
       </c>
       <c r="D270">
         <v>1</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s" s="2">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="B271" t="s">
-        <v>649</v>
+        <v>656</v>
       </c>
       <c r="C271" t="s" s="2">
-        <v>650</v>
+        <v>657</v>
       </c>
       <c r="D271">
         <v>1</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s" s="2">
-        <v>651</v>
+        <v>658</v>
       </c>
       <c r="B272" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="C272" t="s" s="2">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="D272">
         <v>1</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s" s="2">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="B273" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="C273" t="s" s="2">
-        <v>656</v>
+        <v>663</v>
       </c>
       <c r="D273">
         <v>1</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s" s="2">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="B274" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="C274" t="s" s="2">
-        <v>659</v>
+        <v>666</v>
       </c>
       <c r="D274">
         <v>1</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s" s="2">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="B275" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="C275" t="s" s="2">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="D275">
         <v>1</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s" s="2">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="B276" t="s">
-        <v>664</v>
+        <v>671</v>
       </c>
       <c r="C276" t="s" s="2">
-        <v>665</v>
+        <v>672</v>
       </c>
       <c r="D276">
         <v>1</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s" s="2">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="B277" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
       <c r="C277" t="s" s="2">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="D277">
         <v>1</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s" s="2">
-        <v>669</v>
+        <v>676</v>
       </c>
       <c r="B278" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="C278" t="s" s="2">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="D278">
         <v>1</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s" s="2">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="B279" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="C279" t="s" s="2">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="D279">
         <v>1</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s" s="2">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="B280" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="C280" t="s" s="2">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="D280">
         <v>1</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s" s="2">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="B281" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="C281" t="s" s="2">
-        <v>680</v>
+        <v>687</v>
       </c>
       <c r="D281">
         <v>1</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s" s="2">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="B282" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
       <c r="C282" t="s" s="2">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="D282">
         <v>1</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s" s="2">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="B283" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="C283" t="s" s="2">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="D283">
         <v>1</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s" s="2">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="B284" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="C284" t="s" s="2">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="D284">
         <v>1</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s" s="2">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="B285" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
       <c r="C285" t="s" s="2">
-        <v>692</v>
+        <v>699</v>
       </c>
       <c r="D285">
         <v>1</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s" s="2">
-        <v>693</v>
+        <v>700</v>
       </c>
       <c r="B286" t="s">
-        <v>694</v>
+        <v>701</v>
       </c>
       <c r="C286" t="s" s="2">
-        <v>695</v>
+        <v>702</v>
       </c>
       <c r="D286">
         <v>1</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s" s="2">
-        <v>696</v>
+        <v>703</v>
       </c>
       <c r="B287" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="C287" t="s" s="2">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="D287">
         <v>1</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s" s="2">
-        <v>699</v>
+        <v>706</v>
       </c>
       <c r="B288" t="s">
-        <v>700</v>
+        <v>707</v>
       </c>
       <c r="C288" t="s" s="2">
-        <v>701</v>
+        <v>708</v>
       </c>
       <c r="D288">
         <v>1</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s" s="2">
-        <v>702</v>
+        <v>709</v>
       </c>
       <c r="B289" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="C289" t="s" s="2">
-        <v>704</v>
+        <v>711</v>
       </c>
       <c r="D289">
         <v>1</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s" s="2">
-        <v>705</v>
+        <v>712</v>
       </c>
       <c r="B290" t="s">
-        <v>706</v>
+        <v>713</v>
       </c>
       <c r="C290" t="s" s="2">
-        <v>707</v>
+        <v>714</v>
       </c>
       <c r="D290">
         <v>1</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s" s="2">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="B291" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="C291" t="s" s="2">
-        <v>710</v>
+        <v>717</v>
       </c>
       <c r="D291">
         <v>1</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s" s="2">
-        <v>711</v>
+        <v>718</v>
       </c>
       <c r="B292" t="s">
-        <v>712</v>
+        <v>719</v>
       </c>
       <c r="C292" t="s" s="2">
-        <v>713</v>
+        <v>720</v>
       </c>
       <c r="D292">
         <v>1</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s" s="2">
-        <v>714</v>
+        <v>721</v>
       </c>
       <c r="B293" t="s">
-        <v>715</v>
+        <v>722</v>
       </c>
       <c r="C293" t="s" s="2">
-        <v>716</v>
+        <v>723</v>
       </c>
       <c r="D293">
         <v>1</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s" s="2">
-        <v>717</v>
+        <v>724</v>
       </c>
       <c r="B294" t="s">
-        <v>718</v>
+        <v>725</v>
       </c>
       <c r="C294" t="s" s="2">
-        <v>719</v>
+        <v>726</v>
       </c>
       <c r="D294">
         <v>1</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s" s="2">
-        <v>720</v>
+        <v>727</v>
       </c>
       <c r="B295" t="s">
-        <v>721</v>
+        <v>728</v>
       </c>
       <c r="C295" t="s" s="2">
-        <v>722</v>
+        <v>729</v>
       </c>
       <c r="D295">
         <v>1</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s" s="2">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="B296" t="s">
-        <v>724</v>
+        <v>731</v>
       </c>
       <c r="C296" t="s" s="2">
-        <v>725</v>
+        <v>732</v>
       </c>
       <c r="D296">
         <v>1</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s" s="2">
-        <v>726</v>
+        <v>733</v>
       </c>
       <c r="B297" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="C297" t="s" s="2">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="D297">
         <v>1</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s" s="2">
-        <v>729</v>
+        <v>736</v>
       </c>
       <c r="B298" t="s">
-        <v>730</v>
+        <v>737</v>
       </c>
       <c r="C298" t="s" s="2">
-        <v>731</v>
+        <v>738</v>
       </c>
       <c r="D298">
         <v>1</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s" s="2">
-        <v>732</v>
+        <v>739</v>
       </c>
       <c r="B299" t="s">
-        <v>733</v>
+        <v>740</v>
       </c>
       <c r="C299" t="s" s="2">
-        <v>734</v>
+        <v>741</v>
       </c>
       <c r="D299">
         <v>1</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s" s="2">
-        <v>735</v>
+        <v>742</v>
       </c>
       <c r="B300" t="s">
-        <v>736</v>
+        <v>743</v>
       </c>
       <c r="C300" t="s" s="2">
-        <v>737</v>
+        <v>744</v>
       </c>
       <c r="D300">
         <v>1</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s" s="2">
-        <v>738</v>
+        <v>745</v>
       </c>
       <c r="B301" t="s">
-        <v>739</v>
+        <v>746</v>
       </c>
       <c r="C301" t="s" s="2">
-        <v>740</v>
+        <v>747</v>
       </c>
       <c r="D301">
         <v>1</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s" s="2">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="B302" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="C302" t="s" s="2">
-        <v>743</v>
+        <v>750</v>
       </c>
       <c r="D302">
         <v>1</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s" s="2">
-        <v>744</v>
+        <v>751</v>
       </c>
       <c r="B303" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="C303" t="s" s="2">
-        <v>746</v>
+        <v>753</v>
       </c>
       <c r="D303">
         <v>1</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s" s="2">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="B304" t="s">
-        <v>748</v>
+        <v>755</v>
       </c>
       <c r="C304" t="s" s="2">
-        <v>749</v>
+        <v>756</v>
       </c>
       <c r="D304">
         <v>1</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="s" s="2">
-        <v>750</v>
+        <v>757</v>
       </c>
       <c r="B305" t="s">
-        <v>751</v>
+        <v>758</v>
       </c>
       <c r="C305" t="s" s="2">
-        <v>752</v>
+        <v>759</v>
       </c>
       <c r="D305">
         <v>1</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s" s="2">
-        <v>753</v>
+        <v>760</v>
       </c>
       <c r="B306" t="s">
-        <v>754</v>
+        <v>761</v>
       </c>
       <c r="C306" t="s" s="2">
-        <v>755</v>
+        <v>762</v>
       </c>
       <c r="D306">
         <v>1</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="s" s="2">
-        <v>756</v>
+        <v>763</v>
       </c>
       <c r="B307" t="s">
-        <v>757</v>
+        <v>764</v>
       </c>
       <c r="C307" t="s" s="2">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="D307">
         <v>1</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s" s="2">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="B308" t="s">
-        <v>760</v>
+        <v>767</v>
       </c>
       <c r="C308" t="s" s="2">
-        <v>761</v>
+        <v>768</v>
       </c>
       <c r="D308">
         <v>1</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s" s="2">
-        <v>762</v>
+        <v>769</v>
       </c>
       <c r="B309" t="s">
-        <v>763</v>
+        <v>770</v>
       </c>
       <c r="C309" t="s" s="2">
-        <v>764</v>
+        <v>771</v>
       </c>
       <c r="D309">
         <v>1</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s" s="2">
-        <v>765</v>
+        <v>772</v>
       </c>
       <c r="B310" t="s">
-        <v>766</v>
+        <v>773</v>
       </c>
       <c r="C310" t="s" s="2">
-        <v>767</v>
+        <v>774</v>
       </c>
       <c r="D310">
         <v>1</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s" s="2">
-        <v>768</v>
+        <v>775</v>
       </c>
       <c r="B311" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
       <c r="C311" t="s" s="2">
-        <v>770</v>
+        <v>777</v>
       </c>
       <c r="D311">
         <v>1</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s" s="2">
-        <v>771</v>
+        <v>778</v>
       </c>
       <c r="B312" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="C312" t="s" s="2">
-        <v>773</v>
+        <v>780</v>
       </c>
       <c r="D312">
         <v>1</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s" s="2">
-        <v>774</v>
+        <v>781</v>
       </c>
       <c r="B313" t="s">
-        <v>775</v>
+        <v>782</v>
       </c>
       <c r="C313" t="s" s="2">
-        <v>776</v>
+        <v>783</v>
       </c>
       <c r="D313">
         <v>1</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s" s="2">
-        <v>777</v>
+        <v>784</v>
       </c>
       <c r="B314" t="s">
-        <v>778</v>
+        <v>785</v>
       </c>
       <c r="C314" t="s" s="2">
-        <v>779</v>
+        <v>786</v>
       </c>
       <c r="D314">
         <v>1</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s" s="2">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="B315" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="C315" t="s" s="2">
-        <v>782</v>
+        <v>787</v>
       </c>
       <c r="D315">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s" s="2">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="B316" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C316" t="s" s="2">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="D316">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s" s="2">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="B317" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="C317" t="s" s="2">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="D317">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s" s="2">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="B318" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C318" t="s" s="2">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="D318">
         <v>1</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s" s="2">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="B319" t="s">
+        <v>791</v>
+      </c>
+      <c r="C319" t="s" s="2">
         <v>793</v>
       </c>
-      <c r="C319" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D319">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s" s="2">
-        <v>795</v>
+        <v>790</v>
       </c>
       <c r="B320" t="s">
-        <v>796</v>
+        <v>791</v>
       </c>
       <c r="C320" t="s" s="2">
-        <v>797</v>
+        <v>794</v>
       </c>
       <c r="D320">
-        <v>1</v>
+        <v>60</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s" s="2">
-        <v>798</v>
+        <v>795</v>
       </c>
       <c r="B321" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="C321" t="s" s="2">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="D321">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s" s="2">
-        <v>801</v>
+        <v>795</v>
       </c>
       <c r="B322" t="s">
-        <v>802</v>
+        <v>796</v>
       </c>
       <c r="C322" t="s" s="2">
-        <v>803</v>
+        <v>798</v>
       </c>
       <c r="D322">
-        <v>1</v>
+        <v>60</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s" s="2">
-        <v>804</v>
+        <v>795</v>
       </c>
       <c r="B323" t="s">
-        <v>805</v>
+        <v>796</v>
       </c>
       <c r="C323" t="s" s="2">
-        <v>806</v>
+        <v>799</v>
       </c>
       <c r="D323">
         <v>1</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s" s="2">
-        <v>807</v>
+        <v>800</v>
       </c>
       <c r="B324" t="s">
-        <v>808</v>
+        <v>801</v>
       </c>
       <c r="C324" t="s" s="2">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="D324">
         <v>1</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s" s="2">
-        <v>810</v>
+        <v>800</v>
       </c>
       <c r="B325" t="s">
-        <v>811</v>
+        <v>801</v>
       </c>
       <c r="C325" t="s" s="2">
-        <v>812</v>
+        <v>803</v>
       </c>
       <c r="D325">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s" s="2">
-        <v>813</v>
+        <v>800</v>
       </c>
       <c r="B326" t="s">
-        <v>814</v>
+        <v>801</v>
       </c>
       <c r="C326" t="s" s="2">
-        <v>815</v>
+        <v>804</v>
       </c>
       <c r="D326">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="s" s="2">
-        <v>816</v>
+        <v>800</v>
       </c>
       <c r="B327" t="s">
-        <v>817</v>
+        <v>801</v>
       </c>
       <c r="C327" t="s" s="2">
-        <v>818</v>
+        <v>805</v>
       </c>
       <c r="D327">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="s" s="2">
-        <v>819</v>
+        <v>806</v>
       </c>
       <c r="B328" t="s">
-        <v>820</v>
+        <v>807</v>
       </c>
       <c r="C328" t="s" s="2">
-        <v>821</v>
+        <v>808</v>
       </c>
       <c r="D328">
         <v>1</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="s" s="2">
-        <v>822</v>
+        <v>806</v>
       </c>
       <c r="B329" t="s">
-        <v>823</v>
+        <v>807</v>
       </c>
       <c r="C329" t="s" s="2">
-        <v>824</v>
+        <v>809</v>
       </c>
       <c r="D329">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="s" s="2">
-        <v>825</v>
+        <v>810</v>
       </c>
       <c r="B330" t="s">
-        <v>826</v>
+        <v>811</v>
       </c>
       <c r="C330" t="s" s="2">
-        <v>827</v>
+        <v>812</v>
       </c>
       <c r="D330">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="s" s="2">
-        <v>828</v>
+        <v>810</v>
       </c>
       <c r="B331" t="s">
-        <v>829</v>
+        <v>811</v>
       </c>
       <c r="C331" t="s" s="2">
-        <v>830</v>
+        <v>813</v>
       </c>
       <c r="D331">
         <v>1</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="s" s="2">
-        <v>828</v>
+        <v>814</v>
       </c>
       <c r="B332" t="s">
-        <v>829</v>
+        <v>815</v>
       </c>
       <c r="C332" t="s" s="2">
-        <v>831</v>
+        <v>816</v>
       </c>
       <c r="D332">
         <v>50</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="s" s="2">
-        <v>828</v>
+        <v>814</v>
       </c>
       <c r="B333" t="s">
-        <v>829</v>
+        <v>815</v>
       </c>
       <c r="C333" t="s" s="2">
-        <v>832</v>
+        <v>817</v>
       </c>
       <c r="D333">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="s" s="2">
-        <v>828</v>
+        <v>814</v>
       </c>
       <c r="B334" t="s">
-        <v>829</v>
+        <v>815</v>
       </c>
       <c r="C334" t="s" s="2">
-        <v>833</v>
+        <v>818</v>
       </c>
       <c r="D334">
         <v>10</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s" s="2">
-        <v>834</v>
+        <v>814</v>
       </c>
       <c r="B335" t="s">
-        <v>835</v>
+        <v>815</v>
       </c>
       <c r="C335" t="s" s="2">
-        <v>836</v>
+        <v>819</v>
       </c>
       <c r="D335">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="s" s="2">
-        <v>834</v>
+        <v>820</v>
       </c>
       <c r="B336" t="s">
-        <v>835</v>
+        <v>821</v>
       </c>
       <c r="C336" t="s" s="2">
-        <v>837</v>
+        <v>822</v>
       </c>
       <c r="D336">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="s" s="2">
-        <v>834</v>
+        <v>820</v>
       </c>
       <c r="B337" t="s">
-        <v>835</v>
-[...2 lines deleted...]
-        <v>838</v>
+        <v>821</v>
+      </c>
+      <c r="C337" s="3">
+        <v>18809083941694</v>
       </c>
       <c r="D337">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="s" s="2">
-        <v>839</v>
+        <v>820</v>
       </c>
       <c r="B338" t="s">
-        <v>840</v>
-[...2 lines deleted...]
-        <v>841</v>
+        <v>821</v>
+      </c>
+      <c r="C338" s="3">
+        <v>28809083941691</v>
       </c>
       <c r="D338">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="s" s="2">
-        <v>839</v>
+        <v>823</v>
       </c>
       <c r="B339" t="s">
-        <v>840</v>
-[...2 lines deleted...]
-        <v>842</v>
+        <v>824</v>
+      </c>
+      <c r="C339" s="3">
+        <v>18809083941700</v>
       </c>
       <c r="D339">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="s" s="2">
-        <v>839</v>
+        <v>823</v>
       </c>
       <c r="B340" t="s">
-        <v>840</v>
+        <v>824</v>
       </c>
       <c r="C340" t="s" s="2">
-        <v>843</v>
+        <v>825</v>
       </c>
       <c r="D340">
         <v>1</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="s" s="2">
-        <v>844</v>
+        <v>823</v>
       </c>
       <c r="B341" t="s">
-        <v>845</v>
-[...2 lines deleted...]
-        <v>846</v>
+        <v>824</v>
+      </c>
+      <c r="C341" s="3">
+        <v>28809083941707</v>
       </c>
       <c r="D341">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="s" s="2">
-        <v>844</v>
+        <v>826</v>
       </c>
       <c r="B342" t="s">
-        <v>845</v>
-[...2 lines deleted...]
-        <v>847</v>
+        <v>827</v>
+      </c>
+      <c r="C342" s="3">
+        <v>28809083941738</v>
       </c>
       <c r="D342">
         <v>50</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="s" s="2">
-        <v>844</v>
+        <v>826</v>
       </c>
       <c r="B343" t="s">
-        <v>845</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>827</v>
+      </c>
+      <c r="C343" s="3">
+        <v>18809083941731</v>
       </c>
       <c r="D343">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="s" s="2">
-        <v>844</v>
+        <v>826</v>
       </c>
       <c r="B344" t="s">
-        <v>845</v>
+        <v>827</v>
       </c>
       <c r="C344" t="s" s="2">
-        <v>849</v>
+        <v>828</v>
       </c>
       <c r="D344">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="s" s="2">
-        <v>850</v>
+        <v>829</v>
       </c>
       <c r="B345" t="s">
-        <v>851</v>
-[...2 lines deleted...]
-        <v>852</v>
+        <v>830</v>
+      </c>
+      <c r="C345" s="3">
+        <v>28809083941745</v>
       </c>
       <c r="D345">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="s" s="2">
-        <v>850</v>
+        <v>829</v>
       </c>
       <c r="B346" t="s">
-        <v>851</v>
-[...2 lines deleted...]
-        <v>853</v>
+        <v>830</v>
+      </c>
+      <c r="C346" s="3">
+        <v>18809083941748</v>
       </c>
       <c r="D346">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="s" s="2">
-        <v>854</v>
+        <v>829</v>
       </c>
       <c r="B347" t="s">
-        <v>855</v>
+        <v>830</v>
       </c>
       <c r="C347" t="s" s="2">
-        <v>856</v>
+        <v>831</v>
       </c>
       <c r="D347">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s" s="2">
-        <v>854</v>
+        <v>832</v>
       </c>
       <c r="B348" t="s">
-        <v>855</v>
-[...2 lines deleted...]
-        <v>857</v>
+        <v>833</v>
+      </c>
+      <c r="C348" s="3">
+        <v>18809083941779</v>
       </c>
       <c r="D348">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="s" s="2">
-        <v>858</v>
+        <v>832</v>
       </c>
       <c r="B349" t="s">
-        <v>859</v>
-[...2 lines deleted...]
-        <v>860</v>
+        <v>833</v>
+      </c>
+      <c r="C349" s="3">
+        <v>28809083941776</v>
       </c>
       <c r="D349">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="s" s="2">
-        <v>858</v>
+        <v>832</v>
       </c>
       <c r="B350" t="s">
-        <v>859</v>
+        <v>833</v>
       </c>
       <c r="C350" t="s" s="2">
-        <v>861</v>
+        <v>834</v>
       </c>
       <c r="D350">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="s" s="2">
-        <v>858</v>
+        <v>835</v>
       </c>
       <c r="B351" t="s">
-        <v>859</v>
+        <v>836</v>
       </c>
       <c r="C351" t="s" s="2">
-        <v>862</v>
+        <v>837</v>
       </c>
       <c r="D351">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="s" s="2">
-        <v>858</v>
+        <v>838</v>
       </c>
       <c r="B352" t="s">
-        <v>859</v>
+        <v>839</v>
       </c>
       <c r="C352" t="s" s="2">
-        <v>863</v>
+        <v>840</v>
       </c>
       <c r="D352">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="s" s="2">
-        <v>864</v>
+        <v>841</v>
       </c>
       <c r="B353" t="s">
-        <v>865</v>
+        <v>842</v>
       </c>
       <c r="C353" t="s" s="2">
-        <v>866</v>
+        <v>843</v>
       </c>
       <c r="D353">
         <v>1</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="s" s="2">
-        <v>864</v>
+        <v>844</v>
       </c>
       <c r="B354" t="s">
-        <v>865</v>
-[...2 lines deleted...]
-        <v>18809083941694</v>
+        <v>845</v>
+      </c>
+      <c r="C354" t="s" s="2">
+        <v>846</v>
       </c>
       <c r="D354">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="s" s="2">
-        <v>864</v>
+        <v>847</v>
       </c>
       <c r="B355" t="s">
-        <v>865</v>
-[...2 lines deleted...]
-        <v>28809083941691</v>
+        <v>848</v>
+      </c>
+      <c r="C355" t="s" s="2">
+        <v>849</v>
       </c>
       <c r="D355">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="s" s="2">
-        <v>867</v>
+        <v>850</v>
       </c>
       <c r="B356" t="s">
-        <v>868</v>
-[...2 lines deleted...]
-        <v>18809083941700</v>
+        <v>851</v>
+      </c>
+      <c r="C356" t="s" s="2">
+        <v>852</v>
       </c>
       <c r="D356">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="s" s="2">
-        <v>867</v>
+        <v>853</v>
       </c>
       <c r="B357" t="s">
-        <v>868</v>
-[...2 lines deleted...]
-        <v>28809083941707</v>
+        <v>854</v>
+      </c>
+      <c r="C357" t="s" s="2">
+        <v>855</v>
       </c>
       <c r="D357">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="s" s="2">
-        <v>867</v>
+        <v>856</v>
       </c>
       <c r="B358" t="s">
-        <v>868</v>
+        <v>857</v>
       </c>
       <c r="C358" t="s" s="2">
-        <v>869</v>
+        <v>858</v>
       </c>
       <c r="D358">
         <v>1</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="s" s="2">
-        <v>870</v>
+        <v>859</v>
       </c>
       <c r="B359" t="s">
-        <v>871</v>
-[...2 lines deleted...]
-        <v>28809083941738</v>
+        <v>860</v>
+      </c>
+      <c r="C359" t="s" s="2">
+        <v>861</v>
       </c>
       <c r="D359">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="s" s="2">
-        <v>870</v>
+        <v>862</v>
       </c>
       <c r="B360" t="s">
-        <v>871</v>
-[...2 lines deleted...]
-        <v>18809083941731</v>
+        <v>863</v>
+      </c>
+      <c r="C360" t="s" s="2">
+        <v>864</v>
       </c>
       <c r="D360">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="s" s="2">
-        <v>870</v>
+        <v>865</v>
       </c>
       <c r="B361" t="s">
-        <v>871</v>
+        <v>866</v>
       </c>
       <c r="C361" t="s" s="2">
-        <v>872</v>
+        <v>867</v>
       </c>
       <c r="D361">
         <v>1</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="s" s="2">
-        <v>873</v>
+        <v>868</v>
       </c>
       <c r="B362" t="s">
-        <v>874</v>
-[...2 lines deleted...]
-        <v>28809083941745</v>
+        <v>869</v>
+      </c>
+      <c r="C362" t="s" s="2">
+        <v>870</v>
       </c>
       <c r="D362">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="s" s="2">
+        <v>871</v>
+      </c>
+      <c r="B363" t="s">
+        <v>872</v>
+      </c>
+      <c r="C363" t="s" s="2">
         <v>873</v>
       </c>
-      <c r="B363" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D363">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="s" s="2">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="B364" t="s">
-        <v>874</v>
-[...1 lines deleted...]
-      <c r="C364" t="s" s="2">
         <v>875</v>
       </c>
+      <c r="C364" s="3">
+        <v>18054953347490</v>
+      </c>
       <c r="D364">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="s" s="2">
+        <v>874</v>
+      </c>
+      <c r="B365" t="s">
+        <v>875</v>
+      </c>
+      <c r="C365" t="s" s="2">
         <v>876</v>
       </c>
-      <c r="B365" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D365">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="s" s="2">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="B366" t="s">
-        <v>877</v>
-[...2 lines deleted...]
-        <v>28809083941776</v>
+        <v>878</v>
+      </c>
+      <c r="C366" t="s" s="2">
+        <v>879</v>
       </c>
       <c r="D366">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="s" s="2">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="B367" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="C367" t="s" s="2">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="D367">
         <v>1</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="s" s="2">
-        <v>879</v>
+        <v>883</v>
       </c>
       <c r="B368" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="C368" t="s" s="2">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="D368">
         <v>1</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="s" s="2">
-        <v>882</v>
+        <v>886</v>
       </c>
       <c r="B369" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="C369" t="s" s="2">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="D369">
         <v>1</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="s" s="2">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="B370" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="C370" t="s" s="2">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="D370">
         <v>1</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="s" s="2">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="B371" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="C371" t="s" s="2">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="D371">
         <v>1</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="s" s="2">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="B372" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="C372" t="s" s="2">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="D372">
         <v>1</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="s" s="2">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="B373" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="C373" t="s" s="2">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="D373">
         <v>1</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" t="s" s="2">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="B374" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="C374" t="s" s="2">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="D374">
         <v>1</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="s" s="2">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="B375" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="C375" t="s" s="2">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="D375">
         <v>1</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="s" s="2">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="B376" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="C376" t="s" s="2">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="D376">
         <v>1</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="s" s="2">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="B377" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="C377" t="s" s="2">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="D377">
         <v>1</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="s" s="2">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="B378" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="C378" t="s" s="2">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="D378">
         <v>1</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" t="s" s="2">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="B379" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="C379" t="s" s="2">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="D379">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" t="s" s="2">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="B380" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="C380" t="s" s="2">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="D380">
         <v>1</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" t="s" s="2">
-        <v>918</v>
+        <v>916</v>
       </c>
       <c r="B381" t="s">
-        <v>919</v>
-[...2 lines deleted...]
-        <v>18054953347490</v>
+        <v>917</v>
+      </c>
+      <c r="C381" t="s" s="2">
+        <v>920</v>
       </c>
       <c r="D381">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" t="s" s="2">
-        <v>918</v>
+        <v>916</v>
       </c>
       <c r="B382" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
       <c r="C382" t="s" s="2">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="D382">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" t="s" s="2">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="B383" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="C383" t="s" s="2">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="D383">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" t="s" s="2">
-        <v>924</v>
+        <v>922</v>
       </c>
       <c r="B384" t="s">
+        <v>923</v>
+      </c>
+      <c r="C384" t="s" s="2">
         <v>925</v>
       </c>
-      <c r="C384" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D384">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" t="s" s="2">
-        <v>927</v>
+        <v>922</v>
       </c>
       <c r="B385" t="s">
-        <v>928</v>
+        <v>923</v>
       </c>
       <c r="C385" t="s" s="2">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="D385">
         <v>1</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" t="s" s="2">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="B386" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="C386" t="s" s="2">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="D386">
         <v>1</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" t="s" s="2">
-        <v>933</v>
+        <v>927</v>
       </c>
       <c r="B387" t="s">
-        <v>934</v>
+        <v>928</v>
       </c>
       <c r="C387" t="s" s="2">
-        <v>935</v>
+        <v>930</v>
       </c>
       <c r="D387">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" t="s" s="2">
-        <v>936</v>
+        <v>927</v>
       </c>
       <c r="B388" t="s">
-        <v>937</v>
+        <v>928</v>
       </c>
       <c r="C388" t="s" s="2">
-        <v>938</v>
+        <v>931</v>
       </c>
       <c r="D388">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" t="s" s="2">
-        <v>939</v>
+        <v>932</v>
       </c>
       <c r="B389" t="s">
-        <v>940</v>
+        <v>933</v>
       </c>
       <c r="C389" t="s" s="2">
-        <v>941</v>
+        <v>934</v>
       </c>
       <c r="D389">
         <v>1</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" t="s" s="2">
-        <v>942</v>
+        <v>932</v>
       </c>
       <c r="B390" t="s">
-        <v>943</v>
+        <v>933</v>
       </c>
       <c r="C390" t="s" s="2">
-        <v>944</v>
+        <v>935</v>
       </c>
       <c r="D390">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="s" s="2">
-        <v>945</v>
+        <v>932</v>
       </c>
       <c r="B391" t="s">
-        <v>946</v>
+        <v>933</v>
       </c>
       <c r="C391" t="s" s="2">
-        <v>947</v>
+        <v>936</v>
       </c>
       <c r="D391">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" t="s" s="2">
-        <v>948</v>
+        <v>937</v>
       </c>
       <c r="B392" t="s">
-        <v>949</v>
+        <v>938</v>
       </c>
       <c r="C392" t="s" s="2">
-        <v>950</v>
+        <v>939</v>
       </c>
       <c r="D392">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" t="s" s="2">
-        <v>951</v>
+        <v>937</v>
       </c>
       <c r="B393" t="s">
-        <v>952</v>
+        <v>938</v>
       </c>
       <c r="C393" t="s" s="2">
-        <v>953</v>
+        <v>940</v>
       </c>
       <c r="D393">
         <v>1</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" t="s" s="2">
-        <v>954</v>
+        <v>937</v>
       </c>
       <c r="B394" t="s">
-        <v>955</v>
+        <v>938</v>
       </c>
       <c r="C394" t="s" s="2">
-        <v>956</v>
+        <v>941</v>
       </c>
       <c r="D394">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" t="s" s="2">
-        <v>957</v>
+        <v>942</v>
       </c>
       <c r="B395" t="s">
-        <v>958</v>
+        <v>943</v>
       </c>
       <c r="C395" t="s" s="2">
-        <v>959</v>
+        <v>944</v>
       </c>
       <c r="D395">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" t="s" s="2">
-        <v>960</v>
+        <v>942</v>
       </c>
       <c r="B396" t="s">
-        <v>961</v>
+        <v>943</v>
       </c>
       <c r="C396" t="s" s="2">
-        <v>962</v>
+        <v>945</v>
       </c>
       <c r="D396">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" t="s" s="2">
-        <v>960</v>
+        <v>942</v>
       </c>
       <c r="B397" t="s">
-        <v>961</v>
+        <v>943</v>
       </c>
       <c r="C397" t="s" s="2">
-        <v>963</v>
+        <v>946</v>
       </c>
       <c r="D397">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" t="s" s="2">
-        <v>960</v>
+        <v>942</v>
       </c>
       <c r="B398" t="s">
-        <v>961</v>
+        <v>943</v>
       </c>
       <c r="C398" t="s" s="2">
-        <v>964</v>
+        <v>947</v>
       </c>
       <c r="D398">
-        <v>5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" t="s" s="2">
-        <v>960</v>
+        <v>948</v>
       </c>
       <c r="B399" t="s">
-        <v>961</v>
+        <v>949</v>
       </c>
       <c r="C399" t="s" s="2">
-        <v>965</v>
+        <v>950</v>
       </c>
       <c r="D399">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" t="s" s="2">
-        <v>966</v>
+        <v>948</v>
       </c>
       <c r="B400" t="s">
-        <v>967</v>
+        <v>949</v>
       </c>
       <c r="C400" t="s" s="2">
-        <v>968</v>
+        <v>951</v>
       </c>
       <c r="D400">
         <v>200</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" t="s" s="2">
-        <v>966</v>
+        <v>948</v>
       </c>
       <c r="B401" t="s">
-        <v>967</v>
+        <v>949</v>
       </c>
       <c r="C401" t="s" s="2">
-        <v>969</v>
+        <v>952</v>
       </c>
       <c r="D401">
         <v>1</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" t="s" s="2">
-        <v>966</v>
+        <v>953</v>
       </c>
       <c r="B402" t="s">
-        <v>967</v>
+        <v>954</v>
       </c>
       <c r="C402" t="s" s="2">
-        <v>970</v>
+        <v>955</v>
       </c>
       <c r="D402">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" t="s" s="2">
-        <v>971</v>
+        <v>953</v>
       </c>
       <c r="B403" t="s">
-        <v>972</v>
+        <v>954</v>
       </c>
       <c r="C403" t="s" s="2">
-        <v>973</v>
+        <v>956</v>
       </c>
       <c r="D403">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" t="s" s="2">
-        <v>971</v>
+        <v>953</v>
       </c>
       <c r="B404" t="s">
-        <v>972</v>
+        <v>954</v>
       </c>
       <c r="C404" t="s" s="2">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="D404">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" t="s" s="2">
-        <v>971</v>
+        <v>958</v>
       </c>
       <c r="B405" t="s">
-        <v>972</v>
+        <v>959</v>
       </c>
       <c r="C405" t="s" s="2">
-        <v>975</v>
+        <v>960</v>
       </c>
       <c r="D405">
         <v>1</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" t="s" s="2">
-        <v>976</v>
+        <v>961</v>
       </c>
       <c r="B406" t="s">
-        <v>977</v>
+        <v>962</v>
       </c>
       <c r="C406" t="s" s="2">
-        <v>978</v>
+        <v>963</v>
       </c>
       <c r="D406">
         <v>1</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" t="s" s="2">
-        <v>976</v>
+        <v>964</v>
       </c>
       <c r="B407" t="s">
-        <v>977</v>
+        <v>965</v>
       </c>
       <c r="C407" t="s" s="2">
-        <v>979</v>
+        <v>966</v>
       </c>
       <c r="D407">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" t="s" s="2">
-        <v>976</v>
+        <v>967</v>
       </c>
       <c r="B408" t="s">
-        <v>977</v>
+        <v>968</v>
       </c>
       <c r="C408" t="s" s="2">
-        <v>980</v>
+        <v>969</v>
       </c>
       <c r="D408">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" t="s" s="2">
-        <v>981</v>
+        <v>970</v>
       </c>
       <c r="B409" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="C409" t="s" s="2">
-        <v>983</v>
+        <v>972</v>
       </c>
       <c r="D409">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" t="s" s="2">
-        <v>981</v>
+        <v>973</v>
       </c>
       <c r="B410" t="s">
-        <v>982</v>
+        <v>974</v>
       </c>
       <c r="C410" t="s" s="2">
-        <v>984</v>
+        <v>975</v>
       </c>
       <c r="D410">
         <v>1</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" t="s" s="2">
-        <v>981</v>
+        <v>976</v>
       </c>
       <c r="B411" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C411" t="s" s="2">
-        <v>985</v>
+        <v>978</v>
       </c>
       <c r="D411">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" t="s" s="2">
-        <v>986</v>
+        <v>979</v>
       </c>
       <c r="B412" t="s">
-        <v>987</v>
+        <v>980</v>
       </c>
       <c r="C412" t="s" s="2">
-        <v>988</v>
+        <v>981</v>
       </c>
       <c r="D412">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" t="s" s="2">
-        <v>986</v>
+        <v>982</v>
       </c>
       <c r="B413" t="s">
-        <v>987</v>
+        <v>983</v>
       </c>
       <c r="C413" t="s" s="2">
-        <v>989</v>
+        <v>984</v>
       </c>
       <c r="D413">
         <v>1</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" t="s" s="2">
+        <v>985</v>
+      </c>
+      <c r="B414" t="s">
         <v>986</v>
       </c>
-      <c r="B414" t="s">
+      <c r="C414" t="s" s="2">
         <v>987</v>
       </c>
-      <c r="C414" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D414">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" t="s" s="2">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="B415" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="C415" t="s" s="2">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="D415">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" t="s" s="2">
+        <v>991</v>
+      </c>
+      <c r="B416" t="s">
         <v>992</v>
       </c>
-      <c r="B416" t="s">
+      <c r="C416" t="s" s="2">
         <v>993</v>
       </c>
-      <c r="C416" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D416">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" t="s" s="2">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="B417" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="C417" t="s" s="2">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="D417">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" t="s" s="2">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="B418" t="s">
-        <v>993</v>
+        <v>998</v>
       </c>
       <c r="C418" t="s" s="2">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="D418">
         <v>1</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" t="s" s="2">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="B419" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="C419" t="s" s="2">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="D419">
         <v>1</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" t="s" s="2">
-        <v>997</v>
+        <v>1003</v>
       </c>
       <c r="B420" t="s">
-        <v>998</v>
+        <v>1004</v>
       </c>
       <c r="C420" t="s" s="2">
-        <v>1000</v>
+        <v>1005</v>
       </c>
       <c r="D420">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" t="s" s="2">
-        <v>997</v>
+        <v>1006</v>
       </c>
       <c r="B421" t="s">
-        <v>998</v>
+        <v>1007</v>
       </c>
       <c r="C421" t="s" s="2">
-        <v>1001</v>
+        <v>1008</v>
       </c>
       <c r="D421">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" t="s" s="2">
-        <v>1002</v>
+        <v>1009</v>
       </c>
       <c r="B422" t="s">
-        <v>1003</v>
+        <v>1010</v>
       </c>
       <c r="C422" t="s" s="2">
-        <v>1004</v>
+        <v>1011</v>
       </c>
       <c r="D422">
         <v>1</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" t="s" s="2">
-        <v>1005</v>
+        <v>1012</v>
       </c>
       <c r="B423" t="s">
-        <v>1006</v>
+        <v>1013</v>
       </c>
       <c r="C423" t="s" s="2">
-        <v>1007</v>
+        <v>1014</v>
       </c>
       <c r="D423">
         <v>1</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" t="s" s="2">
-        <v>1008</v>
+        <v>1015</v>
       </c>
       <c r="B424" t="s">
-        <v>1009</v>
+        <v>1016</v>
       </c>
       <c r="C424" t="s" s="2">
-        <v>1010</v>
+        <v>1017</v>
       </c>
       <c r="D424">
         <v>1</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" t="s" s="2">
-        <v>1011</v>
+        <v>1018</v>
       </c>
       <c r="B425" t="s">
-        <v>1012</v>
+        <v>1019</v>
       </c>
       <c r="C425" t="s" s="2">
-        <v>1013</v>
+        <v>1020</v>
       </c>
       <c r="D425">
         <v>1</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" t="s" s="2">
-        <v>1014</v>
+        <v>1021</v>
       </c>
       <c r="B426" t="s">
-        <v>1015</v>
+        <v>1022</v>
       </c>
       <c r="C426" t="s" s="2">
-        <v>1016</v>
+        <v>1023</v>
       </c>
       <c r="D426">
         <v>1</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" t="s" s="2">
-        <v>1017</v>
+        <v>1024</v>
       </c>
       <c r="B427" t="s">
-        <v>1018</v>
+        <v>1025</v>
       </c>
       <c r="C427" t="s" s="2">
-        <v>1019</v>
+        <v>1026</v>
       </c>
       <c r="D427">
         <v>1</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" t="s" s="2">
-        <v>1020</v>
+        <v>1027</v>
       </c>
       <c r="B428" t="s">
-        <v>1021</v>
+        <v>1028</v>
       </c>
       <c r="C428" t="s" s="2">
-        <v>1022</v>
+        <v>1029</v>
       </c>
       <c r="D428">
         <v>1</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" t="s" s="2">
-        <v>1023</v>
+        <v>1030</v>
       </c>
       <c r="B429" t="s">
-        <v>1024</v>
+        <v>1031</v>
       </c>
       <c r="C429" t="s" s="2">
-        <v>1025</v>
+        <v>1032</v>
       </c>
       <c r="D429">
         <v>1</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" t="s" s="2">
-        <v>1026</v>
+        <v>1033</v>
       </c>
       <c r="B430" t="s">
-        <v>1027</v>
+        <v>1034</v>
       </c>
       <c r="C430" t="s" s="2">
-        <v>1028</v>
+        <v>1035</v>
       </c>
       <c r="D430">
         <v>1</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" t="s" s="2">
-        <v>1029</v>
+        <v>1036</v>
       </c>
       <c r="B431" t="s">
-        <v>1030</v>
+        <v>1037</v>
       </c>
       <c r="C431" t="s" s="2">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="D431">
         <v>1</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" t="s" s="2">
-        <v>1032</v>
+        <v>1039</v>
       </c>
       <c r="B432" t="s">
-        <v>1033</v>
+        <v>1040</v>
       </c>
       <c r="C432" t="s" s="2">
-        <v>1034</v>
+        <v>1041</v>
       </c>
       <c r="D432">
         <v>1</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" t="s" s="2">
-        <v>1035</v>
+        <v>1042</v>
       </c>
       <c r="B433" t="s">
-        <v>1036</v>
+        <v>1043</v>
       </c>
       <c r="C433" t="s" s="2">
-        <v>1037</v>
+        <v>1044</v>
       </c>
       <c r="D433">
         <v>1</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" t="s" s="2">
-        <v>1038</v>
+        <v>1045</v>
       </c>
       <c r="B434" t="s">
-        <v>1039</v>
+        <v>1046</v>
       </c>
       <c r="C434" t="s" s="2">
-        <v>1040</v>
+        <v>1047</v>
       </c>
       <c r="D434">
         <v>1</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" t="s" s="2">
-        <v>1041</v>
+        <v>1048</v>
       </c>
       <c r="B435" t="s">
-        <v>1042</v>
+        <v>1049</v>
       </c>
       <c r="C435" t="s" s="2">
-        <v>1043</v>
+        <v>1050</v>
       </c>
       <c r="D435">
         <v>1</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" t="s" s="2">
-        <v>1044</v>
+        <v>1051</v>
       </c>
       <c r="B436" t="s">
-        <v>1045</v>
+        <v>1052</v>
       </c>
       <c r="C436" t="s" s="2">
-        <v>1046</v>
+        <v>1053</v>
       </c>
       <c r="D436">
         <v>1</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" t="s" s="2">
-        <v>1047</v>
+        <v>1054</v>
       </c>
       <c r="B437" t="s">
-        <v>1048</v>
+        <v>1055</v>
       </c>
       <c r="C437" t="s" s="2">
-        <v>1049</v>
+        <v>1056</v>
       </c>
       <c r="D437">
         <v>1</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" t="s" s="2">
-        <v>1050</v>
+        <v>1057</v>
       </c>
       <c r="B438" t="s">
-        <v>1051</v>
+        <v>1058</v>
       </c>
       <c r="C438" t="s" s="2">
-        <v>1052</v>
+        <v>1059</v>
       </c>
       <c r="D438">
         <v>1</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" t="s" s="2">
-        <v>1053</v>
+        <v>1060</v>
       </c>
       <c r="B439" t="s">
-        <v>1054</v>
+        <v>1061</v>
       </c>
       <c r="C439" t="s" s="2">
-        <v>1055</v>
+        <v>1062</v>
       </c>
       <c r="D439">
         <v>1</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" t="s" s="2">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="B440" t="s">
-        <v>1057</v>
+        <v>1064</v>
       </c>
       <c r="C440" t="s" s="2">
-        <v>1058</v>
+        <v>1065</v>
       </c>
       <c r="D440">
         <v>1</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" t="s" s="2">
-        <v>1059</v>
+        <v>1066</v>
       </c>
       <c r="B441" t="s">
-        <v>1060</v>
+        <v>1067</v>
       </c>
       <c r="C441" t="s" s="2">
-        <v>1061</v>
+        <v>1068</v>
       </c>
       <c r="D441">
         <v>1</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" t="s" s="2">
-        <v>1062</v>
+        <v>1069</v>
       </c>
       <c r="B442" t="s">
-        <v>1063</v>
+        <v>1028</v>
       </c>
       <c r="C442" t="s" s="2">
-        <v>1064</v>
+        <v>1070</v>
       </c>
       <c r="D442">
         <v>1</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" t="s" s="2">
-        <v>1065</v>
+        <v>1071</v>
       </c>
       <c r="B443" t="s">
-        <v>1066</v>
+        <v>1072</v>
       </c>
       <c r="C443" t="s" s="2">
-        <v>1067</v>
+        <v>1073</v>
       </c>
       <c r="D443">
         <v>1</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" t="s" s="2">
-        <v>1068</v>
+        <v>1074</v>
       </c>
       <c r="B444" t="s">
-        <v>1069</v>
+        <v>1075</v>
       </c>
       <c r="C444" t="s" s="2">
-        <v>1070</v>
+        <v>1076</v>
       </c>
       <c r="D444">
         <v>1</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" t="s" s="2">
-        <v>1071</v>
+        <v>1077</v>
       </c>
       <c r="B445" t="s">
-        <v>1072</v>
+        <v>1078</v>
       </c>
       <c r="C445" t="s" s="2">
-        <v>1073</v>
+        <v>1079</v>
       </c>
       <c r="D445">
         <v>1</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" t="s" s="2">
-        <v>1074</v>
+        <v>1080</v>
       </c>
       <c r="B446" t="s">
-        <v>1075</v>
+        <v>1081</v>
       </c>
       <c r="C446" t="s" s="2">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="D446">
         <v>1</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" t="s" s="2">
-        <v>1077</v>
+        <v>1083</v>
       </c>
       <c r="B447" t="s">
-        <v>1078</v>
+        <v>1084</v>
       </c>
       <c r="C447" t="s" s="2">
-        <v>1079</v>
+        <v>1085</v>
       </c>
       <c r="D447">
         <v>1</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" t="s" s="2">
-        <v>1080</v>
+        <v>1086</v>
       </c>
       <c r="B448" t="s">
-        <v>1081</v>
+        <v>1087</v>
       </c>
       <c r="C448" t="s" s="2">
-        <v>1082</v>
+        <v>1088</v>
       </c>
       <c r="D448">
         <v>1</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" t="s" s="2">
-        <v>1083</v>
+        <v>1089</v>
       </c>
       <c r="B449" t="s">
-        <v>1084</v>
+        <v>1090</v>
       </c>
       <c r="C449" t="s" s="2">
-        <v>1085</v>
+        <v>1091</v>
       </c>
       <c r="D449">
         <v>1</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" t="s" s="2">
-        <v>1086</v>
+        <v>1092</v>
       </c>
       <c r="B450" t="s">
-        <v>1087</v>
+        <v>1093</v>
       </c>
       <c r="C450" t="s" s="2">
-        <v>1088</v>
+        <v>1094</v>
       </c>
       <c r="D450">
         <v>1</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" t="s" s="2">
-        <v>1089</v>
+        <v>1095</v>
       </c>
       <c r="B451" t="s">
-        <v>1090</v>
+        <v>1096</v>
       </c>
       <c r="C451" t="s" s="2">
-        <v>1091</v>
+        <v>1097</v>
       </c>
       <c r="D451">
         <v>1</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" t="s" s="2">
-        <v>1092</v>
+        <v>1098</v>
       </c>
       <c r="B452" t="s">
-        <v>1093</v>
+        <v>1099</v>
       </c>
       <c r="C452" t="s" s="2">
-        <v>1094</v>
+        <v>1100</v>
       </c>
       <c r="D452">
         <v>1</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" t="s" s="2">
-        <v>1095</v>
+        <v>1101</v>
       </c>
       <c r="B453" t="s">
-        <v>1096</v>
+        <v>1102</v>
       </c>
       <c r="C453" t="s" s="2">
-        <v>1097</v>
+        <v>1103</v>
       </c>
       <c r="D453">
         <v>1</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" t="s" s="2">
-        <v>1098</v>
+        <v>1104</v>
       </c>
       <c r="B454" t="s">
-        <v>1099</v>
+        <v>1105</v>
       </c>
       <c r="C454" t="s" s="2">
-        <v>1100</v>
+        <v>1106</v>
       </c>
       <c r="D454">
         <v>1</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" t="s" s="2">
-        <v>1101</v>
+        <v>1107</v>
       </c>
       <c r="B455" t="s">
-        <v>1102</v>
+        <v>1108</v>
       </c>
       <c r="C455" t="s" s="2">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="D455">
         <v>1</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" t="s" s="2">
-        <v>1104</v>
+        <v>1110</v>
       </c>
       <c r="B456" t="s">
-        <v>1105</v>
+        <v>1007</v>
       </c>
       <c r="C456" t="s" s="2">
-        <v>1106</v>
+        <v>1111</v>
       </c>
       <c r="D456">
         <v>1</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" t="s" s="2">
-        <v>1107</v>
+        <v>1112</v>
       </c>
       <c r="B457" t="s">
-        <v>1108</v>
+        <v>1113</v>
       </c>
       <c r="C457" t="s" s="2">
-        <v>1109</v>
+        <v>1114</v>
       </c>
       <c r="D457">
         <v>1</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" t="s" s="2">
-        <v>1110</v>
+        <v>1115</v>
       </c>
       <c r="B458" t="s">
-        <v>1111</v>
+        <v>1116</v>
       </c>
       <c r="C458" t="s" s="2">
-        <v>1112</v>
+        <v>1117</v>
       </c>
       <c r="D458">
         <v>1</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" t="s" s="2">
-        <v>1113</v>
+        <v>1118</v>
       </c>
       <c r="B459" t="s">
-        <v>1072</v>
+        <v>1119</v>
       </c>
       <c r="C459" t="s" s="2">
-        <v>1114</v>
+        <v>1120</v>
       </c>
       <c r="D459">
         <v>1</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" t="s" s="2">
-        <v>1115</v>
+        <v>1121</v>
       </c>
       <c r="B460" t="s">
-        <v>1116</v>
+        <v>1122</v>
       </c>
       <c r="C460" t="s" s="2">
-        <v>1117</v>
+        <v>1123</v>
       </c>
       <c r="D460">
         <v>1</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" t="s" s="2">
-        <v>1118</v>
+        <v>1124</v>
       </c>
       <c r="B461" t="s">
-        <v>1119</v>
+        <v>1125</v>
       </c>
       <c r="C461" t="s" s="2">
-        <v>1120</v>
+        <v>1126</v>
       </c>
       <c r="D461">
         <v>1</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" t="s" s="2">
-        <v>1121</v>
+        <v>1127</v>
       </c>
       <c r="B462" t="s">
-        <v>1122</v>
+        <v>1128</v>
       </c>
       <c r="C462" t="s" s="2">
-        <v>1123</v>
+        <v>1129</v>
       </c>
       <c r="D462">
         <v>1</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" t="s" s="2">
-        <v>1124</v>
+        <v>1130</v>
       </c>
       <c r="B463" t="s">
-        <v>1125</v>
+        <v>1131</v>
       </c>
       <c r="C463" t="s" s="2">
-        <v>1126</v>
+        <v>1132</v>
       </c>
       <c r="D463">
         <v>1</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" t="s" s="2">
-        <v>1127</v>
+        <v>1133</v>
       </c>
       <c r="B464" t="s">
-        <v>1128</v>
+        <v>1134</v>
       </c>
       <c r="C464" t="s" s="2">
-        <v>1129</v>
+        <v>1135</v>
       </c>
       <c r="D464">
         <v>1</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" t="s" s="2">
-        <v>1130</v>
+        <v>1136</v>
       </c>
       <c r="B465" t="s">
-        <v>1131</v>
+        <v>1084</v>
       </c>
       <c r="C465" t="s" s="2">
-        <v>1132</v>
+        <v>1137</v>
       </c>
       <c r="D465">
         <v>1</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" t="s" s="2">
-        <v>1133</v>
+        <v>1138</v>
       </c>
       <c r="B466" t="s">
-        <v>1134</v>
+        <v>1139</v>
       </c>
       <c r="C466" t="s" s="2">
-        <v>1135</v>
+        <v>1140</v>
       </c>
       <c r="D466">
         <v>1</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" t="s" s="2">
-        <v>1136</v>
+        <v>1141</v>
       </c>
       <c r="B467" t="s">
-        <v>1137</v>
+        <v>1142</v>
       </c>
       <c r="C467" t="s" s="2">
-        <v>1138</v>
+        <v>1143</v>
       </c>
       <c r="D467">
         <v>1</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" t="s" s="2">
-        <v>1139</v>
+        <v>1144</v>
       </c>
       <c r="B468" t="s">
-        <v>1140</v>
+        <v>1145</v>
       </c>
       <c r="C468" t="s" s="2">
-        <v>1141</v>
+        <v>1146</v>
       </c>
       <c r="D468">
         <v>1</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" t="s" s="2">
-        <v>1142</v>
+        <v>1147</v>
       </c>
       <c r="B469" t="s">
-        <v>1143</v>
+        <v>1148</v>
       </c>
       <c r="C469" t="s" s="2">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="D469">
         <v>1</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" t="s" s="2">
-        <v>1145</v>
+        <v>1150</v>
       </c>
       <c r="B470" t="s">
-        <v>1146</v>
+        <v>1151</v>
       </c>
       <c r="C470" t="s" s="2">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="D470">
         <v>1</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" t="s" s="2">
-        <v>1148</v>
+        <v>1153</v>
       </c>
       <c r="B471" t="s">
-        <v>1149</v>
+        <v>1154</v>
       </c>
       <c r="C471" t="s" s="2">
-        <v>1150</v>
+        <v>1155</v>
       </c>
       <c r="D471">
         <v>1</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" t="s" s="2">
-        <v>1151</v>
+        <v>1156</v>
       </c>
       <c r="B472" t="s">
-        <v>1152</v>
+        <v>1157</v>
       </c>
       <c r="C472" t="s" s="2">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="D472">
         <v>1</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" t="s" s="2">
-        <v>1154</v>
+        <v>1159</v>
       </c>
       <c r="B473" t="s">
-        <v>1051</v>
+        <v>1160</v>
       </c>
       <c r="C473" t="s" s="2">
-        <v>1155</v>
+        <v>1161</v>
       </c>
       <c r="D473">
         <v>1</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" t="s" s="2">
-        <v>1156</v>
+        <v>1162</v>
       </c>
       <c r="B474" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
       <c r="C474" t="s" s="2">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="D474">
         <v>1</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" t="s" s="2">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="B475" t="s">
-        <v>1160</v>
+        <v>1166</v>
       </c>
       <c r="C475" t="s" s="2">
-        <v>1161</v>
+        <v>1167</v>
       </c>
       <c r="D475">
         <v>1</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" t="s" s="2">
-        <v>1162</v>
+        <v>1168</v>
       </c>
       <c r="B476" t="s">
-        <v>1163</v>
+        <v>1169</v>
       </c>
       <c r="C476" t="s" s="2">
-        <v>1164</v>
+        <v>1170</v>
       </c>
       <c r="D476">
         <v>1</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" t="s" s="2">
-        <v>1165</v>
+        <v>1171</v>
       </c>
       <c r="B477" t="s">
-        <v>1166</v>
+        <v>1172</v>
       </c>
       <c r="C477" t="s" s="2">
-        <v>1167</v>
+        <v>1173</v>
       </c>
       <c r="D477">
         <v>1</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" t="s" s="2">
-        <v>1168</v>
+        <v>1174</v>
       </c>
       <c r="B478" t="s">
-        <v>1169</v>
+        <v>1175</v>
       </c>
       <c r="C478" t="s" s="2">
-        <v>1170</v>
+        <v>1176</v>
       </c>
       <c r="D478">
         <v>1</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" t="s" s="2">
-        <v>1171</v>
+        <v>1177</v>
       </c>
       <c r="B479" t="s">
-        <v>1172</v>
+        <v>1178</v>
       </c>
       <c r="C479" t="s" s="2">
-        <v>1173</v>
+        <v>1179</v>
       </c>
       <c r="D479">
         <v>1</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" t="s" s="2">
-        <v>1174</v>
+        <v>1180</v>
       </c>
       <c r="B480" t="s">
-        <v>1175</v>
+        <v>1181</v>
       </c>
       <c r="C480" t="s" s="2">
-        <v>1176</v>
+        <v>1182</v>
       </c>
       <c r="D480">
         <v>1</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" t="s" s="2">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="B481" t="s">
-        <v>1178</v>
+        <v>1184</v>
       </c>
       <c r="C481" t="s" s="2">
-        <v>1179</v>
+        <v>1185</v>
       </c>
       <c r="D481">
         <v>1</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" t="s" s="2">
-        <v>1180</v>
+        <v>1186</v>
       </c>
       <c r="B482" t="s">
-        <v>1128</v>
+        <v>1187</v>
       </c>
       <c r="C482" t="s" s="2">
-        <v>1181</v>
+        <v>1188</v>
       </c>
       <c r="D482">
         <v>1</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" t="s" s="2">
-        <v>1182</v>
+        <v>1189</v>
       </c>
       <c r="B483" t="s">
-        <v>1183</v>
+        <v>1190</v>
       </c>
       <c r="C483" t="s" s="2">
-        <v>1184</v>
+        <v>1191</v>
       </c>
       <c r="D483">
         <v>1</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" t="s" s="2">
-        <v>1185</v>
+        <v>1192</v>
       </c>
       <c r="B484" t="s">
-        <v>1186</v>
+        <v>1193</v>
       </c>
       <c r="C484" t="s" s="2">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="D484">
         <v>1</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" t="s" s="2">
-        <v>1188</v>
+        <v>1195</v>
       </c>
       <c r="B485" t="s">
-        <v>1189</v>
+        <v>1196</v>
       </c>
       <c r="C485" t="s" s="2">
-        <v>1190</v>
+        <v>1197</v>
       </c>
       <c r="D485">
         <v>1</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" t="s" s="2">
-        <v>1191</v>
+        <v>1198</v>
       </c>
       <c r="B486" t="s">
-        <v>1192</v>
+        <v>1199</v>
       </c>
       <c r="C486" t="s" s="2">
-        <v>1193</v>
+        <v>1200</v>
       </c>
       <c r="D486">
         <v>1</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" t="s" s="2">
-        <v>1194</v>
+        <v>1201</v>
       </c>
       <c r="B487" t="s">
-        <v>1195</v>
+        <v>1202</v>
       </c>
       <c r="C487" t="s" s="2">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="D487">
         <v>1</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" t="s" s="2">
-        <v>1197</v>
+        <v>1204</v>
       </c>
       <c r="B488" t="s">
-        <v>1198</v>
+        <v>1205</v>
       </c>
       <c r="C488" t="s" s="2">
-        <v>1199</v>
+        <v>1206</v>
       </c>
       <c r="D488">
         <v>1</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" t="s" s="2">
-        <v>1200</v>
+        <v>1207</v>
       </c>
       <c r="B489" t="s">
-        <v>1201</v>
+        <v>1208</v>
       </c>
       <c r="C489" t="s" s="2">
-        <v>1202</v>
+        <v>1209</v>
       </c>
       <c r="D489">
         <v>1</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" t="s" s="2">
-        <v>1203</v>
+        <v>1210</v>
       </c>
       <c r="B490" t="s">
-        <v>1204</v>
+        <v>1211</v>
       </c>
       <c r="C490" t="s" s="2">
-        <v>1205</v>
+        <v>1212</v>
       </c>
       <c r="D490">
         <v>1</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" t="s" s="2">
-        <v>1206</v>
+        <v>1213</v>
       </c>
       <c r="B491" t="s">
-        <v>1207</v>
+        <v>1214</v>
       </c>
       <c r="C491" t="s" s="2">
-        <v>1208</v>
+        <v>1215</v>
       </c>
       <c r="D491">
         <v>1</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" t="s" s="2">
-        <v>1209</v>
+        <v>1216</v>
       </c>
       <c r="B492" t="s">
-        <v>1210</v>
+        <v>1217</v>
       </c>
       <c r="C492" t="s" s="2">
-        <v>1211</v>
+        <v>1218</v>
       </c>
       <c r="D492">
         <v>1</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" t="s" s="2">
-        <v>1212</v>
+        <v>1219</v>
       </c>
       <c r="B493" t="s">
-        <v>1213</v>
+        <v>1220</v>
       </c>
       <c r="C493" t="s" s="2">
-        <v>1214</v>
+        <v>1221</v>
       </c>
       <c r="D493">
         <v>1</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" t="s" s="2">
-        <v>1215</v>
+        <v>1222</v>
       </c>
       <c r="B494" t="s">
-        <v>1216</v>
+        <v>1223</v>
       </c>
       <c r="C494" t="s" s="2">
-        <v>1217</v>
+        <v>1224</v>
       </c>
       <c r="D494">
         <v>1</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" t="s" s="2">
-        <v>1218</v>
+        <v>1225</v>
       </c>
       <c r="B495" t="s">
-        <v>1219</v>
+        <v>1226</v>
       </c>
       <c r="C495" t="s" s="2">
-        <v>1220</v>
+        <v>1227</v>
       </c>
       <c r="D495">
         <v>1</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" t="s" s="2">
-        <v>1221</v>
+        <v>1228</v>
       </c>
       <c r="B496" t="s">
-        <v>1222</v>
+        <v>1229</v>
       </c>
       <c r="C496" t="s" s="2">
-        <v>1223</v>
+        <v>1230</v>
       </c>
       <c r="D496">
         <v>1</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" t="s" s="2">
-        <v>1224</v>
+        <v>1231</v>
       </c>
       <c r="B497" t="s">
-        <v>1225</v>
+        <v>1232</v>
       </c>
       <c r="C497" t="s" s="2">
-        <v>1226</v>
+        <v>1233</v>
       </c>
       <c r="D497">
         <v>1</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" t="s" s="2">
-        <v>1227</v>
+        <v>1234</v>
       </c>
       <c r="B498" t="s">
-        <v>1228</v>
+        <v>1235</v>
       </c>
       <c r="C498" t="s" s="2">
-        <v>1229</v>
+        <v>1236</v>
       </c>
       <c r="D498">
         <v>1</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" t="s" s="2">
-        <v>1230</v>
+        <v>1237</v>
       </c>
       <c r="B499" t="s">
-        <v>1231</v>
+        <v>1238</v>
       </c>
       <c r="C499" t="s" s="2">
-        <v>1232</v>
+        <v>1239</v>
       </c>
       <c r="D499">
         <v>1</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" t="s" s="2">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="B500" t="s">
-        <v>1234</v>
+        <v>1241</v>
       </c>
       <c r="C500" t="s" s="2">
-        <v>1235</v>
+        <v>1242</v>
       </c>
       <c r="D500">
         <v>1</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" t="s" s="2">
-        <v>1236</v>
+        <v>1243</v>
       </c>
       <c r="B501" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="C501" t="s" s="2">
-        <v>1238</v>
+        <v>1245</v>
       </c>
       <c r="D501">
         <v>1</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" t="s" s="2">
-        <v>1239</v>
+        <v>1246</v>
       </c>
       <c r="B502" t="s">
-        <v>1240</v>
+        <v>1247</v>
       </c>
       <c r="C502" t="s" s="2">
-        <v>1241</v>
+        <v>1248</v>
       </c>
       <c r="D502">
         <v>1</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" t="s" s="2">
-        <v>1242</v>
+        <v>1249</v>
       </c>
       <c r="B503" t="s">
-        <v>1243</v>
+        <v>1250</v>
       </c>
       <c r="C503" t="s" s="2">
-        <v>1244</v>
+        <v>1251</v>
       </c>
       <c r="D503">
         <v>1</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" t="s" s="2">
-        <v>1245</v>
+        <v>1252</v>
       </c>
       <c r="B504" t="s">
-        <v>1246</v>
+        <v>1253</v>
       </c>
       <c r="C504" t="s" s="2">
-        <v>1247</v>
+        <v>1254</v>
       </c>
       <c r="D504">
         <v>1</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" t="s" s="2">
-        <v>1248</v>
+        <v>1255</v>
       </c>
       <c r="B505" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="C505" t="s" s="2">
-        <v>1250</v>
+        <v>1257</v>
       </c>
       <c r="D505">
         <v>1</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" t="s" s="2">
-        <v>1251</v>
+        <v>1258</v>
       </c>
       <c r="B506" t="s">
-        <v>1252</v>
+        <v>1259</v>
       </c>
       <c r="C506" t="s" s="2">
-        <v>1253</v>
+        <v>1260</v>
       </c>
       <c r="D506">
         <v>1</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" t="s" s="2">
-        <v>1254</v>
+        <v>1261</v>
       </c>
       <c r="B507" t="s">
-        <v>1255</v>
+        <v>1262</v>
       </c>
       <c r="C507" t="s" s="2">
-        <v>1256</v>
+        <v>1263</v>
       </c>
       <c r="D507">
         <v>1</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" t="s" s="2">
-        <v>1257</v>
+        <v>1264</v>
       </c>
       <c r="B508" t="s">
-        <v>1258</v>
+        <v>1265</v>
       </c>
       <c r="C508" t="s" s="2">
-        <v>1259</v>
+        <v>1266</v>
       </c>
       <c r="D508">
         <v>1</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" t="s" s="2">
-        <v>1260</v>
+        <v>1267</v>
       </c>
       <c r="B509" t="s">
-        <v>1261</v>
+        <v>1268</v>
       </c>
       <c r="C509" t="s" s="2">
-        <v>1262</v>
+        <v>1269</v>
       </c>
       <c r="D509">
         <v>1</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" t="s" s="2">
-        <v>1263</v>
+        <v>1270</v>
       </c>
       <c r="B510" t="s">
-        <v>1264</v>
+        <v>1271</v>
       </c>
       <c r="C510" t="s" s="2">
-        <v>1265</v>
+        <v>1272</v>
       </c>
       <c r="D510">
         <v>1</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" t="s" s="2">
-        <v>1266</v>
+        <v>1273</v>
       </c>
       <c r="B511" t="s">
-        <v>1267</v>
+        <v>1274</v>
       </c>
       <c r="C511" t="s" s="2">
-        <v>1268</v>
+        <v>1275</v>
       </c>
       <c r="D511">
         <v>1</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" t="s" s="2">
-        <v>1269</v>
+        <v>1276</v>
       </c>
       <c r="B512" t="s">
-        <v>1270</v>
+        <v>1277</v>
       </c>
       <c r="C512" t="s" s="2">
-        <v>1271</v>
+        <v>1278</v>
       </c>
       <c r="D512">
         <v>1</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" t="s" s="2">
-        <v>1272</v>
+        <v>1279</v>
       </c>
       <c r="B513" t="s">
-        <v>1273</v>
+        <v>1280</v>
       </c>
       <c r="C513" t="s" s="2">
-        <v>1274</v>
+        <v>1281</v>
       </c>
       <c r="D513">
         <v>1</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" t="s" s="2">
-        <v>1275</v>
+        <v>1282</v>
       </c>
       <c r="B514" t="s">
-        <v>1276</v>
+        <v>1283</v>
       </c>
       <c r="C514" t="s" s="2">
-        <v>1277</v>
+        <v>1284</v>
       </c>
       <c r="D514">
         <v>1</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" t="s" s="2">
-        <v>1278</v>
+        <v>1285</v>
       </c>
       <c r="B515" t="s">
-        <v>1279</v>
+        <v>1286</v>
       </c>
       <c r="C515" t="s" s="2">
-        <v>1280</v>
+        <v>1287</v>
       </c>
       <c r="D515">
         <v>1</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" t="s" s="2">
-        <v>1281</v>
+        <v>1288</v>
       </c>
       <c r="B516" t="s">
-        <v>1282</v>
+        <v>1289</v>
       </c>
       <c r="C516" t="s" s="2">
-        <v>1283</v>
+        <v>1290</v>
       </c>
       <c r="D516">
         <v>1</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" t="s" s="2">
-        <v>1284</v>
+        <v>1291</v>
       </c>
       <c r="B517" t="s">
-        <v>1285</v>
+        <v>1292</v>
       </c>
       <c r="C517" t="s" s="2">
-        <v>1286</v>
+        <v>1293</v>
       </c>
       <c r="D517">
         <v>1</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" t="s" s="2">
-        <v>1287</v>
+        <v>1294</v>
       </c>
       <c r="B518" t="s">
-        <v>1288</v>
+        <v>1295</v>
       </c>
       <c r="C518" t="s" s="2">
-        <v>1289</v>
+        <v>1296</v>
       </c>
       <c r="D518">
         <v>1</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" t="s" s="2">
-        <v>1290</v>
+        <v>1297</v>
       </c>
       <c r="B519" t="s">
-        <v>1291</v>
+        <v>1298</v>
       </c>
       <c r="C519" t="s" s="2">
-        <v>1292</v>
+        <v>1299</v>
       </c>
       <c r="D519">
         <v>1</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" t="s" s="2">
-        <v>1293</v>
+        <v>1300</v>
       </c>
       <c r="B520" t="s">
-        <v>1294</v>
+        <v>1301</v>
       </c>
       <c r="C520" t="s" s="2">
-        <v>1295</v>
+        <v>1302</v>
       </c>
       <c r="D520">
         <v>1</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" t="s" s="2">
-        <v>1296</v>
+        <v>1303</v>
       </c>
       <c r="B521" t="s">
-        <v>1297</v>
+        <v>1304</v>
       </c>
       <c r="C521" t="s" s="2">
-        <v>1298</v>
+        <v>1305</v>
       </c>
       <c r="D521">
         <v>1</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" t="s" s="2">
-        <v>1299</v>
+        <v>1306</v>
       </c>
       <c r="B522" t="s">
-        <v>1300</v>
+        <v>1307</v>
       </c>
       <c r="C522" t="s" s="2">
-        <v>1301</v>
+        <v>1308</v>
       </c>
       <c r="D522">
         <v>1</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" t="s" s="2">
-        <v>1302</v>
+        <v>1309</v>
       </c>
       <c r="B523" t="s">
-        <v>1303</v>
+        <v>1310</v>
       </c>
       <c r="C523" t="s" s="2">
-        <v>1304</v>
+        <v>1311</v>
       </c>
       <c r="D523">
         <v>1</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" t="s" s="2">
-        <v>1305</v>
+        <v>1312</v>
       </c>
       <c r="B524" t="s">
-        <v>1306</v>
+        <v>1313</v>
       </c>
       <c r="C524" t="s" s="2">
-        <v>1307</v>
+        <v>1314</v>
       </c>
       <c r="D524">
         <v>1</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" t="s" s="2">
-        <v>1308</v>
+        <v>1315</v>
       </c>
       <c r="B525" t="s">
-        <v>1309</v>
+        <v>1316</v>
       </c>
       <c r="C525" t="s" s="2">
-        <v>1310</v>
+        <v>1317</v>
       </c>
       <c r="D525">
         <v>1</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" t="s" s="2">
-        <v>1311</v>
+        <v>1318</v>
       </c>
       <c r="B526" t="s">
-        <v>1312</v>
+        <v>1319</v>
       </c>
       <c r="C526" t="s" s="2">
-        <v>1313</v>
+        <v>1320</v>
       </c>
       <c r="D526">
         <v>1</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" t="s" s="2">
-        <v>1314</v>
+        <v>1321</v>
       </c>
       <c r="B527" t="s">
-        <v>1315</v>
+        <v>1322</v>
       </c>
       <c r="C527" t="s" s="2">
-        <v>1316</v>
+        <v>1323</v>
       </c>
       <c r="D527">
         <v>1</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" t="s" s="2">
-        <v>1317</v>
+        <v>1324</v>
       </c>
       <c r="B528" t="s">
-        <v>1318</v>
+        <v>1325</v>
       </c>
       <c r="C528" t="s" s="2">
-        <v>1319</v>
+        <v>1326</v>
       </c>
       <c r="D528">
         <v>1</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" t="s" s="2">
-        <v>1320</v>
+        <v>1327</v>
       </c>
       <c r="B529" t="s">
-        <v>1321</v>
+        <v>1328</v>
       </c>
       <c r="C529" t="s" s="2">
-        <v>1322</v>
+        <v>1329</v>
       </c>
       <c r="D529">
         <v>1</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" t="s" s="2">
-        <v>1323</v>
+        <v>1330</v>
       </c>
       <c r="B530" t="s">
-        <v>1324</v>
+        <v>1331</v>
       </c>
       <c r="C530" t="s" s="2">
-        <v>1325</v>
+        <v>1332</v>
       </c>
       <c r="D530">
         <v>1</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" t="s" s="2">
-        <v>1326</v>
+        <v>1330</v>
       </c>
       <c r="B531" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
       <c r="C531" t="s" s="2">
-        <v>1328</v>
+        <v>1333</v>
       </c>
       <c r="D531">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" t="s" s="2">
-        <v>1329</v>
+        <v>1334</v>
       </c>
       <c r="B532" t="s">
-        <v>1330</v>
+        <v>1335</v>
       </c>
       <c r="C532" t="s" s="2">
-        <v>1331</v>
+        <v>1336</v>
       </c>
       <c r="D532">
         <v>1</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" t="s" s="2">
-        <v>1332</v>
+        <v>1337</v>
       </c>
       <c r="B533" t="s">
-        <v>1333</v>
+        <v>1338</v>
       </c>
       <c r="C533" t="s" s="2">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="D533">
         <v>1</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" t="s" s="2">
-        <v>1335</v>
+        <v>1340</v>
       </c>
       <c r="B534" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="C534" t="s" s="2">
-        <v>1337</v>
+        <v>1342</v>
       </c>
       <c r="D534">
         <v>1</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" t="s" s="2">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="B535" t="s">
-        <v>1339</v>
+        <v>1344</v>
       </c>
       <c r="C535" t="s" s="2">
-        <v>1340</v>
+        <v>1345</v>
       </c>
       <c r="D535">
         <v>1</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" t="s" s="2">
-        <v>1341</v>
+        <v>1346</v>
       </c>
       <c r="B536" t="s">
-        <v>1342</v>
+        <v>1347</v>
       </c>
       <c r="C536" t="s" s="2">
-        <v>1343</v>
+        <v>1348</v>
       </c>
       <c r="D536">
         <v>1</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" t="s" s="2">
-        <v>1344</v>
+        <v>1349</v>
       </c>
       <c r="B537" t="s">
-        <v>1345</v>
+        <v>1350</v>
       </c>
       <c r="C537" t="s" s="2">
-        <v>1346</v>
+        <v>1351</v>
       </c>
       <c r="D537">
         <v>1</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" t="s" s="2">
-        <v>1347</v>
+        <v>1352</v>
       </c>
       <c r="B538" t="s">
-        <v>1348</v>
+        <v>1353</v>
       </c>
       <c r="C538" t="s" s="2">
-        <v>1349</v>
+        <v>1354</v>
       </c>
       <c r="D538">
         <v>1</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" t="s" s="2">
-        <v>1350</v>
+        <v>1355</v>
       </c>
       <c r="B539" t="s">
-        <v>1351</v>
+        <v>1356</v>
       </c>
       <c r="C539" t="s" s="2">
-        <v>1352</v>
+        <v>1357</v>
       </c>
       <c r="D539">
         <v>1</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" t="s" s="2">
-        <v>1353</v>
+        <v>1358</v>
       </c>
       <c r="B540" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
       <c r="C540" t="s" s="2">
-        <v>1355</v>
+        <v>1360</v>
       </c>
       <c r="D540">
         <v>1</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" t="s" s="2">
-        <v>1356</v>
+        <v>1361</v>
       </c>
       <c r="B541" t="s">
-        <v>1357</v>
+        <v>1362</v>
       </c>
       <c r="C541" t="s" s="2">
-        <v>1358</v>
+        <v>1363</v>
       </c>
       <c r="D541">
         <v>1</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" t="s" s="2">
-        <v>1359</v>
+        <v>1364</v>
       </c>
       <c r="B542" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
       <c r="C542" t="s" s="2">
-        <v>1361</v>
+        <v>1366</v>
       </c>
       <c r="D542">
         <v>1</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" t="s" s="2">
-        <v>1362</v>
+        <v>1367</v>
       </c>
       <c r="B543" t="s">
-        <v>1363</v>
+        <v>1368</v>
       </c>
       <c r="C543" t="s" s="2">
-        <v>1364</v>
+        <v>1369</v>
       </c>
       <c r="D543">
         <v>1</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" t="s" s="2">
-        <v>1365</v>
+        <v>1370</v>
       </c>
       <c r="B544" t="s">
-        <v>1366</v>
+        <v>1371</v>
       </c>
       <c r="C544" t="s" s="2">
-        <v>1367</v>
+        <v>1372</v>
       </c>
       <c r="D544">
         <v>1</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" t="s" s="2">
-        <v>1368</v>
+        <v>1373</v>
       </c>
       <c r="B545" t="s">
-        <v>1369</v>
+        <v>1374</v>
       </c>
       <c r="C545" t="s" s="2">
-        <v>1370</v>
+        <v>1375</v>
       </c>
       <c r="D545">
         <v>1</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" t="s" s="2">
-        <v>1371</v>
+        <v>1376</v>
       </c>
       <c r="B546" t="s">
-        <v>1372</v>
+        <v>1377</v>
       </c>
       <c r="C546" t="s" s="2">
-        <v>1373</v>
+        <v>1378</v>
       </c>
       <c r="D546">
         <v>1</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" t="s" s="2">
-        <v>1374</v>
+        <v>1379</v>
       </c>
       <c r="B547" t="s">
-        <v>1375</v>
+        <v>1380</v>
       </c>
       <c r="C547" t="s" s="2">
-        <v>1376</v>
+        <v>1381</v>
       </c>
       <c r="D547">
         <v>1</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" t="s" s="2">
-        <v>1374</v>
+        <v>1382</v>
       </c>
       <c r="B548" t="s">
-        <v>1375</v>
+        <v>1383</v>
       </c>
       <c r="C548" t="s" s="2">
-        <v>1377</v>
+        <v>1384</v>
       </c>
       <c r="D548">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" t="s" s="2">
-        <v>1378</v>
+        <v>1385</v>
       </c>
       <c r="B549" t="s">
-        <v>1379</v>
+        <v>1386</v>
       </c>
       <c r="C549" t="s" s="2">
-        <v>1380</v>
+        <v>1387</v>
       </c>
       <c r="D549">
         <v>1</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" t="s" s="2">
-        <v>1381</v>
+        <v>1388</v>
       </c>
       <c r="B550" t="s">
-        <v>1382</v>
+        <v>1389</v>
       </c>
       <c r="C550" t="s" s="2">
-        <v>1383</v>
+        <v>1390</v>
       </c>
       <c r="D550">
         <v>1</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" t="s" s="2">
-        <v>1384</v>
+        <v>1391</v>
       </c>
       <c r="B551" t="s">
-        <v>1385</v>
+        <v>1392</v>
       </c>
       <c r="C551" t="s" s="2">
-        <v>1386</v>
+        <v>1393</v>
       </c>
       <c r="D551">
         <v>1</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" t="s" s="2">
-        <v>1387</v>
+        <v>1394</v>
       </c>
       <c r="B552" t="s">
-        <v>1388</v>
+        <v>1395</v>
       </c>
       <c r="C552" t="s" s="2">
-        <v>1389</v>
+        <v>1396</v>
       </c>
       <c r="D552">
         <v>1</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" t="s" s="2">
-        <v>1390</v>
+        <v>1397</v>
       </c>
       <c r="B553" t="s">
-        <v>1391</v>
+        <v>1398</v>
       </c>
       <c r="C553" t="s" s="2">
-        <v>1392</v>
+        <v>1399</v>
       </c>
       <c r="D553">
         <v>1</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" t="s" s="2">
-        <v>1393</v>
+        <v>1400</v>
       </c>
       <c r="B554" t="s">
-        <v>1394</v>
+        <v>1401</v>
       </c>
       <c r="C554" t="s" s="2">
-        <v>1395</v>
+        <v>1402</v>
       </c>
       <c r="D554">
         <v>1</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" t="s" s="2">
-        <v>1396</v>
+        <v>1403</v>
       </c>
       <c r="B555" t="s">
-        <v>1397</v>
+        <v>1404</v>
       </c>
       <c r="C555" t="s" s="2">
-        <v>1398</v>
+        <v>1405</v>
       </c>
       <c r="D555">
         <v>1</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" t="s" s="2">
-        <v>1399</v>
+        <v>1406</v>
       </c>
       <c r="B556" t="s">
-        <v>1400</v>
+        <v>1407</v>
       </c>
       <c r="C556" t="s" s="2">
-        <v>1401</v>
+        <v>1408</v>
       </c>
       <c r="D556">
         <v>1</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" t="s" s="2">
-        <v>1402</v>
+        <v>1409</v>
       </c>
       <c r="B557" t="s">
-        <v>1403</v>
+        <v>1410</v>
       </c>
       <c r="C557" t="s" s="2">
-        <v>1404</v>
+        <v>1411</v>
       </c>
       <c r="D557">
         <v>1</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" t="s" s="2">
-        <v>1405</v>
+        <v>1412</v>
       </c>
       <c r="B558" t="s">
-        <v>1406</v>
+        <v>1413</v>
       </c>
       <c r="C558" t="s" s="2">
-        <v>1407</v>
+        <v>1414</v>
       </c>
       <c r="D558">
         <v>1</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" t="s" s="2">
-        <v>1408</v>
+        <v>1415</v>
       </c>
       <c r="B559" t="s">
-        <v>1409</v>
+        <v>1416</v>
       </c>
       <c r="C559" t="s" s="2">
-        <v>1410</v>
+        <v>1417</v>
       </c>
       <c r="D559">
         <v>1</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" t="s" s="2">
-        <v>1411</v>
+        <v>1418</v>
       </c>
       <c r="B560" t="s">
-        <v>1412</v>
+        <v>1419</v>
       </c>
       <c r="C560" t="s" s="2">
-        <v>1413</v>
+        <v>1420</v>
       </c>
       <c r="D560">
         <v>1</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" t="s" s="2">
-        <v>1414</v>
+        <v>1421</v>
       </c>
       <c r="B561" t="s">
-        <v>1415</v>
+        <v>1422</v>
       </c>
       <c r="C561" t="s" s="2">
-        <v>1416</v>
+        <v>1423</v>
       </c>
       <c r="D561">
         <v>1</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" t="s" s="2">
-        <v>1417</v>
+        <v>1424</v>
       </c>
       <c r="B562" t="s">
-        <v>1418</v>
+        <v>1425</v>
       </c>
       <c r="C562" t="s" s="2">
-        <v>1419</v>
+        <v>1426</v>
       </c>
       <c r="D562">
         <v>1</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" t="s" s="2">
-        <v>1420</v>
+        <v>1427</v>
       </c>
       <c r="B563" t="s">
-        <v>1421</v>
+        <v>1428</v>
       </c>
       <c r="C563" t="s" s="2">
-        <v>1422</v>
+        <v>1429</v>
       </c>
       <c r="D563">
         <v>1</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" t="s" s="2">
-        <v>1423</v>
+        <v>1430</v>
       </c>
       <c r="B564" t="s">
-        <v>1424</v>
+        <v>1431</v>
       </c>
       <c r="C564" t="s" s="2">
-        <v>1425</v>
+        <v>1432</v>
       </c>
       <c r="D564">
         <v>1</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" t="s" s="2">
-        <v>1426</v>
+        <v>1433</v>
       </c>
       <c r="B565" t="s">
-        <v>1427</v>
+        <v>1434</v>
       </c>
       <c r="C565" t="s" s="2">
-        <v>1428</v>
+        <v>1435</v>
       </c>
       <c r="D565">
         <v>1</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" t="s" s="2">
-        <v>1429</v>
+        <v>1436</v>
       </c>
       <c r="B566" t="s">
-        <v>1430</v>
+        <v>1437</v>
       </c>
       <c r="C566" t="s" s="2">
-        <v>1431</v>
+        <v>1438</v>
       </c>
       <c r="D566">
         <v>1</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" t="s" s="2">
-        <v>1432</v>
+        <v>1439</v>
       </c>
       <c r="B567" t="s">
-        <v>1433</v>
+        <v>1440</v>
       </c>
       <c r="C567" t="s" s="2">
-        <v>1434</v>
+        <v>1441</v>
       </c>
       <c r="D567">
         <v>1</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" t="s" s="2">
-        <v>1435</v>
+        <v>1442</v>
       </c>
       <c r="B568" t="s">
-        <v>1436</v>
+        <v>1443</v>
       </c>
       <c r="C568" t="s" s="2">
-        <v>1437</v>
+        <v>1444</v>
       </c>
       <c r="D568">
         <v>1</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" t="s" s="2">
-        <v>1438</v>
+        <v>1445</v>
       </c>
       <c r="B569" t="s">
-        <v>1439</v>
+        <v>1446</v>
       </c>
       <c r="C569" t="s" s="2">
-        <v>1440</v>
+        <v>1447</v>
       </c>
       <c r="D569">
         <v>1</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" t="s" s="2">
-        <v>1441</v>
+        <v>1448</v>
       </c>
       <c r="B570" t="s">
-        <v>1442</v>
+        <v>1449</v>
       </c>
       <c r="C570" t="s" s="2">
-        <v>1443</v>
+        <v>1450</v>
       </c>
       <c r="D570">
         <v>1</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" t="s" s="2">
-        <v>1444</v>
+        <v>1451</v>
       </c>
       <c r="B571" t="s">
-        <v>1445</v>
+        <v>1452</v>
       </c>
       <c r="C571" t="s" s="2">
-        <v>1446</v>
+        <v>1453</v>
       </c>
       <c r="D571">
         <v>1</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" t="s" s="2">
-        <v>1447</v>
+        <v>1454</v>
       </c>
       <c r="B572" t="s">
-        <v>1448</v>
+        <v>1455</v>
       </c>
       <c r="C572" t="s" s="2">
-        <v>1449</v>
+        <v>1456</v>
       </c>
       <c r="D572">
         <v>1</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" t="s" s="2">
-        <v>1450</v>
+        <v>1457</v>
       </c>
       <c r="B573" t="s">
-        <v>1451</v>
+        <v>1458</v>
       </c>
       <c r="C573" t="s" s="2">
-        <v>1452</v>
+        <v>1459</v>
       </c>
       <c r="D573">
         <v>1</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" t="s" s="2">
-        <v>1453</v>
+        <v>1460</v>
       </c>
       <c r="B574" t="s">
-        <v>1454</v>
+        <v>1461</v>
       </c>
       <c r="C574" t="s" s="2">
-        <v>1455</v>
+        <v>1462</v>
       </c>
       <c r="D574">
         <v>1</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" t="s" s="2">
-        <v>1456</v>
+        <v>1463</v>
       </c>
       <c r="B575" t="s">
-        <v>1457</v>
+        <v>1464</v>
       </c>
       <c r="C575" t="s" s="2">
-        <v>1458</v>
+        <v>1465</v>
       </c>
       <c r="D575">
         <v>1</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" t="s" s="2">
-        <v>1459</v>
+        <v>1466</v>
       </c>
       <c r="B576" t="s">
-        <v>1460</v>
+        <v>1467</v>
       </c>
       <c r="C576" t="s" s="2">
-        <v>1461</v>
+        <v>1468</v>
       </c>
       <c r="D576">
         <v>1</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" t="s" s="2">
-        <v>1462</v>
+        <v>1469</v>
       </c>
       <c r="B577" t="s">
-        <v>1463</v>
+        <v>1470</v>
       </c>
       <c r="C577" t="s" s="2">
-        <v>1464</v>
+        <v>1471</v>
       </c>
       <c r="D577">
         <v>1</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" t="s" s="2">
-        <v>1465</v>
+        <v>1472</v>
       </c>
       <c r="B578" t="s">
-        <v>1466</v>
+        <v>1473</v>
       </c>
       <c r="C578" t="s" s="2">
-        <v>1467</v>
+        <v>1474</v>
       </c>
       <c r="D578">
         <v>1</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" t="s" s="2">
-        <v>1468</v>
+        <v>1475</v>
       </c>
       <c r="B579" t="s">
-        <v>1469</v>
+        <v>1476</v>
       </c>
       <c r="C579" t="s" s="2">
-        <v>1470</v>
+        <v>1477</v>
       </c>
       <c r="D579">
         <v>1</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" t="s" s="2">
-        <v>1471</v>
+        <v>1478</v>
       </c>
       <c r="B580" t="s">
-        <v>1472</v>
+        <v>1479</v>
       </c>
       <c r="C580" t="s" s="2">
-        <v>1473</v>
+        <v>1480</v>
       </c>
       <c r="D580">
         <v>1</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" t="s" s="2">
-        <v>1474</v>
+        <v>1481</v>
       </c>
       <c r="B581" t="s">
-        <v>1475</v>
+        <v>1482</v>
       </c>
       <c r="C581" t="s" s="2">
-        <v>1476</v>
+        <v>1483</v>
       </c>
       <c r="D581">
         <v>1</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" t="s" s="2">
-        <v>1477</v>
+        <v>1484</v>
       </c>
       <c r="B582" t="s">
-        <v>1478</v>
+        <v>1485</v>
       </c>
       <c r="C582" t="s" s="2">
-        <v>1479</v>
+        <v>1486</v>
       </c>
       <c r="D582">
         <v>1</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" t="s" s="2">
-        <v>1480</v>
+        <v>1487</v>
       </c>
       <c r="B583" t="s">
-        <v>1481</v>
+        <v>1488</v>
       </c>
       <c r="C583" t="s" s="2">
-        <v>1482</v>
+        <v>1489</v>
       </c>
       <c r="D583">
         <v>1</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" t="s" s="2">
-        <v>1483</v>
+        <v>1490</v>
       </c>
       <c r="B584" t="s">
-        <v>1484</v>
+        <v>1491</v>
       </c>
       <c r="C584" t="s" s="2">
-        <v>1485</v>
+        <v>1492</v>
       </c>
       <c r="D584">
         <v>1</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" t="s" s="2">
-        <v>1486</v>
+        <v>1493</v>
       </c>
       <c r="B585" t="s">
-        <v>1487</v>
+        <v>1494</v>
       </c>
       <c r="C585" t="s" s="2">
-        <v>1488</v>
+        <v>1495</v>
       </c>
       <c r="D585">
         <v>1</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" t="s" s="2">
-        <v>1489</v>
+        <v>1496</v>
       </c>
       <c r="B586" t="s">
-        <v>1490</v>
+        <v>1497</v>
       </c>
       <c r="C586" t="s" s="2">
-        <v>1491</v>
+        <v>1498</v>
       </c>
       <c r="D586">
         <v>1</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" t="s" s="2">
-        <v>1492</v>
+        <v>1499</v>
       </c>
       <c r="B587" t="s">
-        <v>1493</v>
+        <v>1500</v>
       </c>
       <c r="C587" t="s" s="2">
-        <v>1494</v>
+        <v>1501</v>
       </c>
       <c r="D587">
         <v>1</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" t="s" s="2">
-        <v>1495</v>
+        <v>1502</v>
       </c>
       <c r="B588" t="s">
-        <v>1496</v>
+        <v>1503</v>
       </c>
       <c r="C588" t="s" s="2">
-        <v>1497</v>
+        <v>1504</v>
       </c>
       <c r="D588">
         <v>1</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" t="s" s="2">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="B589" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="C589" t="s" s="2">
-        <v>1500</v>
+        <v>1507</v>
       </c>
       <c r="D589">
         <v>1</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" t="s" s="2">
-        <v>1501</v>
+        <v>1505</v>
       </c>
       <c r="B590" t="s">
-        <v>1502</v>
-[...2 lines deleted...]
-        <v>1503</v>
+        <v>1506</v>
+      </c>
+      <c r="C590" s="3">
+        <v>15060914590006</v>
       </c>
       <c r="D590">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" t="s" s="2">
-        <v>1504</v>
+        <v>1508</v>
       </c>
       <c r="B591" t="s">
-        <v>1505</v>
-[...2 lines deleted...]
-        <v>1506</v>
+        <v>1509</v>
+      </c>
+      <c r="C591" s="3">
+        <v>15060914590013</v>
       </c>
       <c r="D591">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" t="s" s="2">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="B592" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="C592" t="s" s="2">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="D592">
         <v>1</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" t="s" s="2">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="B593" t="s">
-        <v>1511</v>
-[...1 lines deleted...]
-      <c r="C593" t="s" s="2">
         <v>1512</v>
       </c>
+      <c r="C593" s="3">
+        <v>15060914590075</v>
+      </c>
       <c r="D593">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" t="s" s="2">
+        <v>1511</v>
+      </c>
+      <c r="B594" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C594" t="s" s="2">
         <v>1513</v>
-      </c>
-[...4 lines deleted...]
-        <v>1515</v>
       </c>
       <c r="D594">
         <v>1</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" t="s" s="2">
-        <v>1516</v>
+        <v>1514</v>
       </c>
       <c r="B595" t="s">
-        <v>1517</v>
-[...2 lines deleted...]
-        <v>1518</v>
+        <v>1515</v>
+      </c>
+      <c r="C595" s="3">
+        <v>15060914590020</v>
       </c>
       <c r="D595">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" t="s" s="2">
-        <v>1519</v>
+        <v>1514</v>
       </c>
       <c r="B596" t="s">
-        <v>1520</v>
+        <v>1515</v>
       </c>
       <c r="C596" t="s" s="2">
-        <v>1521</v>
+        <v>1516</v>
       </c>
       <c r="D596">
         <v>1</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" t="s" s="2">
-        <v>1522</v>
+        <v>1517</v>
       </c>
       <c r="B597" t="s">
-        <v>1523</v>
+        <v>1518</v>
       </c>
       <c r="C597" t="s" s="2">
-        <v>1524</v>
+        <v>1519</v>
       </c>
       <c r="D597">
         <v>1</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" t="s" s="2">
-        <v>1525</v>
+        <v>1517</v>
       </c>
       <c r="B598" t="s">
-        <v>1526</v>
-[...2 lines deleted...]
-        <v>1527</v>
+        <v>1518</v>
+      </c>
+      <c r="C598" s="3">
+        <v>15060914590037</v>
       </c>
       <c r="D598">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" t="s" s="2">
-        <v>1528</v>
+        <v>1520</v>
       </c>
       <c r="B599" t="s">
-        <v>1529</v>
+        <v>1521</v>
       </c>
       <c r="C599" t="s" s="2">
-        <v>1530</v>
+        <v>1522</v>
       </c>
       <c r="D599">
         <v>1</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" t="s" s="2">
-        <v>1531</v>
+        <v>1520</v>
       </c>
       <c r="B600" t="s">
-        <v>1532</v>
-[...2 lines deleted...]
-        <v>1533</v>
+        <v>1521</v>
+      </c>
+      <c r="C600" s="3">
+        <v>15060914590044</v>
       </c>
       <c r="D600">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" t="s" s="2">
-        <v>1534</v>
+        <v>1523</v>
       </c>
       <c r="B601" t="s">
-        <v>1535</v>
+        <v>1524</v>
       </c>
       <c r="C601" t="s" s="2">
-        <v>1536</v>
+        <v>1525</v>
       </c>
       <c r="D601">
         <v>1</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" t="s" s="2">
-        <v>1537</v>
+        <v>1523</v>
       </c>
       <c r="B602" t="s">
-        <v>1538</v>
-[...2 lines deleted...]
-        <v>1539</v>
+        <v>1524</v>
+      </c>
+      <c r="C602" s="3">
+        <v>15060914590051</v>
       </c>
       <c r="D602">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" t="s" s="2">
-        <v>1540</v>
+        <v>1526</v>
       </c>
       <c r="B603" t="s">
-        <v>1541</v>
+        <v>1527</v>
       </c>
       <c r="C603" t="s" s="2">
-        <v>1542</v>
+        <v>1528</v>
       </c>
       <c r="D603">
         <v>1</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" t="s" s="2">
-        <v>1543</v>
+        <v>1526</v>
       </c>
       <c r="B604" t="s">
-        <v>1544</v>
-[...2 lines deleted...]
-        <v>1545</v>
+        <v>1527</v>
+      </c>
+      <c r="C604" s="3">
+        <v>15060914590105</v>
       </c>
       <c r="D604">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" t="s" s="2">
-        <v>1546</v>
+        <v>1529</v>
       </c>
       <c r="B605" t="s">
-        <v>1547</v>
-[...2 lines deleted...]
-        <v>1548</v>
+        <v>1530</v>
+      </c>
+      <c r="C605" s="3">
+        <v>15060914590082</v>
       </c>
       <c r="D605">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" t="s" s="2">
-        <v>1549</v>
+        <v>1529</v>
       </c>
       <c r="B606" t="s">
-        <v>1550</v>
+        <v>1530</v>
       </c>
       <c r="C606" t="s" s="2">
-        <v>1551</v>
+        <v>1531</v>
       </c>
       <c r="D606">
         <v>1</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" t="s" s="2">
-        <v>1549</v>
+        <v>1532</v>
       </c>
       <c r="B607" t="s">
-        <v>1550</v>
-[...2 lines deleted...]
-        <v>15060914590006</v>
+        <v>1533</v>
+      </c>
+      <c r="C607" t="s" s="2">
+        <v>1534</v>
       </c>
       <c r="D607">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" t="s" s="2">
-        <v>1552</v>
+        <v>1532</v>
       </c>
       <c r="B608" t="s">
-        <v>1553</v>
+        <v>1533</v>
       </c>
       <c r="C608" s="3">
-        <v>15060914590013</v>
+        <v>15060914590099</v>
       </c>
       <c r="D608">
         <v>25</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" t="s" s="2">
-        <v>1552</v>
+        <v>1535</v>
       </c>
       <c r="B609" t="s">
-        <v>1553</v>
-[...2 lines deleted...]
-        <v>1554</v>
+        <v>1536</v>
+      </c>
+      <c r="C609" s="3">
+        <v>15060914590068</v>
       </c>
       <c r="D609">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" t="s" s="2">
-        <v>1555</v>
+        <v>1535</v>
       </c>
       <c r="B610" t="s">
-        <v>1556</v>
-[...2 lines deleted...]
-        <v>15060914590075</v>
+        <v>1536</v>
+      </c>
+      <c r="C610" t="s" s="2">
+        <v>1537</v>
       </c>
       <c r="D610">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" t="s" s="2">
-        <v>1555</v>
+        <v>1538</v>
       </c>
       <c r="B611" t="s">
-        <v>1556</v>
+        <v>1539</v>
       </c>
       <c r="C611" t="s" s="2">
-        <v>1557</v>
+        <v>1540</v>
       </c>
       <c r="D611">
         <v>1</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" t="s" s="2">
-        <v>1558</v>
+        <v>1538</v>
       </c>
       <c r="B612" t="s">
-        <v>1559</v>
+        <v>1539</v>
       </c>
       <c r="C612" s="3">
-        <v>15060914590020</v>
+        <v>15060914590112</v>
       </c>
       <c r="D612">
         <v>25</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" t="s" s="2">
-        <v>1558</v>
+        <v>1541</v>
       </c>
       <c r="B613" t="s">
-        <v>1559</v>
+        <v>1542</v>
       </c>
       <c r="C613" t="s" s="2">
-        <v>1560</v>
+        <v>1543</v>
       </c>
       <c r="D613">
         <v>1</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" t="s" s="2">
-        <v>1561</v>
+        <v>1544</v>
       </c>
       <c r="B614" t="s">
-        <v>1562</v>
+        <v>1545</v>
       </c>
       <c r="C614" t="s" s="2">
-        <v>1563</v>
+        <v>1546</v>
       </c>
       <c r="D614">
         <v>1</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" t="s" s="2">
-        <v>1561</v>
+        <v>1547</v>
       </c>
       <c r="B615" t="s">
-        <v>1562</v>
-[...2 lines deleted...]
-        <v>15060914590037</v>
+        <v>1548</v>
+      </c>
+      <c r="C615" t="s" s="2">
+        <v>1549</v>
       </c>
       <c r="D615">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" t="s" s="2">
-        <v>1564</v>
+        <v>1550</v>
       </c>
       <c r="B616" t="s">
-        <v>1565</v>
+        <v>1551</v>
       </c>
       <c r="C616" t="s" s="2">
-        <v>1566</v>
+        <v>1552</v>
       </c>
       <c r="D616">
         <v>1</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" t="s" s="2">
-        <v>1564</v>
+        <v>1553</v>
       </c>
       <c r="B617" t="s">
-        <v>1565</v>
-[...2 lines deleted...]
-        <v>15060914590044</v>
+        <v>1554</v>
+      </c>
+      <c r="C617" t="s" s="2">
+        <v>1555</v>
       </c>
       <c r="D617">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" t="s" s="2">
-        <v>1567</v>
+        <v>1556</v>
       </c>
       <c r="B618" t="s">
-        <v>1568</v>
+        <v>1557</v>
       </c>
       <c r="C618" t="s" s="2">
-        <v>1569</v>
+        <v>1558</v>
       </c>
       <c r="D618">
         <v>1</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" t="s" s="2">
-        <v>1567</v>
+        <v>1559</v>
       </c>
       <c r="B619" t="s">
-        <v>1568</v>
-[...2 lines deleted...]
-        <v>15060914590051</v>
+        <v>1560</v>
+      </c>
+      <c r="C619" t="s" s="2">
+        <v>1561</v>
       </c>
       <c r="D619">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" t="s" s="2">
-        <v>1570</v>
+        <v>1562</v>
       </c>
       <c r="B620" t="s">
-        <v>1571</v>
+        <v>1563</v>
       </c>
       <c r="C620" t="s" s="2">
-        <v>1572</v>
+        <v>1564</v>
       </c>
       <c r="D620">
         <v>1</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" t="s" s="2">
-        <v>1570</v>
+        <v>1565</v>
       </c>
       <c r="B621" t="s">
-        <v>1571</v>
-[...2 lines deleted...]
-        <v>15060914590105</v>
+        <v>1566</v>
+      </c>
+      <c r="C621" t="s" s="2">
+        <v>1567</v>
       </c>
       <c r="D621">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" t="s" s="2">
-        <v>1573</v>
+        <v>1568</v>
       </c>
       <c r="B622" t="s">
-        <v>1574</v>
-[...2 lines deleted...]
-        <v>15060914590082</v>
+        <v>1569</v>
+      </c>
+      <c r="C622" t="s" s="2">
+        <v>1570</v>
       </c>
       <c r="D622">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" t="s" s="2">
+        <v>1571</v>
+      </c>
+      <c r="B623" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C623" t="s" s="2">
         <v>1573</v>
-      </c>
-[...4 lines deleted...]
-        <v>1575</v>
       </c>
       <c r="D623">
         <v>1</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" t="s" s="2">
+        <v>1574</v>
+      </c>
+      <c r="B624" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C624" t="s" s="2">
         <v>1576</v>
       </c>
-      <c r="B624" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D624">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" t="s" s="2">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="B625" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="C625" t="s" s="2">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="D625">
         <v>1</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" t="s" s="2">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="B626" t="s">
-        <v>1580</v>
-[...2 lines deleted...]
-        <v>15060914590068</v>
+        <v>1581</v>
+      </c>
+      <c r="C626" t="s" s="2">
+        <v>1582</v>
       </c>
       <c r="D626">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" t="s" s="2">
-        <v>1579</v>
+        <v>1583</v>
       </c>
       <c r="B627" t="s">
-        <v>1580</v>
+        <v>1584</v>
       </c>
       <c r="C627" t="s" s="2">
-        <v>1581</v>
+        <v>1585</v>
       </c>
       <c r="D627">
         <v>1</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" t="s" s="2">
-        <v>1582</v>
+        <v>1586</v>
       </c>
       <c r="B628" t="s">
-        <v>1583</v>
-[...2 lines deleted...]
-        <v>15060914590112</v>
+        <v>1587</v>
+      </c>
+      <c r="C628" t="s" s="2">
+        <v>1588</v>
       </c>
       <c r="D628">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" t="s" s="2">
-        <v>1582</v>
+        <v>1589</v>
       </c>
       <c r="B629" t="s">
-        <v>1583</v>
+        <v>1590</v>
       </c>
       <c r="C629" t="s" s="2">
-        <v>1584</v>
+        <v>1591</v>
       </c>
       <c r="D629">
         <v>1</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" t="s" s="2">
-        <v>1585</v>
+        <v>1592</v>
       </c>
       <c r="B630" t="s">
-        <v>1586</v>
+        <v>1593</v>
       </c>
       <c r="C630" t="s" s="2">
-        <v>1587</v>
+        <v>1594</v>
       </c>
       <c r="D630">
         <v>1</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" t="s" s="2">
-        <v>1588</v>
+        <v>1595</v>
       </c>
       <c r="B631" t="s">
-        <v>1589</v>
+        <v>1596</v>
       </c>
       <c r="C631" t="s" s="2">
-        <v>1590</v>
+        <v>1597</v>
       </c>
       <c r="D631">
         <v>1</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" t="s" s="2">
-        <v>1591</v>
+        <v>1598</v>
       </c>
       <c r="B632" t="s">
-        <v>1592</v>
+        <v>1599</v>
       </c>
       <c r="C632" t="s" s="2">
-        <v>1593</v>
+        <v>1600</v>
       </c>
       <c r="D632">
         <v>1</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" t="s" s="2">
-        <v>1594</v>
+        <v>1601</v>
       </c>
       <c r="B633" t="s">
-        <v>1595</v>
+        <v>1602</v>
       </c>
       <c r="C633" t="s" s="2">
-        <v>1596</v>
+        <v>1603</v>
       </c>
       <c r="D633">
         <v>1</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" t="s" s="2">
-        <v>1597</v>
+        <v>1604</v>
       </c>
       <c r="B634" t="s">
-        <v>1598</v>
+        <v>1605</v>
       </c>
       <c r="C634" t="s" s="2">
-        <v>1599</v>
+        <v>1606</v>
       </c>
       <c r="D634">
         <v>1</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" t="s" s="2">
-        <v>1600</v>
+        <v>1607</v>
       </c>
       <c r="B635" t="s">
-        <v>1601</v>
+        <v>1608</v>
       </c>
       <c r="C635" t="s" s="2">
-        <v>1602</v>
+        <v>1609</v>
       </c>
       <c r="D635">
         <v>1</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" t="s" s="2">
-        <v>1603</v>
+        <v>1610</v>
       </c>
       <c r="B636" t="s">
-        <v>1604</v>
+        <v>1611</v>
       </c>
       <c r="C636" t="s" s="2">
-        <v>1605</v>
+        <v>1612</v>
       </c>
       <c r="D636">
         <v>1</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" t="s" s="2">
-        <v>1606</v>
+        <v>1613</v>
       </c>
       <c r="B637" t="s">
-        <v>1607</v>
+        <v>1614</v>
       </c>
       <c r="C637" t="s" s="2">
-        <v>1608</v>
+        <v>1615</v>
       </c>
       <c r="D637">
         <v>1</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" t="s" s="2">
-        <v>1609</v>
+        <v>1616</v>
       </c>
       <c r="B638" t="s">
-        <v>1610</v>
+        <v>1617</v>
       </c>
       <c r="C638" t="s" s="2">
-        <v>1611</v>
+        <v>1618</v>
       </c>
       <c r="D638">
         <v>1</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" t="s" s="2">
-        <v>1612</v>
+        <v>1619</v>
       </c>
       <c r="B639" t="s">
-        <v>1613</v>
+        <v>1620</v>
       </c>
       <c r="C639" t="s" s="2">
-        <v>1614</v>
+        <v>1621</v>
       </c>
       <c r="D639">
         <v>1</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" t="s" s="2">
-        <v>1615</v>
+        <v>1622</v>
       </c>
       <c r="B640" t="s">
-        <v>1616</v>
+        <v>1623</v>
       </c>
       <c r="C640" t="s" s="2">
-        <v>1617</v>
+        <v>1624</v>
       </c>
       <c r="D640">
         <v>1</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" t="s" s="2">
-        <v>1618</v>
+        <v>1625</v>
       </c>
       <c r="B641" t="s">
-        <v>1619</v>
+        <v>1626</v>
       </c>
       <c r="C641" t="s" s="2">
-        <v>1620</v>
+        <v>1627</v>
       </c>
       <c r="D641">
         <v>1</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" t="s" s="2">
-        <v>1621</v>
+        <v>1628</v>
       </c>
       <c r="B642" t="s">
-        <v>1622</v>
-[...2 lines deleted...]
-        <v>1623</v>
+        <v>1629</v>
+      </c>
+      <c r="C642" s="3">
+        <v>25060120957980</v>
       </c>
       <c r="D642">
-        <v>1</v>
+        <v>15</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" t="s" s="2">
-        <v>1624</v>
+        <v>1628</v>
       </c>
       <c r="B643" t="s">
-        <v>1625</v>
-[...2 lines deleted...]
-        <v>1626</v>
+        <v>1629</v>
+      </c>
+      <c r="C643" s="3">
+        <v>35060120957987</v>
       </c>
       <c r="D643">
-        <v>1</v>
+        <v>240</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" t="s" s="2">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="B644" t="s">
-        <v>1628</v>
-[...1 lines deleted...]
-      <c r="C644" t="s" s="2">
         <v>1629</v>
+      </c>
+      <c r="C644" s="3">
+        <v>15060120957983</v>
       </c>
       <c r="D644">
         <v>1</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" t="s" s="2">
         <v>1630</v>
       </c>
       <c r="B645" t="s">
         <v>1631</v>
       </c>
       <c r="C645" t="s" s="2">
         <v>1632</v>
       </c>
       <c r="D645">
         <v>1</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" t="s" s="2">
-        <v>1633</v>
+        <v>1630</v>
       </c>
       <c r="B646" t="s">
-        <v>1634</v>
-[...2 lines deleted...]
-        <v>1635</v>
+        <v>1631</v>
+      </c>
+      <c r="C646" s="3">
+        <v>16939029817584</v>
       </c>
       <c r="D646">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" t="s" s="2">
-        <v>1636</v>
+        <v>1630</v>
       </c>
       <c r="B647" t="s">
-        <v>1637</v>
-[...2 lines deleted...]
-        <v>1638</v>
+        <v>1631</v>
+      </c>
+      <c r="C647" s="3">
+        <v>26939029817581</v>
       </c>
       <c r="D647">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" t="s" s="2">
-        <v>1639</v>
+        <v>1633</v>
       </c>
       <c r="B648" t="s">
-        <v>1640</v>
-[...2 lines deleted...]
-        <v>1641</v>
+        <v>1634</v>
+      </c>
+      <c r="C648" s="3">
+        <v>26939029817598</v>
       </c>
       <c r="D648">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" t="s" s="2">
-        <v>1642</v>
+        <v>1633</v>
       </c>
       <c r="B649" t="s">
-        <v>1643</v>
+        <v>1634</v>
       </c>
       <c r="C649" t="s" s="2">
-        <v>1644</v>
+        <v>1635</v>
       </c>
       <c r="D649">
         <v>1</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" t="s" s="2">
-        <v>1645</v>
+        <v>1633</v>
       </c>
       <c r="B650" t="s">
-        <v>1646</v>
-[...2 lines deleted...]
-        <v>1647</v>
+        <v>1634</v>
+      </c>
+      <c r="C650" s="3">
+        <v>16939029817591</v>
       </c>
       <c r="D650">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" t="s" s="2">
-        <v>1648</v>
+        <v>1636</v>
       </c>
       <c r="B651" t="s">
-        <v>1649</v>
+        <v>1637</v>
       </c>
       <c r="C651" t="s" s="2">
-        <v>1650</v>
+        <v>1638</v>
       </c>
       <c r="D651">
         <v>1</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" t="s" s="2">
-        <v>1651</v>
+        <v>1636</v>
       </c>
       <c r="B652" t="s">
-        <v>1652</v>
-[...2 lines deleted...]
-        <v>1653</v>
+        <v>1637</v>
+      </c>
+      <c r="C652" s="3">
+        <v>16939029817607</v>
       </c>
       <c r="D652">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" t="s" s="2">
-        <v>1654</v>
+        <v>1636</v>
       </c>
       <c r="B653" t="s">
-        <v>1655</v>
-[...2 lines deleted...]
-        <v>1656</v>
+        <v>1637</v>
+      </c>
+      <c r="C653" s="3">
+        <v>26939029817604</v>
       </c>
       <c r="D653">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" t="s" s="2">
-        <v>1657</v>
+        <v>1639</v>
       </c>
       <c r="B654" t="s">
-        <v>1658</v>
+        <v>1640</v>
       </c>
       <c r="C654" t="s" s="2">
-        <v>1659</v>
+        <v>1641</v>
       </c>
       <c r="D654">
         <v>1</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" t="s" s="2">
-        <v>1660</v>
+        <v>1639</v>
       </c>
       <c r="B655" t="s">
-        <v>1661</v>
-[...2 lines deleted...]
-        <v>1662</v>
+        <v>1640</v>
+      </c>
+      <c r="C655" s="3">
+        <v>26939029817611</v>
       </c>
       <c r="D655">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" t="s" s="2">
-        <v>1663</v>
+        <v>1639</v>
       </c>
       <c r="B656" t="s">
-        <v>1664</v>
-[...2 lines deleted...]
-        <v>1665</v>
+        <v>1640</v>
+      </c>
+      <c r="C656" s="3">
+        <v>16939029817614</v>
       </c>
       <c r="D656">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" t="s" s="2">
-        <v>1666</v>
+        <v>1642</v>
       </c>
       <c r="B657" t="s">
-        <v>1667</v>
-[...2 lines deleted...]
-        <v>1668</v>
+        <v>1643</v>
+      </c>
+      <c r="C657" s="3">
+        <v>16939029817577</v>
       </c>
       <c r="D657">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" t="s" s="2">
-        <v>1669</v>
+        <v>1642</v>
       </c>
       <c r="B658" t="s">
-        <v>1670</v>
-[...2 lines deleted...]
-        <v>1671</v>
+        <v>1643</v>
+      </c>
+      <c r="C658" s="3">
+        <v>26939029817574</v>
       </c>
       <c r="D658">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" t="s" s="2">
-        <v>1672</v>
+        <v>1642</v>
       </c>
       <c r="B659" t="s">
-        <v>1673</v>
+        <v>1643</v>
       </c>
       <c r="C659" t="s" s="2">
-        <v>1674</v>
+        <v>1644</v>
       </c>
       <c r="D659">
         <v>1</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" t="s" s="2">
-        <v>1675</v>
+        <v>1645</v>
       </c>
       <c r="B660" t="s">
-        <v>1676</v>
-[...2 lines deleted...]
-        <v>15060120957983</v>
+        <v>1646</v>
+      </c>
+      <c r="C660" t="s" s="2">
+        <v>1647</v>
       </c>
       <c r="D660">
         <v>1</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" t="s" s="2">
-        <v>1675</v>
+        <v>1645</v>
       </c>
       <c r="B661" t="s">
-        <v>1676</v>
+        <v>1646</v>
       </c>
       <c r="C661" s="3">
-        <v>25060120957980</v>
+        <v>26939029817628</v>
       </c>
       <c r="D661">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" t="s" s="2">
-        <v>1675</v>
+        <v>1645</v>
       </c>
       <c r="B662" t="s">
-        <v>1676</v>
+        <v>1646</v>
       </c>
       <c r="C662" s="3">
-        <v>35060120957987</v>
+        <v>16939029817621</v>
       </c>
       <c r="D662">
-        <v>240</v>
+        <v>25</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" t="s" s="2">
-        <v>1677</v>
+        <v>1648</v>
       </c>
       <c r="B663" t="s">
-        <v>1678</v>
+        <v>1649</v>
       </c>
       <c r="C663" t="s" s="2">
-        <v>1679</v>
+        <v>1650</v>
       </c>
       <c r="D663">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" t="s" s="2">
-        <v>1677</v>
+        <v>1648</v>
       </c>
       <c r="B664" t="s">
-        <v>1678</v>
+        <v>1649</v>
       </c>
       <c r="C664" t="s" s="2">
-        <v>1680</v>
+        <v>1651</v>
       </c>
       <c r="D664">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" t="s" s="2">
-        <v>1681</v>
+        <v>1648</v>
       </c>
       <c r="B665" t="s">
-        <v>1682</v>
-[...2 lines deleted...]
-        <v>26939029817581</v>
+        <v>1649</v>
+      </c>
+      <c r="C665" t="s" s="2">
+        <v>1652</v>
       </c>
       <c r="D665">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" t="s" s="2">
-        <v>1681</v>
+        <v>1653</v>
       </c>
       <c r="B666" t="s">
-        <v>1682</v>
+        <v>1654</v>
       </c>
       <c r="C666" t="s" s="2">
-        <v>1683</v>
+        <v>1655</v>
       </c>
       <c r="D666">
         <v>1</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" t="s" s="2">
-        <v>1681</v>
+        <v>1656</v>
       </c>
       <c r="B667" t="s">
-        <v>1682</v>
-[...2 lines deleted...]
-        <v>16939029817584</v>
+        <v>1657</v>
+      </c>
+      <c r="C667" t="s" s="2">
+        <v>1658</v>
       </c>
       <c r="D667">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" t="s" s="2">
-        <v>1684</v>
+        <v>1659</v>
       </c>
       <c r="B668" t="s">
-        <v>1685</v>
-[...2 lines deleted...]
-        <v>26939029817598</v>
+        <v>1660</v>
+      </c>
+      <c r="C668" t="s" s="2">
+        <v>1661</v>
       </c>
       <c r="D668">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" t="s" s="2">
-        <v>1684</v>
+        <v>1662</v>
       </c>
       <c r="B669" t="s">
-        <v>1685</v>
-[...2 lines deleted...]
-        <v>1686</v>
+        <v>1663</v>
+      </c>
+      <c r="C669" s="3">
+        <v>30845854061255</v>
       </c>
       <c r="D669">
         <v>1</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" t="s" s="2">
-        <v>1684</v>
+        <v>1664</v>
       </c>
       <c r="B670" t="s">
-        <v>1685</v>
-[...2 lines deleted...]
-        <v>16939029817591</v>
+        <v>1665</v>
+      </c>
+      <c r="C670" t="s" s="2">
+        <v>1666</v>
       </c>
       <c r="D670">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" t="s" s="2">
-        <v>1687</v>
+        <v>1664</v>
       </c>
       <c r="B671" t="s">
-        <v>1688</v>
+        <v>1665</v>
       </c>
       <c r="C671" t="s" s="2">
-        <v>1689</v>
+        <v>1667</v>
       </c>
       <c r="D671">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" t="s" s="2">
-        <v>1687</v>
+        <v>1668</v>
       </c>
       <c r="B672" t="s">
-        <v>1688</v>
-[...2 lines deleted...]
-        <v>16939029817607</v>
+        <v>1669</v>
+      </c>
+      <c r="C672" t="s" s="2">
+        <v>1670</v>
       </c>
       <c r="D672">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" t="s" s="2">
-        <v>1687</v>
+        <v>1668</v>
       </c>
       <c r="B673" t="s">
-        <v>1688</v>
-[...2 lines deleted...]
-        <v>26939029817604</v>
+        <v>1669</v>
+      </c>
+      <c r="C673" t="s" s="2">
+        <v>1671</v>
       </c>
       <c r="D673">
-        <v>20</v>
+        <v>55</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" t="s" s="2">
-        <v>1690</v>
+        <v>1672</v>
       </c>
       <c r="B674" t="s">
-        <v>1691</v>
+        <v>1673</v>
       </c>
       <c r="C674" t="s" s="2">
-        <v>1692</v>
+        <v>1674</v>
       </c>
       <c r="D674">
         <v>1</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" t="s" s="2">
-        <v>1690</v>
+        <v>1672</v>
       </c>
       <c r="B675" t="s">
-        <v>1691</v>
-[...2 lines deleted...]
-        <v>26939029817611</v>
+        <v>1673</v>
+      </c>
+      <c r="C675" t="s" s="2">
+        <v>1675</v>
       </c>
       <c r="D675">
         <v>20</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" t="s" s="2">
-        <v>1690</v>
+        <v>1676</v>
       </c>
       <c r="B676" t="s">
-        <v>1691</v>
-[...2 lines deleted...]
-        <v>16939029817614</v>
+        <v>1677</v>
+      </c>
+      <c r="C676" t="s" s="2">
+        <v>1678</v>
       </c>
       <c r="D676">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" t="s" s="2">
-        <v>1693</v>
+        <v>1676</v>
       </c>
       <c r="B677" t="s">
-        <v>1694</v>
-[...2 lines deleted...]
-        <v>16939029817577</v>
+        <v>1677</v>
+      </c>
+      <c r="C677" t="s" s="2">
+        <v>1679</v>
       </c>
       <c r="D677">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" t="s" s="2">
-        <v>1693</v>
+        <v>1680</v>
       </c>
       <c r="B678" t="s">
-        <v>1694</v>
-[...2 lines deleted...]
-        <v>26939029817574</v>
+        <v>1681</v>
+      </c>
+      <c r="C678" t="s" s="2">
+        <v>1682</v>
       </c>
       <c r="D678">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" t="s" s="2">
-        <v>1693</v>
+        <v>1683</v>
       </c>
       <c r="B679" t="s">
-        <v>1694</v>
+        <v>1684</v>
       </c>
       <c r="C679" t="s" s="2">
-        <v>1695</v>
+        <v>1685</v>
       </c>
       <c r="D679">
         <v>1</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" t="s" s="2">
-        <v>1696</v>
+        <v>1686</v>
       </c>
       <c r="B680" t="s">
-        <v>1697</v>
-[...2 lines deleted...]
-        <v>1698</v>
+        <v>1687</v>
+      </c>
+      <c r="C680" s="3">
+        <v>20845854061616</v>
       </c>
       <c r="D680">
         <v>1</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" t="s" s="2">
-        <v>1696</v>
+        <v>1686</v>
       </c>
       <c r="B681" t="s">
-        <v>1697</v>
+        <v>1687</v>
       </c>
       <c r="C681" s="3">
-        <v>26939029817628</v>
+        <v>30845854061613</v>
       </c>
       <c r="D681">
-        <v>200</v>
+        <v>6</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" t="s" s="2">
-        <v>1696</v>
+        <v>1688</v>
       </c>
       <c r="B682" t="s">
-        <v>1697</v>
-[...2 lines deleted...]
-        <v>16939029817621</v>
+        <v>1689</v>
+      </c>
+      <c r="C682" t="s" s="2">
+        <v>1690</v>
       </c>
       <c r="D682">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" t="s" s="2">
-        <v>1699</v>
+        <v>1688</v>
       </c>
       <c r="B683" t="s">
-        <v>1700</v>
+        <v>1689</v>
       </c>
       <c r="C683" t="s" s="2">
-        <v>1701</v>
+        <v>1691</v>
       </c>
       <c r="D683">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" t="s" s="2">
-        <v>1699</v>
+        <v>1692</v>
       </c>
       <c r="B684" t="s">
-        <v>1700</v>
+        <v>1693</v>
       </c>
       <c r="C684" t="s" s="2">
-        <v>1702</v>
+        <v>1694</v>
       </c>
       <c r="D684">
-        <v>40</v>
+        <v>1</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" t="s" s="2">
-        <v>1699</v>
+        <v>1692</v>
       </c>
       <c r="B685" t="s">
-        <v>1700</v>
+        <v>1693</v>
       </c>
       <c r="C685" t="s" s="2">
-        <v>1703</v>
+        <v>1695</v>
       </c>
       <c r="D685">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" t="s" s="2">
-        <v>1704</v>
+        <v>1696</v>
       </c>
       <c r="B686" t="s">
-        <v>1705</v>
+        <v>1697</v>
       </c>
       <c r="C686" t="s" s="2">
-        <v>1706</v>
+        <v>1698</v>
       </c>
       <c r="D686">
         <v>1</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" t="s" s="2">
-        <v>1707</v>
+        <v>1699</v>
       </c>
       <c r="B687" t="s">
-        <v>1708</v>
+        <v>1700</v>
       </c>
       <c r="C687" t="s" s="2">
-        <v>1709</v>
+        <v>1701</v>
       </c>
       <c r="D687">
         <v>1</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" t="s" s="2">
-        <v>1710</v>
+        <v>1702</v>
       </c>
       <c r="B688" t="s">
-        <v>1711</v>
+        <v>1703</v>
       </c>
       <c r="C688" t="s" s="2">
-        <v>1712</v>
+        <v>1704</v>
       </c>
       <c r="D688">
         <v>1</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" t="s" s="2">
-        <v>1713</v>
+        <v>1702</v>
       </c>
       <c r="B689" t="s">
-        <v>1714</v>
+        <v>1703</v>
       </c>
       <c r="C689" t="s" s="2">
-        <v>1715</v>
+        <v>1705</v>
       </c>
       <c r="D689">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" t="s" s="2">
-        <v>1716</v>
+        <v>1702</v>
       </c>
       <c r="B690" t="s">
-        <v>1717</v>
-[...2 lines deleted...]
-        <v>30845854061255</v>
+        <v>1703</v>
+      </c>
+      <c r="C690" t="s" s="2">
+        <v>1706</v>
       </c>
       <c r="D690">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" t="s" s="2">
-        <v>1718</v>
+        <v>1707</v>
       </c>
       <c r="B691" t="s">
-        <v>1719</v>
+        <v>1708</v>
       </c>
       <c r="C691" t="s" s="2">
-        <v>1720</v>
+        <v>1709</v>
       </c>
       <c r="D691">
         <v>1</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" t="s" s="2">
-        <v>1718</v>
+        <v>1707</v>
       </c>
       <c r="B692" t="s">
-        <v>1719</v>
+        <v>1708</v>
       </c>
       <c r="C692" t="s" s="2">
-        <v>1721</v>
+        <v>1710</v>
       </c>
       <c r="D692">
         <v>10</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" t="s" s="2">
-        <v>1722</v>
+        <v>1707</v>
       </c>
       <c r="B693" t="s">
-        <v>1723</v>
+        <v>1708</v>
       </c>
       <c r="C693" t="s" s="2">
-        <v>1724</v>
+        <v>1711</v>
       </c>
       <c r="D693">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" t="s" s="2">
-        <v>1722</v>
+        <v>1712</v>
       </c>
       <c r="B694" t="s">
-        <v>1723</v>
+        <v>1713</v>
       </c>
       <c r="C694" t="s" s="2">
-        <v>1725</v>
+        <v>1714</v>
       </c>
       <c r="D694">
-        <v>55</v>
+        <v>1</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" t="s" s="2">
-        <v>1726</v>
+        <v>1715</v>
       </c>
       <c r="B695" t="s">
-        <v>1727</v>
+        <v>1716</v>
       </c>
       <c r="C695" t="s" s="2">
-        <v>1728</v>
+        <v>1717</v>
       </c>
       <c r="D695">
         <v>1</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" t="s" s="2">
-        <v>1726</v>
+        <v>1718</v>
       </c>
       <c r="B696" t="s">
-        <v>1727</v>
+        <v>1719</v>
       </c>
       <c r="C696" t="s" s="2">
-        <v>1729</v>
+        <v>1720</v>
       </c>
       <c r="D696">
-        <v>20</v>
+        <v>7</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" t="s" s="2">
-        <v>1730</v>
+        <v>1718</v>
       </c>
       <c r="B697" t="s">
-        <v>1731</v>
+        <v>1719</v>
       </c>
       <c r="C697" t="s" s="2">
-        <v>1732</v>
+        <v>1721</v>
       </c>
       <c r="D697">
-        <v>1</v>
+        <v>35</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" t="s" s="2">
-        <v>1730</v>
+        <v>1718</v>
       </c>
       <c r="B698" t="s">
-        <v>1731</v>
+        <v>1719</v>
       </c>
       <c r="C698" t="s" s="2">
-        <v>1733</v>
+        <v>1722</v>
       </c>
       <c r="D698">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" t="s" s="2">
-        <v>1734</v>
+        <v>1723</v>
       </c>
       <c r="B699" t="s">
-        <v>1735</v>
+        <v>1724</v>
       </c>
       <c r="C699" t="s" s="2">
-        <v>1736</v>
+        <v>1725</v>
       </c>
       <c r="D699">
-        <v>1</v>
+        <v>35</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" t="s" s="2">
-        <v>1737</v>
+        <v>1723</v>
       </c>
       <c r="B700" t="s">
-        <v>1738</v>
+        <v>1724</v>
       </c>
       <c r="C700" t="s" s="2">
-        <v>1739</v>
+        <v>1726</v>
       </c>
       <c r="D700">
-        <v>1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" t="s" s="2">
-        <v>1740</v>
+        <v>1723</v>
       </c>
       <c r="B701" t="s">
-        <v>1741</v>
-[...2 lines deleted...]
-        <v>20845854061616</v>
+        <v>1724</v>
+      </c>
+      <c r="C701" t="s" s="2">
+        <v>1727</v>
       </c>
       <c r="D701">
         <v>1</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" t="s" s="2">
-        <v>1740</v>
+        <v>1728</v>
       </c>
       <c r="B702" t="s">
-        <v>1741</v>
-[...2 lines deleted...]
-        <v>30845854061613</v>
+        <v>1724</v>
+      </c>
+      <c r="C702" t="s" s="2">
+        <v>1729</v>
       </c>
       <c r="D702">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" t="s" s="2">
-        <v>1742</v>
+        <v>1728</v>
       </c>
       <c r="B703" t="s">
-        <v>1743</v>
+        <v>1724</v>
       </c>
       <c r="C703" t="s" s="2">
-        <v>1744</v>
+        <v>1730</v>
       </c>
       <c r="D703">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" t="s" s="2">
-        <v>1742</v>
+        <v>1728</v>
       </c>
       <c r="B704" t="s">
-        <v>1743</v>
+        <v>1724</v>
       </c>
       <c r="C704" t="s" s="2">
-        <v>1745</v>
+        <v>1731</v>
       </c>
       <c r="D704">
-        <v>1</v>
+        <v>35</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" t="s" s="2">
-        <v>1746</v>
+        <v>1732</v>
       </c>
       <c r="B705" t="s">
-        <v>1747</v>
+        <v>1733</v>
       </c>
       <c r="C705" t="s" s="2">
-        <v>1748</v>
+        <v>1734</v>
       </c>
       <c r="D705">
         <v>1</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" t="s" s="2">
-        <v>1746</v>
+        <v>1735</v>
       </c>
       <c r="B706" t="s">
-        <v>1747</v>
+        <v>1724</v>
       </c>
       <c r="C706" t="s" s="2">
-        <v>1749</v>
+        <v>1736</v>
       </c>
       <c r="D706">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" t="s" s="2">
-        <v>1750</v>
+        <v>1735</v>
       </c>
       <c r="B707" t="s">
-        <v>1751</v>
+        <v>1724</v>
       </c>
       <c r="C707" t="s" s="2">
-        <v>1752</v>
+        <v>1737</v>
       </c>
       <c r="D707">
-        <v>1</v>
+        <v>35</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" t="s" s="2">
-        <v>1753</v>
+        <v>1735</v>
       </c>
       <c r="B708" t="s">
-        <v>1754</v>
+        <v>1724</v>
       </c>
       <c r="C708" t="s" s="2">
-        <v>1755</v>
+        <v>1738</v>
       </c>
       <c r="D708">
-        <v>1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" t="s" s="2">
-        <v>1756</v>
+        <v>1739</v>
       </c>
       <c r="B709" t="s">
-        <v>1757</v>
+        <v>1724</v>
       </c>
       <c r="C709" t="s" s="2">
-        <v>1758</v>
+        <v>1740</v>
       </c>
       <c r="D709">
         <v>1</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" t="s" s="2">
-        <v>1756</v>
+        <v>1739</v>
       </c>
       <c r="B710" t="s">
-        <v>1757</v>
+        <v>1724</v>
       </c>
       <c r="C710" t="s" s="2">
-        <v>1759</v>
+        <v>1741</v>
       </c>
       <c r="D710">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" t="s" s="2">
-        <v>1756</v>
+        <v>1739</v>
       </c>
       <c r="B711" t="s">
-        <v>1757</v>
+        <v>1724</v>
       </c>
       <c r="C711" t="s" s="2">
-        <v>1760</v>
+        <v>1742</v>
       </c>
       <c r="D711">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" t="s" s="2">
-        <v>1761</v>
+        <v>1743</v>
       </c>
       <c r="B712" t="s">
-        <v>1762</v>
+        <v>1744</v>
       </c>
       <c r="C712" t="s" s="2">
-        <v>1763</v>
+        <v>1745</v>
       </c>
       <c r="D712">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" t="s" s="2">
-        <v>1761</v>
+        <v>1743</v>
       </c>
       <c r="B713" t="s">
-        <v>1762</v>
+        <v>1744</v>
       </c>
       <c r="C713" t="s" s="2">
-        <v>1764</v>
+        <v>1746</v>
       </c>
       <c r="D713">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" t="s" s="2">
-        <v>1761</v>
+        <v>1743</v>
       </c>
       <c r="B714" t="s">
-        <v>1762</v>
+        <v>1744</v>
       </c>
       <c r="C714" t="s" s="2">
-        <v>1765</v>
+        <v>1747</v>
       </c>
       <c r="D714">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" t="s" s="2">
-        <v>1766</v>
+        <v>1748</v>
       </c>
       <c r="B715" t="s">
-        <v>1767</v>
+        <v>1724</v>
       </c>
       <c r="C715" t="s" s="2">
-        <v>1768</v>
+        <v>1749</v>
       </c>
       <c r="D715">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" t="s" s="2">
-        <v>1769</v>
+        <v>1748</v>
       </c>
       <c r="B716" t="s">
-        <v>1770</v>
+        <v>1724</v>
       </c>
       <c r="C716" t="s" s="2">
-        <v>1771</v>
+        <v>1750</v>
       </c>
       <c r="D716">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" t="s" s="2">
-        <v>1772</v>
+        <v>1748</v>
       </c>
       <c r="B717" t="s">
-        <v>1773</v>
+        <v>1724</v>
       </c>
       <c r="C717" t="s" s="2">
-        <v>1774</v>
+        <v>1751</v>
       </c>
       <c r="D717">
-        <v>7</v>
+        <v>1</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" t="s" s="2">
-        <v>1772</v>
+        <v>1752</v>
       </c>
       <c r="B718" t="s">
-        <v>1773</v>
+        <v>1724</v>
       </c>
       <c r="C718" t="s" s="2">
-        <v>1775</v>
+        <v>1753</v>
       </c>
       <c r="D718">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" t="s" s="2">
-        <v>1772</v>
+        <v>1752</v>
       </c>
       <c r="B719" t="s">
-        <v>1773</v>
+        <v>1724</v>
       </c>
       <c r="C719" t="s" s="2">
-        <v>1776</v>
+        <v>1754</v>
       </c>
       <c r="D719">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" t="s" s="2">
-        <v>1777</v>
+        <v>1752</v>
       </c>
       <c r="B720" t="s">
-        <v>1778</v>
+        <v>1724</v>
       </c>
       <c r="C720" t="s" s="2">
-        <v>1779</v>
+        <v>1755</v>
       </c>
       <c r="D720">
-        <v>35</v>
+        <v>1</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" t="s" s="2">
-        <v>1777</v>
+        <v>1756</v>
       </c>
       <c r="B721" t="s">
-        <v>1778</v>
+        <v>1757</v>
       </c>
       <c r="C721" t="s" s="2">
-        <v>1780</v>
+        <v>1758</v>
       </c>
       <c r="D721">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" t="s" s="2">
-        <v>1777</v>
+        <v>1756</v>
       </c>
       <c r="B722" t="s">
-        <v>1778</v>
+        <v>1757</v>
       </c>
       <c r="C722" t="s" s="2">
-        <v>1781</v>
+        <v>1759</v>
       </c>
       <c r="D722">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" t="s" s="2">
-        <v>1782</v>
+        <v>1756</v>
       </c>
       <c r="B723" t="s">
-        <v>1778</v>
+        <v>1757</v>
       </c>
       <c r="C723" t="s" s="2">
-        <v>1783</v>
+        <v>1760</v>
       </c>
       <c r="D723">
         <v>1</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" t="s" s="2">
-        <v>1782</v>
+        <v>1761</v>
       </c>
       <c r="B724" t="s">
-        <v>1778</v>
+        <v>1757</v>
       </c>
       <c r="C724" t="s" s="2">
-        <v>1784</v>
+        <v>1762</v>
       </c>
       <c r="D724">
-        <v>7</v>
+        <v>1</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" t="s" s="2">
-        <v>1782</v>
+        <v>1761</v>
       </c>
       <c r="B725" t="s">
-        <v>1778</v>
+        <v>1757</v>
       </c>
       <c r="C725" t="s" s="2">
-        <v>1785</v>
+        <v>1763</v>
       </c>
       <c r="D725">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" t="s" s="2">
-        <v>1786</v>
+        <v>1761</v>
       </c>
       <c r="B726" t="s">
-        <v>1787</v>
+        <v>1757</v>
       </c>
       <c r="C726" t="s" s="2">
-        <v>1788</v>
+        <v>1764</v>
       </c>
       <c r="D726">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" t="s" s="2">
-        <v>1789</v>
+        <v>1765</v>
       </c>
       <c r="B727" t="s">
-        <v>1778</v>
+        <v>1757</v>
       </c>
       <c r="C727" t="s" s="2">
-        <v>1790</v>
+        <v>1766</v>
       </c>
       <c r="D727">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" t="s" s="2">
-        <v>1789</v>
+        <v>1765</v>
       </c>
       <c r="B728" t="s">
-        <v>1778</v>
+        <v>1757</v>
       </c>
       <c r="C728" t="s" s="2">
-        <v>1791</v>
+        <v>1767</v>
       </c>
       <c r="D728">
-        <v>35</v>
+        <v>1</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" t="s" s="2">
-        <v>1789</v>
+        <v>1765</v>
       </c>
       <c r="B729" t="s">
-        <v>1778</v>
+        <v>1757</v>
       </c>
       <c r="C729" t="s" s="2">
-        <v>1792</v>
+        <v>1768</v>
       </c>
       <c r="D729">
-        <v>7</v>
+        <v>50</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" t="s" s="2">
-        <v>1793</v>
+        <v>1769</v>
       </c>
       <c r="B730" t="s">
-        <v>1778</v>
+        <v>1757</v>
       </c>
       <c r="C730" t="s" s="2">
-        <v>1794</v>
+        <v>1770</v>
       </c>
       <c r="D730">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" t="s" s="2">
-        <v>1793</v>
+        <v>1769</v>
       </c>
       <c r="B731" t="s">
-        <v>1778</v>
+        <v>1757</v>
       </c>
       <c r="C731" t="s" s="2">
-        <v>1795</v>
+        <v>1771</v>
       </c>
       <c r="D731">
-        <v>35</v>
+        <v>1</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" t="s" s="2">
-        <v>1793</v>
+        <v>1769</v>
       </c>
       <c r="B732" t="s">
-        <v>1778</v>
+        <v>1757</v>
       </c>
       <c r="C732" t="s" s="2">
-        <v>1796</v>
+        <v>1772</v>
       </c>
       <c r="D732">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" t="s" s="2">
-        <v>1797</v>
+        <v>1773</v>
       </c>
       <c r="B733" t="s">
-        <v>1798</v>
+        <v>1757</v>
       </c>
       <c r="C733" t="s" s="2">
-        <v>1799</v>
+        <v>1774</v>
       </c>
       <c r="D733">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" t="s" s="2">
-        <v>1797</v>
+        <v>1773</v>
       </c>
       <c r="B734" t="s">
-        <v>1798</v>
+        <v>1757</v>
       </c>
       <c r="C734" t="s" s="2">
-        <v>1800</v>
+        <v>1775</v>
       </c>
       <c r="D734">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" t="s" s="2">
-        <v>1797</v>
+        <v>1773</v>
       </c>
       <c r="B735" t="s">
-        <v>1798</v>
+        <v>1757</v>
       </c>
       <c r="C735" t="s" s="2">
-        <v>1801</v>
+        <v>1776</v>
       </c>
       <c r="D735">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" t="s" s="2">
-        <v>1802</v>
+        <v>1777</v>
       </c>
       <c r="B736" t="s">
+        <v>1757</v>
+      </c>
+      <c r="C736" t="s" s="2">
         <v>1778</v>
       </c>
-      <c r="C736" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D736">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" t="s" s="2">
-        <v>1802</v>
+        <v>1777</v>
       </c>
       <c r="B737" t="s">
-        <v>1778</v>
+        <v>1757</v>
       </c>
       <c r="C737" t="s" s="2">
-        <v>1804</v>
+        <v>1779</v>
       </c>
       <c r="D737">
         <v>10</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" t="s" s="2">
-        <v>1802</v>
+        <v>1777</v>
       </c>
       <c r="B738" t="s">
-        <v>1778</v>
+        <v>1757</v>
       </c>
       <c r="C738" t="s" s="2">
-        <v>1805</v>
+        <v>1780</v>
       </c>
       <c r="D738">
         <v>1</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" t="s" s="2">
-        <v>1806</v>
+        <v>1781</v>
       </c>
       <c r="B739" t="s">
-        <v>1778</v>
+        <v>1724</v>
       </c>
       <c r="C739" t="s" s="2">
-        <v>1807</v>
+        <v>1782</v>
       </c>
       <c r="D739">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" t="s" s="2">
-        <v>1806</v>
+        <v>1781</v>
       </c>
       <c r="B740" t="s">
-        <v>1778</v>
+        <v>1724</v>
       </c>
       <c r="C740" t="s" s="2">
-        <v>1808</v>
+        <v>1783</v>
       </c>
       <c r="D740">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" t="s" s="2">
-        <v>1806</v>
+        <v>1781</v>
       </c>
       <c r="B741" t="s">
-        <v>1778</v>
+        <v>1724</v>
       </c>
       <c r="C741" t="s" s="2">
-        <v>1809</v>
+        <v>1784</v>
       </c>
       <c r="D741">
         <v>1</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" t="s" s="2">
-        <v>1810</v>
+        <v>1785</v>
       </c>
       <c r="B742" t="s">
-        <v>1811</v>
+        <v>1757</v>
       </c>
       <c r="C742" t="s" s="2">
-        <v>1812</v>
+        <v>1786</v>
       </c>
       <c r="D742">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" t="s" s="2">
-        <v>1810</v>
+        <v>1785</v>
       </c>
       <c r="B743" t="s">
-        <v>1811</v>
+        <v>1757</v>
       </c>
       <c r="C743" t="s" s="2">
-        <v>1813</v>
+        <v>1787</v>
       </c>
       <c r="D743">
         <v>50</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" t="s" s="2">
-        <v>1810</v>
+        <v>1785</v>
       </c>
       <c r="B744" t="s">
-        <v>1811</v>
+        <v>1757</v>
       </c>
       <c r="C744" t="s" s="2">
-        <v>1814</v>
+        <v>1788</v>
       </c>
       <c r="D744">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" t="s" s="2">
-        <v>1815</v>
+        <v>1789</v>
       </c>
       <c r="B745" t="s">
-        <v>1811</v>
+        <v>1757</v>
       </c>
       <c r="C745" t="s" s="2">
-        <v>1816</v>
+        <v>1790</v>
       </c>
       <c r="D745">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" t="s" s="2">
-        <v>1815</v>
+        <v>1789</v>
       </c>
       <c r="B746" t="s">
-        <v>1811</v>
+        <v>1757</v>
       </c>
       <c r="C746" t="s" s="2">
-        <v>1817</v>
+        <v>1791</v>
       </c>
       <c r="D746">
         <v>50</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" t="s" s="2">
-        <v>1815</v>
+        <v>1789</v>
       </c>
       <c r="B747" t="s">
-        <v>1811</v>
+        <v>1757</v>
       </c>
       <c r="C747" t="s" s="2">
-        <v>1818</v>
+        <v>1792</v>
       </c>
       <c r="D747">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" t="s" s="2">
-        <v>1819</v>
+        <v>1793</v>
       </c>
       <c r="B748" t="s">
-        <v>1811</v>
+        <v>1757</v>
       </c>
       <c r="C748" t="s" s="2">
-        <v>1820</v>
+        <v>1794</v>
       </c>
       <c r="D748">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" t="s" s="2">
-        <v>1819</v>
+        <v>1793</v>
       </c>
       <c r="B749" t="s">
-        <v>1811</v>
+        <v>1757</v>
       </c>
       <c r="C749" t="s" s="2">
-        <v>1821</v>
+        <v>1795</v>
       </c>
       <c r="D749">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" t="s" s="2">
-        <v>1819</v>
+        <v>1793</v>
       </c>
       <c r="B750" t="s">
-        <v>1811</v>
+        <v>1757</v>
       </c>
       <c r="C750" t="s" s="2">
-        <v>1822</v>
+        <v>1796</v>
       </c>
       <c r="D750">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" t="s" s="2">
-        <v>1823</v>
+        <v>1797</v>
       </c>
       <c r="B751" t="s">
-        <v>1811</v>
+        <v>1798</v>
       </c>
       <c r="C751" t="s" s="2">
-        <v>1824</v>
+        <v>1799</v>
       </c>
       <c r="D751">
         <v>50</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" t="s" s="2">
-        <v>1823</v>
+        <v>1797</v>
       </c>
       <c r="B752" t="s">
-        <v>1811</v>
+        <v>1798</v>
       </c>
       <c r="C752" t="s" s="2">
-        <v>1825</v>
+        <v>1800</v>
       </c>
       <c r="D752">
         <v>1</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" t="s" s="2">
-        <v>1823</v>
+        <v>1797</v>
       </c>
       <c r="B753" t="s">
-        <v>1811</v>
+        <v>1798</v>
       </c>
       <c r="C753" t="s" s="2">
-        <v>1826</v>
+        <v>1801</v>
       </c>
       <c r="D753">
         <v>10</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" t="s" s="2">
-        <v>1827</v>
+        <v>1802</v>
       </c>
       <c r="B754" t="s">
-        <v>1811</v>
+        <v>1803</v>
       </c>
       <c r="C754" t="s" s="2">
-        <v>1828</v>
+        <v>1804</v>
       </c>
       <c r="D754">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" t="s" s="2">
-        <v>1827</v>
+        <v>1802</v>
       </c>
       <c r="B755" t="s">
-        <v>1811</v>
+        <v>1803</v>
       </c>
       <c r="C755" t="s" s="2">
-        <v>1829</v>
+        <v>1805</v>
       </c>
       <c r="D755">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" t="s" s="2">
-        <v>1827</v>
+        <v>1802</v>
       </c>
       <c r="B756" t="s">
-        <v>1811</v>
+        <v>1803</v>
       </c>
       <c r="C756" t="s" s="2">
-        <v>1830</v>
+        <v>1806</v>
       </c>
       <c r="D756">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" t="s" s="2">
-        <v>1831</v>
+        <v>1807</v>
       </c>
       <c r="B757" t="s">
-        <v>1811</v>
+        <v>1803</v>
       </c>
       <c r="C757" t="s" s="2">
-        <v>1832</v>
+        <v>1808</v>
       </c>
       <c r="D757">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" t="s" s="2">
-        <v>1831</v>
+        <v>1807</v>
       </c>
       <c r="B758" t="s">
-        <v>1811</v>
+        <v>1803</v>
       </c>
       <c r="C758" t="s" s="2">
-        <v>1833</v>
+        <v>1809</v>
       </c>
       <c r="D758">
         <v>50</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" t="s" s="2">
-        <v>1831</v>
+        <v>1807</v>
       </c>
       <c r="B759" t="s">
-        <v>1811</v>
+        <v>1803</v>
       </c>
       <c r="C759" t="s" s="2">
-        <v>1834</v>
+        <v>1810</v>
       </c>
       <c r="D759">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" t="s" s="2">
-        <v>1835</v>
+        <v>1811</v>
       </c>
       <c r="B760" t="s">
-        <v>1778</v>
+        <v>1803</v>
       </c>
       <c r="C760" t="s" s="2">
-        <v>1836</v>
+        <v>1812</v>
       </c>
       <c r="D760">
         <v>10</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" t="s" s="2">
-        <v>1835</v>
+        <v>1811</v>
       </c>
       <c r="B761" t="s">
-        <v>1778</v>
+        <v>1803</v>
       </c>
       <c r="C761" t="s" s="2">
-        <v>1837</v>
+        <v>1813</v>
       </c>
       <c r="D761">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" t="s" s="2">
-        <v>1835</v>
+        <v>1811</v>
       </c>
       <c r="B762" t="s">
-        <v>1778</v>
+        <v>1803</v>
       </c>
       <c r="C762" t="s" s="2">
-        <v>1838</v>
+        <v>1814</v>
       </c>
       <c r="D762">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" t="s" s="2">
-        <v>1839</v>
+        <v>1815</v>
       </c>
       <c r="B763" t="s">
-        <v>1811</v>
+        <v>1803</v>
       </c>
       <c r="C763" t="s" s="2">
-        <v>1840</v>
+        <v>1816</v>
       </c>
       <c r="D763">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" t="s" s="2">
-        <v>1839</v>
+        <v>1815</v>
       </c>
       <c r="B764" t="s">
-        <v>1811</v>
+        <v>1803</v>
       </c>
       <c r="C764" t="s" s="2">
-        <v>1841</v>
+        <v>1817</v>
       </c>
       <c r="D764">
         <v>50</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" t="s" s="2">
-        <v>1839</v>
+        <v>1815</v>
       </c>
       <c r="B765" t="s">
-        <v>1811</v>
+        <v>1803</v>
       </c>
       <c r="C765" t="s" s="2">
-        <v>1842</v>
+        <v>1818</v>
       </c>
       <c r="D765">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" t="s" s="2">
-        <v>1843</v>
+        <v>1819</v>
       </c>
       <c r="B766" t="s">
-        <v>1811</v>
+        <v>1803</v>
       </c>
       <c r="C766" t="s" s="2">
-        <v>1844</v>
+        <v>1820</v>
       </c>
       <c r="D766">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" t="s" s="2">
-        <v>1843</v>
+        <v>1819</v>
       </c>
       <c r="B767" t="s">
-        <v>1811</v>
+        <v>1803</v>
       </c>
       <c r="C767" t="s" s="2">
-        <v>1845</v>
+        <v>1821</v>
       </c>
       <c r="D767">
         <v>10</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" t="s" s="2">
-        <v>1843</v>
+        <v>1819</v>
       </c>
       <c r="B768" t="s">
-        <v>1811</v>
+        <v>1803</v>
       </c>
       <c r="C768" t="s" s="2">
-        <v>1846</v>
+        <v>1822</v>
       </c>
       <c r="D768">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" t="s" s="2">
-        <v>1847</v>
+        <v>1823</v>
       </c>
       <c r="B769" t="s">
-        <v>1811</v>
+        <v>1803</v>
       </c>
       <c r="C769" t="s" s="2">
-        <v>1848</v>
+        <v>1824</v>
       </c>
       <c r="D769">
         <v>50</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" t="s" s="2">
-        <v>1847</v>
+        <v>1823</v>
       </c>
       <c r="B770" t="s">
-        <v>1811</v>
+        <v>1803</v>
       </c>
       <c r="C770" t="s" s="2">
-        <v>1849</v>
+        <v>1825</v>
       </c>
       <c r="D770">
         <v>1</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" t="s" s="2">
-        <v>1847</v>
+        <v>1823</v>
       </c>
       <c r="B771" t="s">
-        <v>1811</v>
+        <v>1803</v>
       </c>
       <c r="C771" t="s" s="2">
-        <v>1850</v>
+        <v>1826</v>
       </c>
       <c r="D771">
         <v>10</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" t="s" s="2">
-        <v>1851</v>
+        <v>1827</v>
       </c>
       <c r="B772" t="s">
-        <v>1852</v>
+        <v>1828</v>
       </c>
       <c r="C772" t="s" s="2">
-        <v>1853</v>
+        <v>1829</v>
       </c>
       <c r="D772">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" t="s" s="2">
-        <v>1851</v>
+        <v>1827</v>
       </c>
       <c r="B773" t="s">
-        <v>1852</v>
+        <v>1828</v>
       </c>
       <c r="C773" t="s" s="2">
-        <v>1854</v>
+        <v>1830</v>
       </c>
       <c r="D773">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" t="s" s="2">
-        <v>1851</v>
+        <v>1827</v>
       </c>
       <c r="B774" t="s">
-        <v>1852</v>
+        <v>1828</v>
       </c>
       <c r="C774" t="s" s="2">
-        <v>1855</v>
+        <v>1831</v>
       </c>
       <c r="D774">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" t="s" s="2">
-        <v>1856</v>
+        <v>1832</v>
       </c>
       <c r="B775" t="s">
-        <v>1857</v>
+        <v>1833</v>
       </c>
       <c r="C775" t="s" s="2">
-        <v>1858</v>
+        <v>1834</v>
       </c>
       <c r="D775">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" t="s" s="2">
-        <v>1856</v>
+        <v>1832</v>
       </c>
       <c r="B776" t="s">
-        <v>1857</v>
+        <v>1833</v>
       </c>
       <c r="C776" t="s" s="2">
-        <v>1859</v>
+        <v>1835</v>
       </c>
       <c r="D776">
         <v>10</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" t="s" s="2">
-        <v>1856</v>
+        <v>1832</v>
       </c>
       <c r="B777" t="s">
-        <v>1857</v>
+        <v>1833</v>
       </c>
       <c r="C777" t="s" s="2">
-        <v>1860</v>
+        <v>1836</v>
       </c>
       <c r="D777">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" t="s" s="2">
-        <v>1861</v>
+        <v>1837</v>
       </c>
       <c r="B778" t="s">
-        <v>1857</v>
+        <v>1838</v>
       </c>
       <c r="C778" t="s" s="2">
-        <v>1862</v>
+        <v>1839</v>
       </c>
       <c r="D778">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" t="s" s="2">
-        <v>1861</v>
+        <v>1837</v>
       </c>
       <c r="B779" t="s">
-        <v>1857</v>
+        <v>1838</v>
       </c>
       <c r="C779" t="s" s="2">
-        <v>1863</v>
+        <v>1840</v>
       </c>
       <c r="D779">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" t="s" s="2">
-        <v>1861</v>
+        <v>1837</v>
       </c>
       <c r="B780" t="s">
-        <v>1857</v>
+        <v>1838</v>
       </c>
       <c r="C780" t="s" s="2">
-        <v>1864</v>
+        <v>1841</v>
       </c>
       <c r="D780">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" t="s" s="2">
-        <v>1865</v>
+        <v>1842</v>
       </c>
       <c r="B781" t="s">
-        <v>1857</v>
+        <v>1724</v>
       </c>
       <c r="C781" t="s" s="2">
-        <v>1866</v>
+        <v>1843</v>
       </c>
       <c r="D781">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" t="s" s="2">
-        <v>1865</v>
+        <v>1842</v>
       </c>
       <c r="B782" t="s">
-        <v>1857</v>
+        <v>1724</v>
       </c>
       <c r="C782" t="s" s="2">
-        <v>1867</v>
+        <v>1844</v>
       </c>
       <c r="D782">
         <v>1</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" t="s" s="2">
-        <v>1865</v>
+        <v>1842</v>
       </c>
       <c r="B783" t="s">
-        <v>1857</v>
+        <v>1724</v>
       </c>
       <c r="C783" t="s" s="2">
-        <v>1868</v>
+        <v>1845</v>
       </c>
       <c r="D783">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" t="s" s="2">
-        <v>1869</v>
+        <v>1846</v>
       </c>
       <c r="B784" t="s">
-        <v>1857</v>
+        <v>1847</v>
       </c>
       <c r="C784" t="s" s="2">
-        <v>1870</v>
+        <v>1848</v>
       </c>
       <c r="D784">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" t="s" s="2">
-        <v>1869</v>
+        <v>1846</v>
       </c>
       <c r="B785" t="s">
-        <v>1857</v>
+        <v>1847</v>
       </c>
       <c r="C785" t="s" s="2">
-        <v>1871</v>
+        <v>1849</v>
       </c>
       <c r="D785">
-        <v>1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" t="s" s="2">
-        <v>1869</v>
+        <v>1846</v>
       </c>
       <c r="B786" t="s">
-        <v>1857</v>
+        <v>1847</v>
       </c>
       <c r="C786" t="s" s="2">
-        <v>1872</v>
+        <v>1850</v>
       </c>
       <c r="D786">
         <v>10</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" t="s" s="2">
-        <v>1873</v>
+        <v>1846</v>
       </c>
       <c r="B787" t="s">
-        <v>1857</v>
+        <v>1847</v>
       </c>
       <c r="C787" t="s" s="2">
-        <v>1874</v>
+        <v>1851</v>
       </c>
       <c r="D787">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" t="s" s="2">
-        <v>1873</v>
+        <v>1846</v>
       </c>
       <c r="B788" t="s">
-        <v>1857</v>
+        <v>1847</v>
       </c>
       <c r="C788" t="s" s="2">
-        <v>1875</v>
+        <v>1852</v>
       </c>
       <c r="D788">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" t="s" s="2">
-        <v>1873</v>
+        <v>1853</v>
       </c>
       <c r="B789" t="s">
-        <v>1857</v>
+        <v>1854</v>
       </c>
       <c r="C789" t="s" s="2">
-        <v>1876</v>
+        <v>1855</v>
       </c>
       <c r="D789">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" t="s" s="2">
-        <v>1877</v>
+        <v>1853</v>
       </c>
       <c r="B790" t="s">
-        <v>1857</v>
+        <v>1854</v>
       </c>
       <c r="C790" t="s" s="2">
-        <v>1878</v>
+        <v>1856</v>
       </c>
       <c r="D790">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" t="s" s="2">
-        <v>1877</v>
+        <v>1853</v>
       </c>
       <c r="B791" t="s">
+        <v>1854</v>
+      </c>
+      <c r="C791" t="s" s="2">
         <v>1857</v>
-      </c>
-[...1 lines deleted...]
-        <v>1879</v>
       </c>
       <c r="D791">
         <v>1</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" t="s" s="2">
-        <v>1877</v>
+        <v>1853</v>
       </c>
       <c r="B792" t="s">
-        <v>1857</v>
+        <v>1854</v>
       </c>
       <c r="C792" t="s" s="2">
-        <v>1880</v>
+        <v>1858</v>
       </c>
       <c r="D792">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" t="s" s="2">
-        <v>1881</v>
+        <v>1853</v>
       </c>
       <c r="B793" t="s">
-        <v>1882</v>
+        <v>1854</v>
       </c>
       <c r="C793" t="s" s="2">
-        <v>1883</v>
+        <v>1859</v>
       </c>
       <c r="D793">
         <v>30</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" t="s" s="2">
-        <v>1881</v>
+        <v>1860</v>
       </c>
       <c r="B794" t="s">
-        <v>1882</v>
+        <v>1861</v>
       </c>
       <c r="C794" t="s" s="2">
-        <v>1884</v>
+        <v>1862</v>
       </c>
       <c r="D794">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" t="s" s="2">
-        <v>1881</v>
+        <v>1860</v>
       </c>
       <c r="B795" t="s">
-        <v>1882</v>
+        <v>1861</v>
       </c>
       <c r="C795" t="s" s="2">
-        <v>1885</v>
+        <v>1863</v>
       </c>
       <c r="D795">
-        <v>1</v>
+        <v>35</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" t="s" s="2">
-        <v>1886</v>
+        <v>1860</v>
       </c>
       <c r="B796" t="s">
-        <v>1887</v>
+        <v>1861</v>
       </c>
       <c r="C796" t="s" s="2">
-        <v>1888</v>
+        <v>1864</v>
       </c>
       <c r="D796">
-        <v>1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" t="s" s="2">
-        <v>1886</v>
+        <v>1865</v>
       </c>
       <c r="B797" t="s">
-        <v>1887</v>
+        <v>1866</v>
       </c>
       <c r="C797" t="s" s="2">
-        <v>1889</v>
+        <v>1867</v>
       </c>
       <c r="D797">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" t="s" s="2">
-        <v>1886</v>
+        <v>1865</v>
       </c>
       <c r="B798" t="s">
-        <v>1887</v>
+        <v>1866</v>
       </c>
       <c r="C798" t="s" s="2">
-        <v>1890</v>
+        <v>1868</v>
       </c>
       <c r="D798">
-        <v>30</v>
+        <v>7</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" t="s" s="2">
-        <v>1891</v>
+        <v>1865</v>
       </c>
       <c r="B799" t="s">
-        <v>1892</v>
+        <v>1866</v>
       </c>
       <c r="C799" t="s" s="2">
-        <v>1893</v>
+        <v>1869</v>
       </c>
       <c r="D799">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" t="s" s="2">
-        <v>1891</v>
+        <v>1865</v>
       </c>
       <c r="B800" t="s">
-        <v>1892</v>
+        <v>1866</v>
       </c>
       <c r="C800" t="s" s="2">
-        <v>1894</v>
+        <v>1870</v>
       </c>
       <c r="D800">
         <v>1</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" t="s" s="2">
-        <v>1891</v>
+        <v>1865</v>
       </c>
       <c r="B801" t="s">
-        <v>1892</v>
+        <v>1866</v>
       </c>
       <c r="C801" t="s" s="2">
-        <v>1895</v>
+        <v>1871</v>
       </c>
       <c r="D801">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" t="s" s="2">
-        <v>1896</v>
+        <v>1872</v>
       </c>
       <c r="B802" t="s">
-        <v>1778</v>
+        <v>1873</v>
       </c>
       <c r="C802" t="s" s="2">
-        <v>1897</v>
+        <v>1874</v>
       </c>
       <c r="D802">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" t="s" s="2">
-        <v>1896</v>
+        <v>1872</v>
       </c>
       <c r="B803" t="s">
-        <v>1778</v>
+        <v>1873</v>
       </c>
       <c r="C803" t="s" s="2">
-        <v>1898</v>
+        <v>1875</v>
       </c>
       <c r="D803">
-        <v>1</v>
+        <v>35</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" t="s" s="2">
-        <v>1896</v>
+        <v>1872</v>
       </c>
       <c r="B804" t="s">
-        <v>1778</v>
+        <v>1873</v>
       </c>
       <c r="C804" t="s" s="2">
-        <v>1899</v>
+        <v>1876</v>
       </c>
       <c r="D804">
         <v>30</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" t="s" s="2">
-        <v>1900</v>
+        <v>1872</v>
       </c>
       <c r="B805" t="s">
-        <v>1901</v>
+        <v>1873</v>
       </c>
       <c r="C805" t="s" s="2">
-        <v>1902</v>
+        <v>1877</v>
       </c>
       <c r="D805">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" t="s" s="2">
-        <v>1900</v>
+        <v>1872</v>
       </c>
       <c r="B806" t="s">
-        <v>1901</v>
+        <v>1873</v>
       </c>
       <c r="C806" t="s" s="2">
-        <v>1903</v>
+        <v>1878</v>
       </c>
       <c r="D806">
-        <v>7</v>
+        <v>1</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" t="s" s="2">
-        <v>1900</v>
+        <v>1879</v>
       </c>
       <c r="B807" t="s">
-        <v>1901</v>
+        <v>1880</v>
       </c>
       <c r="C807" t="s" s="2">
-        <v>1904</v>
+        <v>1881</v>
       </c>
       <c r="D807">
         <v>10</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" t="s" s="2">
-        <v>1900</v>
+        <v>1879</v>
       </c>
       <c r="B808" t="s">
-        <v>1901</v>
+        <v>1880</v>
       </c>
       <c r="C808" t="s" s="2">
-        <v>1905</v>
+        <v>1882</v>
       </c>
       <c r="D808">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" t="s" s="2">
-        <v>1900</v>
+        <v>1879</v>
       </c>
       <c r="B809" t="s">
-        <v>1901</v>
+        <v>1880</v>
       </c>
       <c r="C809" t="s" s="2">
-        <v>1906</v>
+        <v>1883</v>
       </c>
       <c r="D809">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" t="s" s="2">
-        <v>1907</v>
+        <v>1884</v>
       </c>
       <c r="B810" t="s">
-        <v>1908</v>
+        <v>1885</v>
       </c>
       <c r="C810" t="s" s="2">
-        <v>1909</v>
+        <v>1886</v>
       </c>
       <c r="D810">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" t="s" s="2">
-        <v>1907</v>
+        <v>1884</v>
       </c>
       <c r="B811" t="s">
-        <v>1908</v>
+        <v>1885</v>
       </c>
       <c r="C811" t="s" s="2">
-        <v>1910</v>
+        <v>1887</v>
       </c>
       <c r="D811">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" t="s" s="2">
-        <v>1907</v>
+        <v>1884</v>
       </c>
       <c r="B812" t="s">
-        <v>1908</v>
+        <v>1885</v>
       </c>
       <c r="C812" t="s" s="2">
-        <v>1911</v>
+        <v>1888</v>
       </c>
       <c r="D812">
-        <v>35</v>
+        <v>7</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" t="s" s="2">
-        <v>1907</v>
+        <v>1884</v>
       </c>
       <c r="B813" t="s">
-        <v>1908</v>
+        <v>1885</v>
       </c>
       <c r="C813" t="s" s="2">
-        <v>1912</v>
+        <v>1889</v>
       </c>
       <c r="D813">
-        <v>7</v>
+        <v>35</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" t="s" s="2">
-        <v>1907</v>
+        <v>1884</v>
       </c>
       <c r="B814" t="s">
-        <v>1908</v>
+        <v>1885</v>
       </c>
       <c r="C814" t="s" s="2">
-        <v>1913</v>
+        <v>1890</v>
       </c>
       <c r="D814">
         <v>30</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" t="s" s="2">
-        <v>1914</v>
+        <v>1891</v>
       </c>
       <c r="B815" t="s">
-        <v>1915</v>
+        <v>1892</v>
       </c>
       <c r="C815" t="s" s="2">
-        <v>1916</v>
+        <v>1893</v>
       </c>
       <c r="D815">
         <v>1</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" t="s" s="2">
-        <v>1914</v>
+        <v>1891</v>
       </c>
       <c r="B816" t="s">
-        <v>1915</v>
+        <v>1892</v>
       </c>
       <c r="C816" t="s" s="2">
-        <v>1917</v>
+        <v>1894</v>
       </c>
       <c r="D816">
-        <v>35</v>
+        <v>10</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" t="s" s="2">
-        <v>1914</v>
+        <v>1891</v>
       </c>
       <c r="B817" t="s">
-        <v>1915</v>
+        <v>1892</v>
       </c>
       <c r="C817" t="s" s="2">
-        <v>1918</v>
+        <v>1895</v>
       </c>
       <c r="D817">
-        <v>7</v>
+        <v>50</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" t="s" s="2">
-        <v>1919</v>
+        <v>1896</v>
       </c>
       <c r="B818" t="s">
-        <v>1920</v>
+        <v>1897</v>
       </c>
       <c r="C818" t="s" s="2">
-        <v>1921</v>
+        <v>1898</v>
       </c>
       <c r="D818">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" t="s" s="2">
-        <v>1919</v>
+        <v>1896</v>
       </c>
       <c r="B819" t="s">
-        <v>1920</v>
+        <v>1897</v>
       </c>
       <c r="C819" t="s" s="2">
-        <v>1922</v>
+        <v>1899</v>
       </c>
       <c r="D819">
-        <v>7</v>
+        <v>1</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" t="s" s="2">
-        <v>1919</v>
+        <v>1896</v>
       </c>
       <c r="B820" t="s">
-        <v>1920</v>
+        <v>1897</v>
       </c>
       <c r="C820" t="s" s="2">
-        <v>1923</v>
+        <v>1900</v>
       </c>
       <c r="D820">
-        <v>35</v>
+        <v>10</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" t="s" s="2">
-        <v>1919</v>
+        <v>1901</v>
       </c>
       <c r="B821" t="s">
-        <v>1920</v>
+        <v>1902</v>
       </c>
       <c r="C821" t="s" s="2">
-        <v>1924</v>
+        <v>1903</v>
       </c>
       <c r="D821">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" t="s" s="2">
-        <v>1919</v>
+        <v>1901</v>
       </c>
       <c r="B822" t="s">
-        <v>1920</v>
+        <v>1902</v>
       </c>
       <c r="C822" t="s" s="2">
-        <v>1925</v>
+        <v>1904</v>
       </c>
       <c r="D822">
         <v>10</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" t="s" s="2">
-        <v>1926</v>
+        <v>1901</v>
       </c>
       <c r="B823" t="s">
-        <v>1927</v>
+        <v>1902</v>
       </c>
       <c r="C823" t="s" s="2">
-        <v>1928</v>
+        <v>1905</v>
       </c>
       <c r="D823">
-        <v>7</v>
+        <v>1</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" t="s" s="2">
-        <v>1926</v>
+        <v>1906</v>
       </c>
       <c r="B824" t="s">
-        <v>1927</v>
+        <v>1907</v>
       </c>
       <c r="C824" t="s" s="2">
-        <v>1929</v>
+        <v>1908</v>
       </c>
       <c r="D824">
-        <v>35</v>
+        <v>10</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" t="s" s="2">
-        <v>1926</v>
+        <v>1906</v>
       </c>
       <c r="B825" t="s">
-        <v>1927</v>
+        <v>1907</v>
       </c>
       <c r="C825" t="s" s="2">
-        <v>1930</v>
+        <v>1909</v>
       </c>
       <c r="D825">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" t="s" s="2">
-        <v>1926</v>
+        <v>1906</v>
       </c>
       <c r="B826" t="s">
-        <v>1927</v>
+        <v>1907</v>
       </c>
       <c r="C826" t="s" s="2">
-        <v>1931</v>
+        <v>1910</v>
       </c>
       <c r="D826">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" t="s" s="2">
-        <v>1926</v>
+        <v>1911</v>
       </c>
       <c r="B827" t="s">
-        <v>1927</v>
+        <v>1912</v>
       </c>
       <c r="C827" t="s" s="2">
-        <v>1932</v>
+        <v>1913</v>
       </c>
       <c r="D827">
         <v>1</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" t="s" s="2">
-        <v>1933</v>
+        <v>1911</v>
       </c>
       <c r="B828" t="s">
-        <v>1934</v>
+        <v>1912</v>
       </c>
       <c r="C828" t="s" s="2">
-        <v>1935</v>
+        <v>1914</v>
       </c>
       <c r="D828">
         <v>10</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" t="s" s="2">
-        <v>1933</v>
+        <v>1911</v>
       </c>
       <c r="B829" t="s">
-        <v>1934</v>
+        <v>1912</v>
       </c>
       <c r="C829" t="s" s="2">
-        <v>1936</v>
+        <v>1915</v>
       </c>
       <c r="D829">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" t="s" s="2">
-        <v>1933</v>
+        <v>1916</v>
       </c>
       <c r="B830" t="s">
-        <v>1934</v>
+        <v>1917</v>
       </c>
       <c r="C830" t="s" s="2">
-        <v>1937</v>
+        <v>1918</v>
       </c>
       <c r="D830">
         <v>1</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" t="s" s="2">
-        <v>1938</v>
+        <v>1916</v>
       </c>
       <c r="B831" t="s">
-        <v>1939</v>
+        <v>1917</v>
       </c>
       <c r="C831" t="s" s="2">
-        <v>1940</v>
+        <v>1919</v>
       </c>
       <c r="D831">
         <v>10</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" t="s" s="2">
-        <v>1938</v>
+        <v>1916</v>
       </c>
       <c r="B832" t="s">
-        <v>1939</v>
+        <v>1917</v>
       </c>
       <c r="C832" t="s" s="2">
-        <v>1941</v>
+        <v>1920</v>
       </c>
       <c r="D832">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" t="s" s="2">
-        <v>1938</v>
+        <v>1921</v>
       </c>
       <c r="B833" t="s">
-        <v>1939</v>
+        <v>1922</v>
       </c>
       <c r="C833" t="s" s="2">
-        <v>1942</v>
+        <v>1923</v>
       </c>
       <c r="D833">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" t="s" s="2">
-        <v>1938</v>
+        <v>1921</v>
       </c>
       <c r="B834" t="s">
-        <v>1939</v>
+        <v>1922</v>
       </c>
       <c r="C834" t="s" s="2">
-        <v>1943</v>
+        <v>1924</v>
       </c>
       <c r="D834">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" t="s" s="2">
-        <v>1938</v>
+        <v>1921</v>
       </c>
       <c r="B835" t="s">
-        <v>1939</v>
+        <v>1922</v>
       </c>
       <c r="C835" t="s" s="2">
-        <v>1944</v>
+        <v>1925</v>
       </c>
       <c r="D835">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" t="s" s="2">
-        <v>1945</v>
+        <v>1926</v>
       </c>
       <c r="B836" t="s">
-        <v>1946</v>
+        <v>1927</v>
       </c>
       <c r="C836" t="s" s="2">
-        <v>1947</v>
+        <v>1928</v>
       </c>
       <c r="D836">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" t="s" s="2">
-        <v>1945</v>
+        <v>1926</v>
       </c>
       <c r="B837" t="s">
-        <v>1946</v>
+        <v>1927</v>
       </c>
       <c r="C837" t="s" s="2">
-        <v>1948</v>
+        <v>1929</v>
       </c>
       <c r="D837">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" t="s" s="2">
-        <v>1945</v>
+        <v>1926</v>
       </c>
       <c r="B838" t="s">
-        <v>1946</v>
+        <v>1927</v>
       </c>
       <c r="C838" t="s" s="2">
-        <v>1949</v>
+        <v>1930</v>
       </c>
       <c r="D838">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" t="s" s="2">
-        <v>1950</v>
+        <v>1931</v>
       </c>
       <c r="B839" t="s">
-        <v>1951</v>
+        <v>1932</v>
       </c>
       <c r="C839" t="s" s="2">
-        <v>1952</v>
+        <v>1933</v>
       </c>
       <c r="D839">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" t="s" s="2">
-        <v>1950</v>
+        <v>1931</v>
       </c>
       <c r="B840" t="s">
-        <v>1951</v>
+        <v>1932</v>
       </c>
       <c r="C840" t="s" s="2">
-        <v>1953</v>
+        <v>1934</v>
       </c>
       <c r="D840">
         <v>1</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" t="s" s="2">
-        <v>1950</v>
+        <v>1931</v>
       </c>
       <c r="B841" t="s">
-        <v>1951</v>
+        <v>1932</v>
       </c>
       <c r="C841" t="s" s="2">
-        <v>1954</v>
+        <v>1935</v>
       </c>
       <c r="D841">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" t="s" s="2">
-        <v>1955</v>
+        <v>1936</v>
       </c>
       <c r="B842" t="s">
-        <v>1956</v>
+        <v>1937</v>
       </c>
       <c r="C842" t="s" s="2">
-        <v>1957</v>
+        <v>1938</v>
       </c>
       <c r="D842">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" t="s" s="2">
-        <v>1955</v>
+        <v>1936</v>
       </c>
       <c r="B843" t="s">
-        <v>1956</v>
+        <v>1937</v>
       </c>
       <c r="C843" t="s" s="2">
-        <v>1958</v>
+        <v>1939</v>
       </c>
       <c r="D843">
         <v>10</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" t="s" s="2">
-        <v>1955</v>
+        <v>1936</v>
       </c>
       <c r="B844" t="s">
-        <v>1956</v>
+        <v>1937</v>
       </c>
       <c r="C844" t="s" s="2">
-        <v>1959</v>
+        <v>1940</v>
       </c>
       <c r="D844">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" t="s" s="2">
-        <v>1960</v>
+        <v>1941</v>
       </c>
       <c r="B845" t="s">
-        <v>1961</v>
+        <v>1942</v>
       </c>
       <c r="C845" t="s" s="2">
-        <v>1962</v>
+        <v>1943</v>
       </c>
       <c r="D845">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" t="s" s="2">
-        <v>1960</v>
+        <v>1941</v>
       </c>
       <c r="B846" t="s">
-        <v>1961</v>
+        <v>1942</v>
       </c>
       <c r="C846" t="s" s="2">
-        <v>1963</v>
+        <v>1944</v>
       </c>
       <c r="D846">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" t="s" s="2">
-        <v>1960</v>
+        <v>1941</v>
       </c>
       <c r="B847" t="s">
-        <v>1961</v>
+        <v>1942</v>
       </c>
       <c r="C847" t="s" s="2">
-        <v>1964</v>
+        <v>1945</v>
       </c>
       <c r="D847">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" t="s" s="2">
-        <v>1965</v>
+        <v>1946</v>
       </c>
       <c r="B848" t="s">
-        <v>1966</v>
+        <v>1947</v>
       </c>
       <c r="C848" t="s" s="2">
-        <v>1967</v>
+        <v>1948</v>
       </c>
       <c r="D848">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" t="s" s="2">
-        <v>1965</v>
+        <v>1946</v>
       </c>
       <c r="B849" t="s">
-        <v>1966</v>
+        <v>1947</v>
       </c>
       <c r="C849" t="s" s="2">
-        <v>1968</v>
+        <v>1949</v>
       </c>
       <c r="D849">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" t="s" s="2">
-        <v>1965</v>
+        <v>1946</v>
       </c>
       <c r="B850" t="s">
-        <v>1966</v>
+        <v>1947</v>
       </c>
       <c r="C850" t="s" s="2">
-        <v>1969</v>
+        <v>1950</v>
       </c>
       <c r="D850">
         <v>50</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" t="s" s="2">
-        <v>1970</v>
+        <v>1951</v>
       </c>
       <c r="B851" t="s">
-        <v>1971</v>
+        <v>1952</v>
       </c>
       <c r="C851" t="s" s="2">
-        <v>1972</v>
+        <v>1953</v>
       </c>
       <c r="D851">
         <v>10</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" t="s" s="2">
-        <v>1970</v>
+        <v>1951</v>
       </c>
       <c r="B852" t="s">
-        <v>1971</v>
+        <v>1952</v>
       </c>
       <c r="C852" t="s" s="2">
-        <v>1973</v>
+        <v>1954</v>
       </c>
       <c r="D852">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" t="s" s="2">
-        <v>1970</v>
+        <v>1951</v>
       </c>
       <c r="B853" t="s">
-        <v>1971</v>
+        <v>1952</v>
       </c>
       <c r="C853" t="s" s="2">
-        <v>1974</v>
+        <v>1955</v>
       </c>
       <c r="D853">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" t="s" s="2">
-        <v>1975</v>
+        <v>1956</v>
       </c>
       <c r="B854" t="s">
-        <v>1976</v>
+        <v>1957</v>
       </c>
       <c r="C854" t="s" s="2">
-        <v>1977</v>
+        <v>1958</v>
       </c>
       <c r="D854">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" t="s" s="2">
-        <v>1975</v>
+        <v>1956</v>
       </c>
       <c r="B855" t="s">
-        <v>1976</v>
+        <v>1957</v>
       </c>
       <c r="C855" t="s" s="2">
-        <v>1978</v>
+        <v>1959</v>
       </c>
       <c r="D855">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" t="s" s="2">
-        <v>1975</v>
+        <v>1960</v>
       </c>
       <c r="B856" t="s">
-        <v>1976</v>
+        <v>1961</v>
       </c>
       <c r="C856" t="s" s="2">
-        <v>1979</v>
+        <v>1962</v>
       </c>
       <c r="D856">
         <v>1</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" t="s" s="2">
-        <v>1980</v>
+        <v>1963</v>
       </c>
       <c r="B857" t="s">
-        <v>1981</v>
+        <v>1964</v>
       </c>
       <c r="C857" t="s" s="2">
-        <v>1982</v>
+        <v>1965</v>
       </c>
       <c r="D857">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" t="s" s="2">
-        <v>1980</v>
+        <v>1966</v>
       </c>
       <c r="B858" t="s">
-        <v>1981</v>
+        <v>1967</v>
       </c>
       <c r="C858" t="s" s="2">
-        <v>1983</v>
+        <v>1968</v>
       </c>
       <c r="D858">
-        <v>1</v>
+        <v>90</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" t="s" s="2">
-        <v>1980</v>
+        <v>1966</v>
       </c>
       <c r="B859" t="s">
-        <v>1981</v>
+        <v>1967</v>
       </c>
       <c r="C859" t="s" s="2">
-        <v>1984</v>
+        <v>1969</v>
       </c>
       <c r="D859">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" t="s" s="2">
-        <v>1985</v>
+        <v>1966</v>
       </c>
       <c r="B860" t="s">
-        <v>1986</v>
+        <v>1967</v>
       </c>
       <c r="C860" t="s" s="2">
-        <v>1987</v>
+        <v>1970</v>
       </c>
       <c r="D860">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" t="s" s="2">
-        <v>1985</v>
+        <v>1971</v>
       </c>
       <c r="B861" t="s">
-        <v>1986</v>
+        <v>1972</v>
       </c>
       <c r="C861" t="s" s="2">
-        <v>1988</v>
+        <v>1973</v>
       </c>
       <c r="D861">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" t="s" s="2">
-        <v>1985</v>
+        <v>1971</v>
       </c>
       <c r="B862" t="s">
-        <v>1986</v>
+        <v>1972</v>
       </c>
       <c r="C862" t="s" s="2">
-        <v>1989</v>
+        <v>1974</v>
       </c>
       <c r="D862">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" t="s" s="2">
-        <v>1990</v>
+        <v>1971</v>
       </c>
       <c r="B863" t="s">
-        <v>1991</v>
+        <v>1972</v>
       </c>
       <c r="C863" t="s" s="2">
-        <v>1992</v>
+        <v>1975</v>
       </c>
       <c r="D863">
         <v>30</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" t="s" s="2">
-        <v>1990</v>
+        <v>1976</v>
       </c>
       <c r="B864" t="s">
-        <v>1991</v>
+        <v>1977</v>
       </c>
       <c r="C864" t="s" s="2">
-        <v>1993</v>
+        <v>1978</v>
       </c>
       <c r="D864">
         <v>1</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" t="s" s="2">
-        <v>1990</v>
+        <v>1976</v>
       </c>
       <c r="B865" t="s">
-        <v>1991</v>
+        <v>1977</v>
       </c>
       <c r="C865" t="s" s="2">
-        <v>1994</v>
+        <v>1979</v>
       </c>
       <c r="D865">
         <v>10</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" t="s" s="2">
-        <v>1995</v>
+        <v>1980</v>
       </c>
       <c r="B866" t="s">
-        <v>1996</v>
+        <v>1981</v>
       </c>
       <c r="C866" t="s" s="2">
-        <v>1997</v>
+        <v>1982</v>
       </c>
       <c r="D866">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" t="s" s="2">
-        <v>1995</v>
+        <v>1980</v>
       </c>
       <c r="B867" t="s">
-        <v>1996</v>
+        <v>1981</v>
       </c>
       <c r="C867" t="s" s="2">
-        <v>1998</v>
+        <v>1983</v>
       </c>
       <c r="D867">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" t="s" s="2">
-        <v>1995</v>
+        <v>1984</v>
       </c>
       <c r="B868" t="s">
-        <v>1996</v>
+        <v>1985</v>
       </c>
       <c r="C868" t="s" s="2">
-        <v>1999</v>
+        <v>1986</v>
       </c>
       <c r="D868">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" t="s" s="2">
-        <v>2000</v>
+        <v>1987</v>
       </c>
       <c r="B869" t="s">
-        <v>2001</v>
+        <v>1988</v>
       </c>
       <c r="C869" t="s" s="2">
-        <v>2002</v>
+        <v>1989</v>
       </c>
       <c r="D869">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" t="s" s="2">
-        <v>2000</v>
+        <v>1990</v>
       </c>
       <c r="B870" t="s">
-        <v>2001</v>
+        <v>1991</v>
       </c>
       <c r="C870" t="s" s="2">
-        <v>2003</v>
+        <v>1992</v>
       </c>
       <c r="D870">
         <v>1</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" t="s" s="2">
-        <v>2000</v>
+        <v>1993</v>
       </c>
       <c r="B871" t="s">
-        <v>2001</v>
+        <v>1994</v>
       </c>
       <c r="C871" t="s" s="2">
-        <v>2004</v>
+        <v>1995</v>
       </c>
       <c r="D871">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" t="s" s="2">
-        <v>2005</v>
+        <v>1996</v>
       </c>
       <c r="B872" t="s">
-        <v>2006</v>
+        <v>1997</v>
       </c>
       <c r="C872" t="s" s="2">
-        <v>2007</v>
+        <v>1998</v>
       </c>
       <c r="D872">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" t="s" s="2">
-        <v>2005</v>
+        <v>1999</v>
       </c>
       <c r="B873" t="s">
-        <v>2006</v>
+        <v>2000</v>
       </c>
       <c r="C873" t="s" s="2">
-        <v>2008</v>
+        <v>2001</v>
       </c>
       <c r="D873">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" t="s" s="2">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="B874" t="s">
-        <v>2006</v>
+        <v>2003</v>
       </c>
       <c r="C874" t="s" s="2">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="D874">
         <v>1</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" t="s" s="2">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="B875" t="s">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="C875" t="s" s="2">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="D875">
         <v>1</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" t="s" s="2">
+        <v>2008</v>
+      </c>
+      <c r="B876" t="s">
+        <v>2009</v>
+      </c>
+      <c r="C876" t="s" s="2">
         <v>2010</v>
       </c>
-      <c r="B876" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D876">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" t="s" s="2">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="B877" t="s">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="C877" t="s" s="2">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="D877">
         <v>1</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" t="s" s="2">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="B878" t="s">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="C878" t="s" s="2">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="D878">
         <v>1</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" t="s" s="2">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="B879" t="s">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="C879" t="s" s="2">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="D879">
-        <v>90</v>
+        <v>1</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" t="s" s="2">
+        <v>2017</v>
+      </c>
+      <c r="B880" t="s">
+        <v>2018</v>
+      </c>
+      <c r="C880" t="s" s="2">
         <v>2020</v>
       </c>
-      <c r="B880" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D880">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" t="s" s="2">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B881" t="s">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C881" t="s" s="2">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="D881">
-        <v>30</v>
+        <v>5</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" t="s" s="2">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="B882" t="s">
-        <v>2026</v>
+        <v>2022</v>
       </c>
       <c r="C882" t="s" s="2">
-        <v>2027</v>
+        <v>2024</v>
       </c>
       <c r="D882">
-        <v>90</v>
+        <v>1</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" t="s" s="2">
         <v>2025</v>
       </c>
       <c r="B883" t="s">
         <v>2026</v>
       </c>
       <c r="C883" t="s" s="2">
-        <v>2028</v>
+        <v>2027</v>
       </c>
       <c r="D883">
         <v>1</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" t="s" s="2">
         <v>2025</v>
       </c>
       <c r="B884" t="s">
         <v>2026</v>
       </c>
       <c r="C884" t="s" s="2">
-        <v>2029</v>
+        <v>2028</v>
       </c>
       <c r="D884">
-        <v>30</v>
+        <v>5</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" t="s" s="2">
+        <v>2029</v>
+      </c>
+      <c r="B885" t="s">
         <v>2030</v>
       </c>
-      <c r="B885" t="s">
+      <c r="C885" t="s" s="2">
         <v>2031</v>
-      </c>
-[...1 lines deleted...]
-        <v>2032</v>
       </c>
       <c r="D885">
         <v>1</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" t="s" s="2">
-        <v>2030</v>
+        <v>2032</v>
       </c>
       <c r="B886" t="s">
-        <v>2031</v>
+        <v>2033</v>
       </c>
       <c r="C886" t="s" s="2">
-        <v>2033</v>
+        <v>2034</v>
       </c>
       <c r="D886">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" t="s" s="2">
-        <v>2034</v>
+        <v>2035</v>
       </c>
       <c r="B887" t="s">
-        <v>2035</v>
+        <v>2036</v>
       </c>
       <c r="C887" t="s" s="2">
-        <v>2036</v>
+        <v>2037</v>
       </c>
       <c r="D887">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" t="s" s="2">
-        <v>2034</v>
+        <v>2038</v>
       </c>
       <c r="B888" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="C888" t="s" s="2">
-        <v>2037</v>
+        <v>2040</v>
       </c>
       <c r="D888">
         <v>1</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" t="s" s="2">
-        <v>2038</v>
+        <v>2041</v>
       </c>
       <c r="B889" t="s">
-        <v>2039</v>
+        <v>2042</v>
       </c>
       <c r="C889" t="s" s="2">
-        <v>2040</v>
+        <v>2043</v>
       </c>
       <c r="D889">
         <v>1</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" t="s" s="2">
-        <v>2041</v>
+        <v>2044</v>
       </c>
       <c r="B890" t="s">
-        <v>2042</v>
+        <v>2045</v>
       </c>
       <c r="C890" t="s" s="2">
-        <v>2043</v>
+        <v>2046</v>
       </c>
       <c r="D890">
         <v>1</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" t="s" s="2">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="B891" t="s">
-        <v>2045</v>
+        <v>2048</v>
       </c>
       <c r="C891" t="s" s="2">
-        <v>2046</v>
+        <v>2049</v>
       </c>
       <c r="D891">
         <v>1</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" t="s" s="2">
-        <v>2047</v>
+        <v>2050</v>
       </c>
       <c r="B892" t="s">
-        <v>2048</v>
+        <v>2051</v>
       </c>
       <c r="C892" t="s" s="2">
-        <v>2049</v>
+        <v>2052</v>
       </c>
       <c r="D892">
         <v>1</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" t="s" s="2">
-        <v>2050</v>
+        <v>2053</v>
       </c>
       <c r="B893" t="s">
-        <v>2051</v>
+        <v>2054</v>
       </c>
       <c r="C893" t="s" s="2">
-        <v>2052</v>
+        <v>2055</v>
       </c>
       <c r="D893">
         <v>1</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" t="s" s="2">
-        <v>2053</v>
+        <v>2056</v>
       </c>
       <c r="B894" t="s">
-        <v>2054</v>
+        <v>2057</v>
       </c>
       <c r="C894" t="s" s="2">
-        <v>2055</v>
+        <v>2058</v>
       </c>
       <c r="D894">
         <v>1</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" t="s" s="2">
-        <v>2056</v>
+        <v>2059</v>
       </c>
       <c r="B895" t="s">
-        <v>2057</v>
+        <v>2060</v>
       </c>
       <c r="C895" t="s" s="2">
-        <v>2058</v>
+        <v>2061</v>
       </c>
       <c r="D895">
         <v>1</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" t="s" s="2">
-        <v>2059</v>
+        <v>2062</v>
       </c>
       <c r="B896" t="s">
-        <v>2060</v>
+        <v>2063</v>
       </c>
       <c r="C896" t="s" s="2">
-        <v>2061</v>
+        <v>2064</v>
       </c>
       <c r="D896">
         <v>1</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" t="s" s="2">
-        <v>2062</v>
+        <v>2065</v>
       </c>
       <c r="B897" t="s">
-        <v>2063</v>
+        <v>2066</v>
       </c>
       <c r="C897" t="s" s="2">
-        <v>2064</v>
+        <v>2067</v>
       </c>
       <c r="D897">
         <v>1</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" t="s" s="2">
-        <v>2065</v>
+        <v>2068</v>
       </c>
       <c r="B898" t="s">
-        <v>2066</v>
+        <v>2069</v>
       </c>
       <c r="C898" t="s" s="2">
-        <v>2067</v>
+        <v>2070</v>
       </c>
       <c r="D898">
         <v>1</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" t="s" s="2">
-        <v>2068</v>
+        <v>2071</v>
       </c>
       <c r="B899" t="s">
-        <v>2069</v>
+        <v>2072</v>
       </c>
       <c r="C899" t="s" s="2">
-        <v>2070</v>
+        <v>2073</v>
       </c>
       <c r="D899">
         <v>1</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" t="s" s="2">
-        <v>2071</v>
+        <v>2074</v>
       </c>
       <c r="B900" t="s">
-        <v>2072</v>
+        <v>2075</v>
       </c>
       <c r="C900" t="s" s="2">
-        <v>2073</v>
+        <v>2076</v>
       </c>
       <c r="D900">
         <v>1</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" t="s" s="2">
-        <v>2074</v>
+        <v>2077</v>
       </c>
       <c r="B901" t="s">
-        <v>2075</v>
+        <v>2078</v>
       </c>
       <c r="C901" t="s" s="2">
-        <v>2076</v>
+        <v>2079</v>
       </c>
       <c r="D901">
         <v>1</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" t="s" s="2">
-        <v>2077</v>
+        <v>2080</v>
       </c>
       <c r="B902" t="s">
-        <v>2078</v>
+        <v>2081</v>
       </c>
       <c r="C902" t="s" s="2">
-        <v>2079</v>
+        <v>2082</v>
       </c>
       <c r="D902">
         <v>1</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" t="s" s="2">
-        <v>2077</v>
+        <v>2083</v>
       </c>
       <c r="B903" t="s">
-        <v>2078</v>
+        <v>2084</v>
       </c>
       <c r="C903" t="s" s="2">
-        <v>2080</v>
+        <v>2085</v>
       </c>
       <c r="D903">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" t="s" s="2">
-        <v>2081</v>
+        <v>2086</v>
       </c>
       <c r="B904" t="s">
-        <v>2082</v>
+        <v>2087</v>
       </c>
       <c r="C904" t="s" s="2">
-        <v>2083</v>
+        <v>2088</v>
       </c>
       <c r="D904">
         <v>1</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" t="s" s="2">
-        <v>2081</v>
+        <v>2089</v>
       </c>
       <c r="B905" t="s">
-        <v>2082</v>
+        <v>2090</v>
       </c>
       <c r="C905" t="s" s="2">
-        <v>2084</v>
+        <v>2091</v>
       </c>
       <c r="D905">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" t="s" s="2">
-        <v>2085</v>
+        <v>2092</v>
       </c>
       <c r="B906" t="s">
-        <v>2086</v>
+        <v>2093</v>
       </c>
       <c r="C906" t="s" s="2">
-        <v>2087</v>
+        <v>2094</v>
       </c>
       <c r="D906">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" t="s" s="2">
-        <v>2085</v>
+        <v>2095</v>
       </c>
       <c r="B907" t="s">
-        <v>2086</v>
+        <v>2096</v>
       </c>
       <c r="C907" t="s" s="2">
-        <v>2088</v>
+        <v>2097</v>
       </c>
       <c r="D907">
         <v>1</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" t="s" s="2">
-        <v>2089</v>
+        <v>2098</v>
       </c>
       <c r="B908" t="s">
-        <v>2090</v>
+        <v>2099</v>
       </c>
       <c r="C908" t="s" s="2">
-        <v>2091</v>
+        <v>2100</v>
       </c>
       <c r="D908">
         <v>1</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" t="s" s="2">
-        <v>2089</v>
+        <v>2101</v>
       </c>
       <c r="B909" t="s">
-        <v>2090</v>
+        <v>2102</v>
       </c>
       <c r="C909" t="s" s="2">
-        <v>2092</v>
+        <v>2103</v>
       </c>
       <c r="D909">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" t="s" s="2">
-        <v>2093</v>
+        <v>2104</v>
       </c>
       <c r="B910" t="s">
-        <v>2094</v>
+        <v>2105</v>
       </c>
       <c r="C910" t="s" s="2">
-        <v>2095</v>
+        <v>2106</v>
       </c>
       <c r="D910">
         <v>1</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" t="s" s="2">
-        <v>2096</v>
+        <v>2107</v>
       </c>
       <c r="B911" t="s">
-        <v>2097</v>
+        <v>2108</v>
       </c>
       <c r="C911" t="s" s="2">
-        <v>2098</v>
+        <v>2109</v>
       </c>
       <c r="D911">
         <v>1</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" t="s" s="2">
-        <v>2099</v>
+        <v>2110</v>
       </c>
       <c r="B912" t="s">
-        <v>2100</v>
+        <v>2111</v>
       </c>
       <c r="C912" t="s" s="2">
-        <v>2101</v>
+        <v>2112</v>
       </c>
       <c r="D912">
         <v>1</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" t="s" s="2">
-        <v>2102</v>
+        <v>2113</v>
       </c>
       <c r="B913" t="s">
-        <v>2103</v>
+        <v>2114</v>
       </c>
       <c r="C913" t="s" s="2">
-        <v>2104</v>
+        <v>2115</v>
       </c>
       <c r="D913">
         <v>1</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" t="s" s="2">
-        <v>2105</v>
+        <v>2116</v>
       </c>
       <c r="B914" t="s">
-        <v>2106</v>
+        <v>2117</v>
       </c>
       <c r="C914" t="s" s="2">
-        <v>2107</v>
+        <v>2118</v>
       </c>
       <c r="D914">
         <v>1</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" t="s" s="2">
-        <v>2108</v>
+        <v>2119</v>
       </c>
       <c r="B915" t="s">
-        <v>2109</v>
-[...2 lines deleted...]
-        <v>2110</v>
+        <v>2120</v>
+      </c>
+      <c r="C915" s="3">
+        <v>19330453315566</v>
       </c>
       <c r="D915">
-        <v>1</v>
+        <v>40</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" t="s" s="2">
-        <v>2111</v>
+        <v>2121</v>
       </c>
       <c r="B916" t="s">
-        <v>2112</v>
+        <v>2122</v>
       </c>
       <c r="C916" t="s" s="2">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="D916">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" t="s" s="2">
-        <v>2111</v>
+        <v>2121</v>
       </c>
       <c r="B917" t="s">
-        <v>2112</v>
-[...2 lines deleted...]
-        <v>2114</v>
+        <v>2122</v>
+      </c>
+      <c r="C917" s="3">
+        <v>13760278264033</v>
       </c>
       <c r="D917">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" t="s" s="2">
-        <v>2115</v>
+        <v>2124</v>
       </c>
       <c r="B918" t="s">
-        <v>2116</v>
+        <v>2125</v>
       </c>
       <c r="C918" t="s" s="2">
-        <v>2117</v>
+        <v>2126</v>
       </c>
       <c r="D918">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" t="s" s="2">
-        <v>2118</v>
+        <v>2124</v>
       </c>
       <c r="B919" t="s">
-        <v>2119</v>
+        <v>2125</v>
       </c>
       <c r="C919" t="s" s="2">
-        <v>2120</v>
+        <v>2127</v>
       </c>
       <c r="D919">
         <v>1</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" t="s" s="2">
-        <v>2121</v>
+        <v>2128</v>
       </c>
       <c r="B920" t="s">
-        <v>2122</v>
+        <v>2129</v>
       </c>
       <c r="C920" t="s" s="2">
-        <v>2123</v>
+        <v>2130</v>
       </c>
       <c r="D920">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" t="s" s="2">
-        <v>2124</v>
+        <v>2128</v>
       </c>
       <c r="B921" t="s">
-        <v>2125</v>
+        <v>2129</v>
       </c>
       <c r="C921" t="s" s="2">
-        <v>2126</v>
+        <v>2131</v>
       </c>
       <c r="D921">
         <v>1</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" t="s" s="2">
-        <v>2127</v>
+        <v>2132</v>
       </c>
       <c r="B922" t="s">
-        <v>2128</v>
+        <v>2133</v>
       </c>
       <c r="C922" t="s" s="2">
-        <v>2129</v>
+        <v>2134</v>
       </c>
       <c r="D922">
         <v>1</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" t="s" s="2">
-        <v>2130</v>
+        <v>2135</v>
       </c>
       <c r="B923" t="s">
-        <v>2131</v>
+        <v>2136</v>
       </c>
       <c r="C923" t="s" s="2">
-        <v>2132</v>
+        <v>2137</v>
       </c>
       <c r="D923">
         <v>1</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" t="s" s="2">
-        <v>2133</v>
+        <v>2138</v>
       </c>
       <c r="B924" t="s">
-        <v>2134</v>
+        <v>2139</v>
       </c>
       <c r="C924" t="s" s="2">
-        <v>2135</v>
+        <v>2140</v>
       </c>
       <c r="D924">
         <v>1</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" t="s" s="2">
-        <v>2136</v>
+        <v>2141</v>
       </c>
       <c r="B925" t="s">
-        <v>2137</v>
+        <v>2142</v>
       </c>
       <c r="C925" t="s" s="2">
-        <v>2138</v>
+        <v>2143</v>
       </c>
       <c r="D925">
         <v>1</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" t="s" s="2">
-        <v>2139</v>
+        <v>2144</v>
       </c>
       <c r="B926" t="s">
-        <v>2140</v>
+        <v>2145</v>
       </c>
       <c r="C926" t="s" s="2">
-        <v>2141</v>
+        <v>2146</v>
       </c>
       <c r="D926">
         <v>1</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" t="s" s="2">
-        <v>2142</v>
+        <v>2147</v>
       </c>
       <c r="B927" t="s">
-        <v>2143</v>
+        <v>2148</v>
       </c>
       <c r="C927" t="s" s="2">
-        <v>2144</v>
+        <v>2149</v>
       </c>
       <c r="D927">
         <v>1</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" t="s" s="2">
-        <v>2145</v>
+        <v>2150</v>
       </c>
       <c r="B928" t="s">
-        <v>2146</v>
+        <v>2151</v>
       </c>
       <c r="C928" t="s" s="2">
-        <v>2147</v>
+        <v>2152</v>
       </c>
       <c r="D928">
         <v>1</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" t="s" s="2">
-        <v>2148</v>
+        <v>2153</v>
       </c>
       <c r="B929" t="s">
-        <v>2149</v>
+        <v>2154</v>
       </c>
       <c r="C929" t="s" s="2">
-        <v>2150</v>
+        <v>2155</v>
       </c>
       <c r="D929">
         <v>1</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" t="s" s="2">
-        <v>2151</v>
+        <v>2156</v>
       </c>
       <c r="B930" t="s">
-        <v>2152</v>
+        <v>2157</v>
       </c>
       <c r="C930" t="s" s="2">
-        <v>2153</v>
+        <v>2158</v>
       </c>
       <c r="D930">
         <v>1</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" t="s" s="2">
-        <v>2154</v>
+        <v>2159</v>
       </c>
       <c r="B931" t="s">
-        <v>2155</v>
+        <v>2160</v>
       </c>
       <c r="C931" t="s" s="2">
-        <v>2156</v>
+        <v>2161</v>
       </c>
       <c r="D931">
         <v>1</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" t="s" s="2">
-        <v>2157</v>
+        <v>2162</v>
       </c>
       <c r="B932" t="s">
-        <v>2158</v>
+        <v>2163</v>
       </c>
       <c r="C932" t="s" s="2">
-        <v>2159</v>
+        <v>2164</v>
       </c>
       <c r="D932">
         <v>1</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" t="s" s="2">
-        <v>2160</v>
+        <v>2165</v>
       </c>
       <c r="B933" t="s">
-        <v>2161</v>
+        <v>2166</v>
       </c>
       <c r="C933" t="s" s="2">
-        <v>2162</v>
+        <v>2167</v>
       </c>
       <c r="D933">
         <v>1</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" t="s" s="2">
-        <v>2163</v>
+        <v>2168</v>
       </c>
       <c r="B934" t="s">
-        <v>2164</v>
+        <v>2169</v>
       </c>
       <c r="C934" t="s" s="2">
-        <v>2165</v>
+        <v>2170</v>
       </c>
       <c r="D934">
         <v>1</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" t="s" s="2">
-        <v>2166</v>
+        <v>2171</v>
       </c>
       <c r="B935" t="s">
-        <v>2167</v>
+        <v>2172</v>
       </c>
       <c r="C935" t="s" s="2">
-        <v>2168</v>
+        <v>2173</v>
       </c>
       <c r="D935">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" t="s" s="2">
-        <v>2169</v>
+        <v>2174</v>
       </c>
       <c r="B936" t="s">
-        <v>2170</v>
+        <v>2175</v>
       </c>
       <c r="C936" t="s" s="2">
-        <v>2171</v>
+        <v>2176</v>
       </c>
       <c r="D936">
         <v>1</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" t="s" s="2">
-        <v>2172</v>
+        <v>2177</v>
       </c>
       <c r="B937" t="s">
-        <v>2173</v>
+        <v>2178</v>
       </c>
       <c r="C937" t="s" s="2">
-        <v>2174</v>
+        <v>2179</v>
       </c>
       <c r="D937">
         <v>1</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" t="s" s="2">
-        <v>2175</v>
+        <v>2180</v>
       </c>
       <c r="B938" t="s">
-        <v>2176</v>
+        <v>2181</v>
       </c>
       <c r="C938" t="s" s="2">
-        <v>2177</v>
+        <v>2182</v>
       </c>
       <c r="D938">
         <v>1</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" t="s" s="2">
-        <v>2178</v>
+        <v>2183</v>
       </c>
       <c r="B939" t="s">
-        <v>2179</v>
+        <v>2184</v>
       </c>
       <c r="C939" t="s" s="2">
-        <v>2180</v>
+        <v>2185</v>
       </c>
       <c r="D939">
         <v>1</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" t="s" s="2">
-        <v>2181</v>
+        <v>2186</v>
       </c>
       <c r="B940" t="s">
-        <v>2182</v>
+        <v>2187</v>
       </c>
       <c r="C940" t="s" s="2">
-        <v>2183</v>
+        <v>2188</v>
       </c>
       <c r="D940">
         <v>1</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" t="s" s="2">
-        <v>2184</v>
+        <v>2189</v>
       </c>
       <c r="B941" t="s">
-        <v>2185</v>
+        <v>2190</v>
       </c>
       <c r="C941" t="s" s="2">
-        <v>2186</v>
+        <v>2191</v>
       </c>
       <c r="D941">
         <v>1</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" t="s" s="2">
-        <v>2187</v>
+        <v>2192</v>
       </c>
       <c r="B942" t="s">
-        <v>2188</v>
+        <v>2193</v>
       </c>
       <c r="C942" t="s" s="2">
-        <v>2189</v>
+        <v>2194</v>
       </c>
       <c r="D942">
         <v>1</v>
       </c>
     </row>
     <row r="943">
       <c r="A943" t="s" s="2">
-        <v>2190</v>
+        <v>2195</v>
       </c>
       <c r="B943" t="s">
-        <v>2191</v>
+        <v>2196</v>
       </c>
       <c r="C943" t="s" s="2">
-        <v>2192</v>
+        <v>2197</v>
       </c>
       <c r="D943">
         <v>1</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" t="s" s="2">
-        <v>2193</v>
+        <v>2198</v>
       </c>
       <c r="B944" t="s">
-        <v>2194</v>
+        <v>2199</v>
       </c>
       <c r="C944" t="s" s="2">
-        <v>2195</v>
+        <v>2200</v>
       </c>
       <c r="D944">
         <v>1</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" t="s" s="2">
-        <v>2196</v>
+        <v>2201</v>
       </c>
       <c r="B945" t="s">
-        <v>2197</v>
+        <v>2202</v>
       </c>
       <c r="C945" t="s" s="2">
-        <v>2198</v>
+        <v>2203</v>
       </c>
       <c r="D945">
         <v>1</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" t="s" s="2">
-        <v>2199</v>
+        <v>2204</v>
       </c>
       <c r="B946" t="s">
-        <v>2200</v>
+        <v>2205</v>
       </c>
       <c r="C946" t="s" s="2">
-        <v>2201</v>
+        <v>2206</v>
       </c>
       <c r="D946">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" t="s" s="2">
-        <v>2202</v>
+        <v>2207</v>
       </c>
       <c r="B947" t="s">
-        <v>2203</v>
+        <v>2208</v>
       </c>
       <c r="C947" t="s" s="2">
-        <v>2204</v>
+        <v>2209</v>
       </c>
       <c r="D947">
         <v>1</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" t="s" s="2">
-        <v>2205</v>
+        <v>2207</v>
       </c>
       <c r="B948" t="s">
-        <v>2206</v>
+        <v>2208</v>
       </c>
       <c r="C948" t="s" s="2">
-        <v>2207</v>
+        <v>2210</v>
       </c>
       <c r="D948">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" t="s" s="2">
-        <v>2208</v>
+        <v>2211</v>
       </c>
       <c r="B949" t="s">
-        <v>2209</v>
-[...2 lines deleted...]
-        <v>19330453315566</v>
+        <v>2212</v>
+      </c>
+      <c r="C949" t="s" s="2">
+        <v>2213</v>
       </c>
       <c r="D949">
-        <v>40</v>
+        <v>1</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" t="s" s="2">
-        <v>2210</v>
+        <v>2214</v>
       </c>
       <c r="B950" t="s">
-        <v>2211</v>
+        <v>2215</v>
       </c>
       <c r="C950" t="s" s="2">
-        <v>2212</v>
+        <v>2216</v>
       </c>
       <c r="D950">
         <v>1</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" t="s" s="2">
-        <v>2210</v>
+        <v>2217</v>
       </c>
       <c r="B951" t="s">
-        <v>2211</v>
-[...2 lines deleted...]
-        <v>13760278264033</v>
+        <v>2218</v>
+      </c>
+      <c r="C951" t="s" s="2">
+        <v>2219</v>
       </c>
       <c r="D951">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" t="s" s="2">
-        <v>2213</v>
+        <v>2220</v>
       </c>
       <c r="B952" t="s">
-        <v>2214</v>
+        <v>2221</v>
       </c>
       <c r="C952" t="s" s="2">
-        <v>2215</v>
+        <v>2222</v>
       </c>
       <c r="D952">
         <v>1</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" t="s" s="2">
-        <v>2213</v>
+        <v>2223</v>
       </c>
       <c r="B953" t="s">
-        <v>2214</v>
+        <v>2224</v>
       </c>
       <c r="C953" t="s" s="2">
-        <v>2216</v>
+        <v>2225</v>
       </c>
       <c r="D953">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" t="s" s="2">
-        <v>2217</v>
+        <v>2226</v>
       </c>
       <c r="B954" t="s">
-        <v>2218</v>
+        <v>2227</v>
       </c>
       <c r="C954" t="s" s="2">
-        <v>2219</v>
+        <v>2228</v>
       </c>
       <c r="D954">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" t="s" s="2">
-        <v>2217</v>
+        <v>2229</v>
       </c>
       <c r="B955" t="s">
-        <v>2218</v>
+        <v>2230</v>
       </c>
       <c r="C955" t="s" s="2">
-        <v>2220</v>
+        <v>2231</v>
       </c>
       <c r="D955">
         <v>1</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" t="s" s="2">
-        <v>2221</v>
+        <v>2232</v>
       </c>
       <c r="B956" t="s">
-        <v>2222</v>
+        <v>2233</v>
       </c>
       <c r="C956" t="s" s="2">
-        <v>2223</v>
+        <v>2234</v>
       </c>
       <c r="D956">
         <v>1</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" t="s" s="2">
-        <v>2224</v>
+        <v>2235</v>
       </c>
       <c r="B957" t="s">
-        <v>2225</v>
+        <v>2236</v>
       </c>
       <c r="C957" t="s" s="2">
-        <v>2226</v>
+        <v>2237</v>
       </c>
       <c r="D957">
         <v>1</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" t="s" s="2">
-        <v>2227</v>
+        <v>2238</v>
       </c>
       <c r="B958" t="s">
-        <v>2228</v>
+        <v>2239</v>
       </c>
       <c r="C958" t="s" s="2">
-        <v>2229</v>
+        <v>2240</v>
       </c>
       <c r="D958">
         <v>1</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" t="s" s="2">
-        <v>2230</v>
+        <v>2241</v>
       </c>
       <c r="B959" t="s">
-        <v>2231</v>
+        <v>2242</v>
       </c>
       <c r="C959" t="s" s="2">
-        <v>2232</v>
+        <v>2243</v>
       </c>
       <c r="D959">
         <v>1</v>
       </c>
     </row>
     <row r="960">
       <c r="A960" t="s" s="2">
-        <v>2233</v>
+        <v>2244</v>
       </c>
       <c r="B960" t="s">
-        <v>2234</v>
+        <v>2245</v>
       </c>
       <c r="C960" t="s" s="2">
-        <v>2235</v>
+        <v>2246</v>
       </c>
       <c r="D960">
         <v>1</v>
       </c>
     </row>
     <row r="961">
       <c r="A961" t="s" s="2">
-        <v>2236</v>
+        <v>2247</v>
       </c>
       <c r="B961" t="s">
-        <v>2237</v>
+        <v>2248</v>
       </c>
       <c r="C961" t="s" s="2">
-        <v>2238</v>
+        <v>2249</v>
       </c>
       <c r="D961">
         <v>1</v>
       </c>
     </row>
     <row r="962">
       <c r="A962" t="s" s="2">
-        <v>2239</v>
+        <v>2250</v>
       </c>
       <c r="B962" t="s">
-        <v>2240</v>
+        <v>2251</v>
       </c>
       <c r="C962" t="s" s="2">
-        <v>2241</v>
+        <v>2252</v>
       </c>
       <c r="D962">
         <v>1</v>
       </c>
     </row>
     <row r="963">
       <c r="A963" t="s" s="2">
-        <v>2242</v>
+        <v>2253</v>
       </c>
       <c r="B963" t="s">
-        <v>2243</v>
+        <v>2254</v>
       </c>
       <c r="C963" t="s" s="2">
-        <v>2244</v>
+        <v>2255</v>
       </c>
       <c r="D963">
         <v>1</v>
       </c>
     </row>
     <row r="964">
       <c r="A964" t="s" s="2">
-        <v>2245</v>
+        <v>2256</v>
       </c>
       <c r="B964" t="s">
-        <v>2246</v>
+        <v>2257</v>
       </c>
       <c r="C964" t="s" s="2">
-        <v>2247</v>
+        <v>2258</v>
       </c>
       <c r="D964">
         <v>1</v>
       </c>
     </row>
     <row r="965">
       <c r="A965" t="s" s="2">
-        <v>2248</v>
+        <v>2259</v>
       </c>
       <c r="B965" t="s">
-        <v>2249</v>
+        <v>2260</v>
       </c>
       <c r="C965" t="s" s="2">
-        <v>2250</v>
+        <v>2261</v>
       </c>
       <c r="D965">
         <v>1</v>
       </c>
     </row>
     <row r="966">
       <c r="A966" t="s" s="2">
-        <v>2251</v>
+        <v>2262</v>
       </c>
       <c r="B966" t="s">
-        <v>2252</v>
+        <v>2263</v>
       </c>
       <c r="C966" t="s" s="2">
-        <v>2253</v>
+        <v>2264</v>
       </c>
       <c r="D966">
         <v>1</v>
       </c>
     </row>
     <row r="967">
       <c r="A967" t="s" s="2">
-        <v>2254</v>
+        <v>2265</v>
       </c>
       <c r="B967" t="s">
-        <v>2255</v>
+        <v>2266</v>
       </c>
       <c r="C967" t="s" s="2">
-        <v>2256</v>
+        <v>2267</v>
       </c>
       <c r="D967">
         <v>1</v>
       </c>
     </row>
     <row r="968">
       <c r="A968" t="s" s="2">
-        <v>2257</v>
+        <v>2268</v>
       </c>
       <c r="B968" t="s">
-        <v>2258</v>
+        <v>2269</v>
       </c>
       <c r="C968" t="s" s="2">
-        <v>2259</v>
+        <v>2270</v>
       </c>
       <c r="D968">
         <v>1</v>
       </c>
     </row>
     <row r="969">
       <c r="A969" t="s" s="2">
-        <v>2260</v>
+        <v>2271</v>
       </c>
       <c r="B969" t="s">
-        <v>2261</v>
+        <v>2272</v>
       </c>
       <c r="C969" t="s" s="2">
-        <v>2262</v>
+        <v>2273</v>
       </c>
       <c r="D969">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" t="s" s="2">
-        <v>2263</v>
+        <v>2274</v>
       </c>
       <c r="B970" t="s">
-        <v>2264</v>
+        <v>2275</v>
       </c>
       <c r="C970" t="s" s="2">
-        <v>2265</v>
+        <v>2276</v>
       </c>
       <c r="D970">
         <v>1</v>
       </c>
     </row>
     <row r="971">
       <c r="A971" t="s" s="2">
-        <v>2266</v>
+        <v>2277</v>
       </c>
       <c r="B971" t="s">
-        <v>2267</v>
+        <v>2278</v>
       </c>
       <c r="C971" t="s" s="2">
-        <v>2268</v>
+        <v>2279</v>
       </c>
       <c r="D971">
         <v>1</v>
       </c>
     </row>
     <row r="972">
       <c r="A972" t="s" s="2">
-        <v>2269</v>
+        <v>2280</v>
       </c>
       <c r="B972" t="s">
-        <v>2270</v>
+        <v>2281</v>
       </c>
       <c r="C972" t="s" s="2">
-        <v>2271</v>
+        <v>2282</v>
       </c>
       <c r="D972">
         <v>1</v>
       </c>
     </row>
     <row r="973">
       <c r="A973" t="s" s="2">
-        <v>2272</v>
+        <v>2283</v>
       </c>
       <c r="B973" t="s">
-        <v>2273</v>
+        <v>2284</v>
       </c>
       <c r="C973" t="s" s="2">
-        <v>2274</v>
+        <v>2285</v>
       </c>
       <c r="D973">
         <v>1</v>
       </c>
     </row>
     <row r="974">
       <c r="A974" t="s" s="2">
-        <v>2275</v>
+        <v>2286</v>
       </c>
       <c r="B974" t="s">
-        <v>2276</v>
+        <v>2287</v>
       </c>
       <c r="C974" t="s" s="2">
-        <v>2277</v>
+        <v>2288</v>
       </c>
       <c r="D974">
         <v>1</v>
       </c>
     </row>
     <row r="975">
       <c r="A975" t="s" s="2">
-        <v>2278</v>
+        <v>2289</v>
       </c>
       <c r="B975" t="s">
-        <v>2279</v>
+        <v>2290</v>
       </c>
       <c r="C975" t="s" s="2">
-        <v>2280</v>
+        <v>2291</v>
       </c>
       <c r="D975">
         <v>1</v>
       </c>
     </row>
     <row r="976">
       <c r="A976" t="s" s="2">
-        <v>2281</v>
+        <v>2292</v>
       </c>
       <c r="B976" t="s">
-        <v>2282</v>
+        <v>2293</v>
       </c>
       <c r="C976" t="s" s="2">
-        <v>2283</v>
+        <v>2294</v>
       </c>
       <c r="D976">
         <v>1</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" t="s" s="2">
-        <v>2284</v>
+        <v>2295</v>
       </c>
       <c r="B977" t="s">
-        <v>2285</v>
+        <v>2296</v>
       </c>
       <c r="C977" t="s" s="2">
-        <v>2286</v>
+        <v>2297</v>
       </c>
       <c r="D977">
         <v>1</v>
       </c>
     </row>
     <row r="978">
       <c r="A978" t="s" s="2">
-        <v>2287</v>
+        <v>2298</v>
       </c>
       <c r="B978" t="s">
-        <v>2288</v>
+        <v>2299</v>
       </c>
       <c r="C978" t="s" s="2">
-        <v>2289</v>
+        <v>2300</v>
       </c>
       <c r="D978">
         <v>1</v>
       </c>
     </row>
     <row r="979">
       <c r="A979" t="s" s="2">
-        <v>2290</v>
+        <v>2301</v>
       </c>
       <c r="B979" t="s">
-        <v>2291</v>
+        <v>2302</v>
       </c>
       <c r="C979" t="s" s="2">
-        <v>2292</v>
+        <v>2303</v>
       </c>
       <c r="D979">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="980">
       <c r="A980" t="s" s="2">
-        <v>2293</v>
+        <v>2304</v>
       </c>
       <c r="B980" t="s">
-        <v>2294</v>
+        <v>2305</v>
       </c>
       <c r="C980" t="s" s="2">
-        <v>2295</v>
+        <v>2306</v>
       </c>
       <c r="D980">
         <v>10</v>
       </c>
     </row>
     <row r="981">
       <c r="A981" t="s" s="2">
-        <v>2296</v>
+        <v>2307</v>
       </c>
       <c r="B981" t="s">
-        <v>2297</v>
+        <v>2308</v>
       </c>
       <c r="C981" t="s" s="2">
-        <v>2298</v>
+        <v>2309</v>
       </c>
       <c r="D981">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="982">
       <c r="A982" t="s" s="2">
-        <v>2296</v>
+        <v>2310</v>
       </c>
       <c r="B982" t="s">
-        <v>2297</v>
+        <v>2311</v>
       </c>
       <c r="C982" t="s" s="2">
-        <v>2299</v>
+        <v>2312</v>
       </c>
       <c r="D982">
         <v>10</v>
       </c>
     </row>
     <row r="983">
       <c r="A983" t="s" s="2">
-        <v>2300</v>
+        <v>2313</v>
       </c>
       <c r="B983" t="s">
-        <v>2301</v>
+        <v>2314</v>
       </c>
       <c r="C983" t="s" s="2">
-        <v>2302</v>
+        <v>2315</v>
       </c>
       <c r="D983">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="984">
       <c r="A984" t="s" s="2">
-        <v>2303</v>
+        <v>2316</v>
       </c>
       <c r="B984" t="s">
-        <v>2304</v>
+        <v>2317</v>
       </c>
       <c r="C984" t="s" s="2">
-        <v>2305</v>
+        <v>2318</v>
       </c>
       <c r="D984">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="985">
       <c r="A985" t="s" s="2">
-        <v>2306</v>
+        <v>2319</v>
       </c>
       <c r="B985" t="s">
-        <v>2307</v>
+        <v>2320</v>
       </c>
       <c r="C985" t="s" s="2">
-        <v>2308</v>
+        <v>2321</v>
       </c>
       <c r="D985">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="986">
       <c r="A986" t="s" s="2">
-        <v>2309</v>
+        <v>2322</v>
       </c>
       <c r="B986" t="s">
-        <v>2310</v>
+        <v>2323</v>
       </c>
       <c r="C986" t="s" s="2">
-        <v>2311</v>
+        <v>2324</v>
       </c>
       <c r="D986">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="987">
       <c r="A987" t="s" s="2">
-        <v>2312</v>
+        <v>2325</v>
       </c>
       <c r="B987" t="s">
-        <v>2313</v>
+        <v>2326</v>
       </c>
       <c r="C987" t="s" s="2">
-        <v>2314</v>
+        <v>2327</v>
       </c>
       <c r="D987">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="988">
       <c r="A988" t="s" s="2">
-        <v>2315</v>
+        <v>2328</v>
       </c>
       <c r="B988" t="s">
-        <v>2316</v>
+        <v>2329</v>
       </c>
       <c r="C988" t="s" s="2">
-        <v>2317</v>
+        <v>2330</v>
       </c>
       <c r="D988">
         <v>1</v>
       </c>
     </row>
     <row r="989">
       <c r="A989" t="s" s="2">
-        <v>2318</v>
+        <v>2331</v>
       </c>
       <c r="B989" t="s">
-        <v>2319</v>
+        <v>2332</v>
       </c>
       <c r="C989" t="s" s="2">
-        <v>2320</v>
+        <v>2333</v>
       </c>
       <c r="D989">
         <v>1</v>
       </c>
     </row>
     <row r="990">
       <c r="A990" t="s" s="2">
-        <v>2321</v>
+        <v>2334</v>
       </c>
       <c r="B990" t="s">
-        <v>2322</v>
+        <v>2335</v>
       </c>
       <c r="C990" t="s" s="2">
-        <v>2323</v>
+        <v>2336</v>
       </c>
       <c r="D990">
         <v>1</v>
       </c>
     </row>
     <row r="991">
       <c r="A991" t="s" s="2">
-        <v>2324</v>
+        <v>2337</v>
       </c>
       <c r="B991" t="s">
-        <v>2325</v>
+        <v>2338</v>
       </c>
       <c r="C991" t="s" s="2">
-        <v>2326</v>
+        <v>2339</v>
       </c>
       <c r="D991">
         <v>1</v>
       </c>
     </row>
     <row r="992">
       <c r="A992" t="s" s="2">
-        <v>2327</v>
+        <v>2340</v>
       </c>
       <c r="B992" t="s">
-        <v>2328</v>
+        <v>2341</v>
       </c>
       <c r="C992" t="s" s="2">
-        <v>2329</v>
+        <v>2342</v>
       </c>
       <c r="D992">
         <v>1</v>
       </c>
     </row>
     <row r="993">
       <c r="A993" t="s" s="2">
-        <v>2330</v>
+        <v>2343</v>
       </c>
       <c r="B993" t="s">
-        <v>2331</v>
+        <v>2344</v>
       </c>
       <c r="C993" t="s" s="2">
-        <v>2332</v>
+        <v>2345</v>
       </c>
       <c r="D993">
         <v>1</v>
       </c>
     </row>
     <row r="994">
       <c r="A994" t="s" s="2">
-        <v>2333</v>
+        <v>2346</v>
       </c>
       <c r="B994" t="s">
-        <v>2334</v>
+        <v>2347</v>
       </c>
       <c r="C994" t="s" s="2">
-        <v>2335</v>
+        <v>2348</v>
       </c>
       <c r="D994">
         <v>1</v>
       </c>
     </row>
     <row r="995">
       <c r="A995" t="s" s="2">
-        <v>2336</v>
+        <v>2349</v>
       </c>
       <c r="B995" t="s">
-        <v>2337</v>
+        <v>2350</v>
       </c>
       <c r="C995" t="s" s="2">
-        <v>2338</v>
+        <v>2351</v>
       </c>
       <c r="D995">
         <v>1</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" t="s" s="2">
-        <v>2339</v>
+        <v>2352</v>
       </c>
       <c r="B996" t="s">
-        <v>2340</v>
+        <v>2353</v>
       </c>
       <c r="C996" t="s" s="2">
-        <v>2341</v>
+        <v>2354</v>
       </c>
       <c r="D996">
         <v>1</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" t="s" s="2">
-        <v>2342</v>
+        <v>2355</v>
       </c>
       <c r="B997" t="s">
-        <v>2343</v>
+        <v>2356</v>
       </c>
       <c r="C997" t="s" s="2">
-        <v>2344</v>
+        <v>2357</v>
       </c>
       <c r="D997">
         <v>1</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" t="s" s="2">
-        <v>2345</v>
+        <v>2358</v>
       </c>
       <c r="B998" t="s">
-        <v>2346</v>
+        <v>2359</v>
       </c>
       <c r="C998" t="s" s="2">
-        <v>2347</v>
+        <v>2360</v>
       </c>
       <c r="D998">
         <v>1</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" t="s" s="2">
-        <v>2348</v>
+        <v>2361</v>
       </c>
       <c r="B999" t="s">
-        <v>2349</v>
+        <v>2362</v>
       </c>
       <c r="C999" t="s" s="2">
-        <v>2350</v>
+        <v>2363</v>
       </c>
       <c r="D999">
         <v>1</v>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" t="s" s="2">
-        <v>2351</v>
+        <v>2364</v>
       </c>
       <c r="B1000" t="s">
-        <v>2352</v>
+        <v>2365</v>
       </c>
       <c r="C1000" t="s" s="2">
-        <v>2353</v>
+        <v>2366</v>
       </c>
       <c r="D1000">
         <v>1</v>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" t="s" s="2">
-        <v>2354</v>
+        <v>2367</v>
       </c>
       <c r="B1001" t="s">
-        <v>2355</v>
+        <v>2368</v>
       </c>
       <c r="C1001" t="s" s="2">
-        <v>2356</v>
+        <v>2369</v>
       </c>
       <c r="D1001">
         <v>1</v>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" t="s" s="2">
-        <v>2357</v>
+        <v>2370</v>
       </c>
       <c r="B1002" t="s">
-        <v>2358</v>
+        <v>2371</v>
       </c>
       <c r="C1002" t="s" s="2">
-        <v>2359</v>
+        <v>2372</v>
       </c>
       <c r="D1002">
         <v>1</v>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" t="s" s="2">
-        <v>2360</v>
+        <v>2373</v>
       </c>
       <c r="B1003" t="s">
-        <v>2361</v>
+        <v>2374</v>
       </c>
       <c r="C1003" t="s" s="2">
-        <v>2362</v>
+        <v>2375</v>
       </c>
       <c r="D1003">
         <v>1</v>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" t="s" s="2">
-        <v>2363</v>
+        <v>2376</v>
       </c>
       <c r="B1004" t="s">
-        <v>2364</v>
+        <v>2377</v>
       </c>
       <c r="C1004" t="s" s="2">
-        <v>2365</v>
+        <v>2378</v>
       </c>
       <c r="D1004">
         <v>1</v>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" t="s" s="2">
-        <v>2366</v>
+        <v>2379</v>
       </c>
       <c r="B1005" t="s">
-        <v>2367</v>
+        <v>2380</v>
       </c>
       <c r="C1005" t="s" s="2">
-        <v>2368</v>
+        <v>2381</v>
       </c>
       <c r="D1005">
         <v>1</v>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" t="s" s="2">
-        <v>2369</v>
+        <v>2382</v>
       </c>
       <c r="B1006" t="s">
-        <v>2370</v>
+        <v>2383</v>
       </c>
       <c r="C1006" t="s" s="2">
-        <v>2371</v>
+        <v>2384</v>
       </c>
       <c r="D1006">
         <v>1</v>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" t="s" s="2">
-        <v>2372</v>
+        <v>2385</v>
       </c>
       <c r="B1007" t="s">
-        <v>2373</v>
+        <v>2386</v>
       </c>
       <c r="C1007" t="s" s="2">
-        <v>2374</v>
+        <v>2387</v>
       </c>
       <c r="D1007">
         <v>1</v>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" t="s" s="2">
-        <v>2375</v>
+        <v>2388</v>
       </c>
       <c r="B1008" t="s">
-        <v>2376</v>
+        <v>2389</v>
       </c>
       <c r="C1008" t="s" s="2">
-        <v>2377</v>
+        <v>2390</v>
       </c>
       <c r="D1008">
         <v>1</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" t="s" s="2">
-        <v>2378</v>
+        <v>2391</v>
       </c>
       <c r="B1009" t="s">
-        <v>2379</v>
+        <v>2392</v>
       </c>
       <c r="C1009" t="s" s="2">
-        <v>2380</v>
+        <v>2393</v>
       </c>
       <c r="D1009">
         <v>1</v>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" t="s" s="2">
-        <v>2381</v>
+        <v>2394</v>
       </c>
       <c r="B1010" t="s">
-        <v>2382</v>
+        <v>2395</v>
       </c>
       <c r="C1010" t="s" s="2">
-        <v>2383</v>
+        <v>2396</v>
       </c>
       <c r="D1010">
         <v>1</v>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" t="s" s="2">
-        <v>2384</v>
+        <v>2397</v>
       </c>
       <c r="B1011" t="s">
-        <v>2385</v>
+        <v>2398</v>
       </c>
       <c r="C1011" t="s" s="2">
-        <v>2386</v>
+        <v>2399</v>
       </c>
       <c r="D1011">
         <v>1</v>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" t="s" s="2">
-        <v>2387</v>
+        <v>2400</v>
       </c>
       <c r="B1012" t="s">
-        <v>2388</v>
+        <v>2401</v>
       </c>
       <c r="C1012" t="s" s="2">
-        <v>2389</v>
+        <v>2402</v>
       </c>
       <c r="D1012">
         <v>1</v>
       </c>
     </row>
     <row r="1013">
       <c r="A1013" t="s" s="2">
-        <v>2390</v>
+        <v>2403</v>
       </c>
       <c r="B1013" t="s">
-        <v>2391</v>
+        <v>2404</v>
       </c>
       <c r="C1013" t="s" s="2">
-        <v>2392</v>
+        <v>2405</v>
       </c>
       <c r="D1013">
         <v>1</v>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" t="s" s="2">
-        <v>2393</v>
+        <v>2406</v>
       </c>
       <c r="B1014" t="s">
-        <v>2394</v>
+        <v>2407</v>
       </c>
       <c r="C1014" t="s" s="2">
-        <v>2395</v>
+        <v>2408</v>
       </c>
       <c r="D1014">
         <v>1</v>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" t="s" s="2">
-        <v>2396</v>
+        <v>2409</v>
       </c>
       <c r="B1015" t="s">
-        <v>2397</v>
+        <v>2410</v>
       </c>
       <c r="C1015" t="s" s="2">
-        <v>2398</v>
+        <v>2411</v>
       </c>
       <c r="D1015">
         <v>1</v>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" t="s" s="2">
-        <v>2399</v>
+        <v>2412</v>
       </c>
       <c r="B1016" t="s">
-        <v>2400</v>
+        <v>2413</v>
       </c>
       <c r="C1016" t="s" s="2">
-        <v>2401</v>
+        <v>2414</v>
       </c>
       <c r="D1016">
         <v>1</v>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" t="s" s="2">
-        <v>2402</v>
+        <v>2415</v>
       </c>
       <c r="B1017" t="s">
-        <v>2403</v>
+        <v>2416</v>
       </c>
       <c r="C1017" t="s" s="2">
-        <v>2404</v>
+        <v>2417</v>
       </c>
       <c r="D1017">
         <v>1</v>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" t="s" s="2">
-        <v>2405</v>
+        <v>2418</v>
       </c>
       <c r="B1018" t="s">
-        <v>2406</v>
+        <v>2419</v>
       </c>
       <c r="C1018" t="s" s="2">
-        <v>2407</v>
+        <v>2420</v>
       </c>
       <c r="D1018">
         <v>1</v>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" t="s" s="2">
-        <v>2408</v>
+        <v>2421</v>
       </c>
       <c r="B1019" t="s">
-        <v>2409</v>
+        <v>2422</v>
       </c>
       <c r="C1019" t="s" s="2">
-        <v>2410</v>
+        <v>2423</v>
       </c>
       <c r="D1019">
         <v>1</v>
       </c>
     </row>
     <row r="1020">
       <c r="A1020" t="s" s="2">
-        <v>2411</v>
+        <v>2424</v>
       </c>
       <c r="B1020" t="s">
-        <v>2412</v>
+        <v>2425</v>
       </c>
       <c r="C1020" t="s" s="2">
-        <v>2413</v>
+        <v>2426</v>
       </c>
       <c r="D1020">
         <v>1</v>
       </c>
     </row>
     <row r="1021">
       <c r="A1021" t="s" s="2">
-        <v>2414</v>
+        <v>2427</v>
       </c>
       <c r="B1021" t="s">
-        <v>2415</v>
+        <v>2428</v>
       </c>
       <c r="C1021" t="s" s="2">
-        <v>2416</v>
+        <v>2429</v>
       </c>
       <c r="D1021">
         <v>1</v>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" t="s" s="2">
-        <v>2417</v>
+        <v>2430</v>
       </c>
       <c r="B1022" t="s">
-        <v>2418</v>
+        <v>2431</v>
       </c>
       <c r="C1022" t="s" s="2">
-        <v>2419</v>
+        <v>2432</v>
       </c>
       <c r="D1022">
         <v>1</v>
       </c>
     </row>
     <row r="1023">
       <c r="A1023" t="s" s="2">
-        <v>2420</v>
+        <v>2433</v>
       </c>
       <c r="B1023" t="s">
-        <v>2421</v>
+        <v>2434</v>
       </c>
       <c r="C1023" t="s" s="2">
-        <v>2422</v>
+        <v>2435</v>
       </c>
       <c r="D1023">
         <v>1</v>
       </c>
     </row>
     <row r="1024">
       <c r="A1024" t="s" s="2">
-        <v>2423</v>
+        <v>2436</v>
       </c>
       <c r="B1024" t="s">
-        <v>2424</v>
+        <v>2437</v>
       </c>
       <c r="C1024" t="s" s="2">
-        <v>2425</v>
+        <v>2438</v>
       </c>
       <c r="D1024">
         <v>1</v>
       </c>
     </row>
     <row r="1025">
       <c r="A1025" t="s" s="2">
-        <v>2426</v>
+        <v>2439</v>
       </c>
       <c r="B1025" t="s">
-        <v>2427</v>
+        <v>2440</v>
       </c>
       <c r="C1025" t="s" s="2">
-        <v>2428</v>
+        <v>2441</v>
       </c>
       <c r="D1025">
         <v>1</v>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" t="s" s="2">
-        <v>2429</v>
+        <v>2442</v>
       </c>
       <c r="B1026" t="s">
-        <v>2430</v>
+        <v>2443</v>
       </c>
       <c r="C1026" t="s" s="2">
-        <v>2431</v>
+        <v>2444</v>
       </c>
       <c r="D1026">
         <v>1</v>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" t="s" s="2">
-        <v>2432</v>
+        <v>2445</v>
       </c>
       <c r="B1027" t="s">
-        <v>2433</v>
+        <v>2446</v>
       </c>
       <c r="C1027" t="s" s="2">
-        <v>2434</v>
+        <v>2447</v>
       </c>
       <c r="D1027">
         <v>1</v>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" t="s" s="2">
-        <v>2435</v>
+        <v>2448</v>
       </c>
       <c r="B1028" t="s">
-        <v>2436</v>
+        <v>2449</v>
       </c>
       <c r="C1028" t="s" s="2">
-        <v>2437</v>
+        <v>2450</v>
       </c>
       <c r="D1028">
         <v>1</v>
       </c>
     </row>
     <row r="1029">
       <c r="A1029" t="s" s="2">
-        <v>2438</v>
+        <v>2451</v>
       </c>
       <c r="B1029" t="s">
-        <v>2439</v>
+        <v>2452</v>
       </c>
       <c r="C1029" t="s" s="2">
-        <v>2440</v>
+        <v>2453</v>
       </c>
       <c r="D1029">
         <v>1</v>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" t="s" s="2">
-        <v>2441</v>
+        <v>2454</v>
       </c>
       <c r="B1030" t="s">
-        <v>2442</v>
+        <v>2455</v>
       </c>
       <c r="C1030" t="s" s="2">
-        <v>2443</v>
+        <v>2456</v>
       </c>
       <c r="D1030">
         <v>1</v>
       </c>
     </row>
     <row r="1031">
       <c r="A1031" t="s" s="2">
-        <v>2444</v>
+        <v>2457</v>
       </c>
       <c r="B1031" t="s">
-        <v>2445</v>
+        <v>2458</v>
       </c>
       <c r="C1031" t="s" s="2">
-        <v>2446</v>
+        <v>2459</v>
       </c>
       <c r="D1031">
         <v>1</v>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" t="s" s="2">
-        <v>2447</v>
+        <v>2460</v>
       </c>
       <c r="B1032" t="s">
-        <v>2448</v>
+        <v>2461</v>
       </c>
       <c r="C1032" t="s" s="2">
-        <v>2449</v>
+        <v>2462</v>
       </c>
       <c r="D1032">
         <v>1</v>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" t="s" s="2">
-        <v>2450</v>
+        <v>2463</v>
       </c>
       <c r="B1033" t="s">
-        <v>2451</v>
+        <v>2464</v>
       </c>
       <c r="C1033" t="s" s="2">
-        <v>2452</v>
+        <v>2465</v>
       </c>
       <c r="D1033">
         <v>1</v>
       </c>
     </row>
     <row r="1034">
       <c r="A1034" t="s" s="2">
-        <v>2453</v>
+        <v>2466</v>
       </c>
       <c r="B1034" t="s">
-        <v>2454</v>
+        <v>2467</v>
       </c>
       <c r="C1034" t="s" s="2">
-        <v>2455</v>
+        <v>2468</v>
       </c>
       <c r="D1034">
         <v>1</v>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" t="s" s="2">
-        <v>2456</v>
+        <v>2469</v>
       </c>
       <c r="B1035" t="s">
-        <v>2457</v>
+        <v>2470</v>
       </c>
       <c r="C1035" t="s" s="2">
-        <v>2458</v>
+        <v>2471</v>
       </c>
       <c r="D1035">
         <v>1</v>
       </c>
     </row>
     <row r="1036">
       <c r="A1036" t="s" s="2">
-        <v>2459</v>
+        <v>2472</v>
       </c>
       <c r="B1036" t="s">
-        <v>2460</v>
+        <v>2473</v>
       </c>
       <c r="C1036" t="s" s="2">
-        <v>2461</v>
+        <v>2474</v>
       </c>
       <c r="D1036">
         <v>1</v>
       </c>
     </row>
     <row r="1037">
       <c r="A1037" t="s" s="2">
-        <v>2462</v>
+        <v>2475</v>
       </c>
       <c r="B1037" t="s">
-        <v>2463</v>
+        <v>2476</v>
       </c>
       <c r="C1037" t="s" s="2">
-        <v>2464</v>
+        <v>2477</v>
       </c>
       <c r="D1037">
         <v>1</v>
       </c>
     </row>
     <row r="1038">
       <c r="A1038" t="s" s="2">
-        <v>2465</v>
+        <v>2478</v>
       </c>
       <c r="B1038" t="s">
-        <v>2466</v>
+        <v>2479</v>
       </c>
       <c r="C1038" t="s" s="2">
-        <v>2467</v>
+        <v>2480</v>
       </c>
       <c r="D1038">
         <v>1</v>
       </c>
     </row>
     <row r="1039">
       <c r="A1039" t="s" s="2">
-        <v>2468</v>
+        <v>2481</v>
       </c>
       <c r="B1039" t="s">
-        <v>2469</v>
+        <v>2482</v>
       </c>
       <c r="C1039" t="s" s="2">
-        <v>2470</v>
+        <v>2483</v>
       </c>
       <c r="D1039">
         <v>1</v>
       </c>
     </row>
     <row r="1040">
       <c r="A1040" t="s" s="2">
-        <v>2471</v>
+        <v>2484</v>
       </c>
       <c r="B1040" t="s">
-        <v>2472</v>
+        <v>2485</v>
       </c>
       <c r="C1040" t="s" s="2">
-        <v>2473</v>
+        <v>2486</v>
       </c>
       <c r="D1040">
         <v>1</v>
       </c>
     </row>
     <row r="1041">
       <c r="A1041" t="s" s="2">
-        <v>2474</v>
+        <v>2487</v>
       </c>
       <c r="B1041" t="s">
-        <v>2475</v>
+        <v>2488</v>
       </c>
       <c r="C1041" t="s" s="2">
-        <v>2476</v>
+        <v>2489</v>
       </c>
       <c r="D1041">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1042">
       <c r="A1042" t="s" s="2">
-        <v>2477</v>
+        <v>2490</v>
       </c>
       <c r="B1042" t="s">
-        <v>2478</v>
+        <v>2491</v>
       </c>
       <c r="C1042" t="s" s="2">
-        <v>2479</v>
+        <v>2492</v>
       </c>
       <c r="D1042">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1043">
       <c r="A1043" t="s" s="2">
-        <v>2480</v>
+        <v>2493</v>
       </c>
       <c r="B1043" t="s">
-        <v>2481</v>
+        <v>2494</v>
       </c>
       <c r="C1043" t="s" s="2">
-        <v>2482</v>
+        <v>2495</v>
       </c>
       <c r="D1043">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1044">
       <c r="A1044" t="s" s="2">
-        <v>2483</v>
+        <v>2496</v>
       </c>
       <c r="B1044" t="s">
-        <v>2484</v>
+        <v>2497</v>
       </c>
       <c r="C1044" t="s" s="2">
-        <v>2485</v>
+        <v>2498</v>
       </c>
       <c r="D1044">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1045">
       <c r="A1045" t="s" s="2">
-        <v>2486</v>
+        <v>2499</v>
       </c>
       <c r="B1045" t="s">
-        <v>2487</v>
+        <v>2500</v>
       </c>
       <c r="C1045" t="s" s="2">
-        <v>2488</v>
+        <v>2501</v>
       </c>
       <c r="D1045">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1046">
       <c r="A1046" t="s" s="2">
-        <v>2489</v>
+        <v>2502</v>
       </c>
       <c r="B1046" t="s">
-        <v>2490</v>
+        <v>2503</v>
       </c>
       <c r="C1046" t="s" s="2">
-        <v>2491</v>
+        <v>2504</v>
       </c>
       <c r="D1046">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1047">
       <c r="A1047" t="s" s="2">
-        <v>2492</v>
+        <v>2505</v>
       </c>
       <c r="B1047" t="s">
-        <v>2493</v>
+        <v>2506</v>
       </c>
       <c r="C1047" t="s" s="2">
-        <v>2494</v>
+        <v>2507</v>
       </c>
       <c r="D1047">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1048">
       <c r="A1048" t="s" s="2">
-        <v>2495</v>
+        <v>2508</v>
       </c>
       <c r="B1048" t="s">
-        <v>2496</v>
+        <v>2509</v>
       </c>
       <c r="C1048" t="s" s="2">
-        <v>2497</v>
+        <v>2510</v>
       </c>
       <c r="D1048">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1049">
       <c r="A1049" t="s" s="2">
-        <v>2498</v>
+        <v>2511</v>
       </c>
       <c r="B1049" t="s">
-        <v>2499</v>
+        <v>2512</v>
       </c>
       <c r="C1049" t="s" s="2">
-        <v>2500</v>
+        <v>2513</v>
       </c>
       <c r="D1049">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1050">
       <c r="A1050" t="s" s="2">
-        <v>2501</v>
+        <v>2514</v>
       </c>
       <c r="B1050" t="s">
-        <v>2502</v>
+        <v>2515</v>
       </c>
       <c r="C1050" t="s" s="2">
-        <v>2503</v>
+        <v>2516</v>
       </c>
       <c r="D1050">
         <v>1</v>
       </c>
     </row>
     <row r="1051">
       <c r="A1051" t="s" s="2">
-        <v>2504</v>
+        <v>2517</v>
       </c>
       <c r="B1051" t="s">
-        <v>2505</v>
+        <v>2518</v>
       </c>
       <c r="C1051" t="s" s="2">
-        <v>2506</v>
+        <v>2519</v>
       </c>
       <c r="D1051">
         <v>1</v>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" t="s" s="2">
-        <v>2507</v>
+        <v>2520</v>
       </c>
       <c r="B1052" t="s">
-        <v>2508</v>
+        <v>2521</v>
       </c>
       <c r="C1052" t="s" s="2">
-        <v>2509</v>
+        <v>2522</v>
       </c>
       <c r="D1052">
         <v>1</v>
       </c>
     </row>
     <row r="1053">
       <c r="A1053" t="s" s="2">
-        <v>2510</v>
+        <v>2523</v>
       </c>
       <c r="B1053" t="s">
-        <v>2511</v>
+        <v>2524</v>
       </c>
       <c r="C1053" t="s" s="2">
-        <v>2512</v>
+        <v>2525</v>
       </c>
       <c r="D1053">
         <v>1</v>
       </c>
     </row>
     <row r="1054">
       <c r="A1054" t="s" s="2">
-        <v>2513</v>
+        <v>2526</v>
       </c>
       <c r="B1054" t="s">
-        <v>2514</v>
+        <v>2527</v>
       </c>
       <c r="C1054" t="s" s="2">
-        <v>2515</v>
+        <v>2528</v>
       </c>
       <c r="D1054">
         <v>1</v>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" t="s" s="2">
-        <v>2516</v>
+        <v>2529</v>
       </c>
       <c r="B1055" t="s">
-        <v>2517</v>
+        <v>2530</v>
       </c>
       <c r="C1055" t="s" s="2">
-        <v>2518</v>
+        <v>2531</v>
       </c>
       <c r="D1055">
         <v>1</v>
       </c>
     </row>
     <row r="1056">
       <c r="A1056" t="s" s="2">
-        <v>2519</v>
+        <v>2532</v>
       </c>
       <c r="B1056" t="s">
-        <v>2520</v>
+        <v>2533</v>
       </c>
       <c r="C1056" t="s" s="2">
-        <v>2521</v>
+        <v>2534</v>
       </c>
       <c r="D1056">
         <v>1</v>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" t="s" s="2">
-        <v>2522</v>
+        <v>2535</v>
       </c>
       <c r="B1057" t="s">
-        <v>2523</v>
+        <v>2536</v>
       </c>
       <c r="C1057" t="s" s="2">
-        <v>2524</v>
+        <v>2537</v>
       </c>
       <c r="D1057">
         <v>1</v>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" t="s" s="2">
-        <v>2525</v>
+        <v>2538</v>
       </c>
       <c r="B1058" t="s">
-        <v>2526</v>
+        <v>2539</v>
       </c>
       <c r="C1058" t="s" s="2">
-        <v>2527</v>
+        <v>2540</v>
       </c>
       <c r="D1058">
         <v>1</v>
       </c>
     </row>
     <row r="1059">
       <c r="A1059" t="s" s="2">
-        <v>2528</v>
+        <v>2541</v>
       </c>
       <c r="B1059" t="s">
-        <v>2529</v>
+        <v>2542</v>
       </c>
       <c r="C1059" t="s" s="2">
-        <v>2530</v>
+        <v>2543</v>
       </c>
       <c r="D1059">
         <v>1</v>
       </c>
     </row>
     <row r="1060">
       <c r="A1060" t="s" s="2">
-        <v>2531</v>
+        <v>2544</v>
       </c>
       <c r="B1060" t="s">
-        <v>2532</v>
+        <v>2545</v>
       </c>
       <c r="C1060" t="s" s="2">
-        <v>2533</v>
+        <v>2546</v>
       </c>
       <c r="D1060">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1061">
       <c r="A1061" t="s" s="2">
-        <v>2534</v>
+        <v>2547</v>
       </c>
       <c r="B1061" t="s">
-        <v>2535</v>
+        <v>2548</v>
       </c>
       <c r="C1061" t="s" s="2">
-        <v>2536</v>
+        <v>2549</v>
       </c>
       <c r="D1061">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1062">
       <c r="A1062" t="s" s="2">
-        <v>2537</v>
+        <v>2550</v>
       </c>
       <c r="B1062" t="s">
-        <v>2538</v>
+        <v>2551</v>
       </c>
       <c r="C1062" t="s" s="2">
-        <v>2539</v>
+        <v>2552</v>
       </c>
       <c r="D1062">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1063">
       <c r="A1063" t="s" s="2">
-        <v>2540</v>
+        <v>2553</v>
       </c>
       <c r="B1063" t="s">
-        <v>2541</v>
+        <v>2554</v>
       </c>
       <c r="C1063" t="s" s="2">
-        <v>2542</v>
+        <v>2555</v>
       </c>
       <c r="D1063">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1064">
       <c r="A1064" t="s" s="2">
-        <v>2543</v>
+        <v>2556</v>
       </c>
       <c r="B1064" t="s">
-        <v>2544</v>
+        <v>2557</v>
       </c>
       <c r="C1064" t="s" s="2">
-        <v>2545</v>
+        <v>2558</v>
       </c>
       <c r="D1064">
         <v>1</v>
       </c>
     </row>
     <row r="1065">
       <c r="A1065" t="s" s="2">
-        <v>2546</v>
+        <v>2559</v>
       </c>
       <c r="B1065" t="s">
-        <v>2547</v>
+        <v>2560</v>
       </c>
       <c r="C1065" t="s" s="2">
-        <v>2548</v>
+        <v>2561</v>
       </c>
       <c r="D1065">
         <v>1</v>
       </c>
     </row>
     <row r="1066">
       <c r="A1066" t="s" s="2">
-        <v>2549</v>
+        <v>2562</v>
       </c>
       <c r="B1066" t="s">
-        <v>2550</v>
+        <v>2563</v>
       </c>
       <c r="C1066" t="s" s="2">
-        <v>2551</v>
+        <v>2564</v>
       </c>
       <c r="D1066">
         <v>1</v>
       </c>
     </row>
     <row r="1067">
       <c r="A1067" t="s" s="2">
-        <v>2552</v>
+        <v>2565</v>
       </c>
       <c r="B1067" t="s">
-        <v>2553</v>
+        <v>2566</v>
       </c>
       <c r="C1067" t="s" s="2">
-        <v>2554</v>
+        <v>2567</v>
       </c>
       <c r="D1067">
         <v>1</v>
       </c>
     </row>
     <row r="1068">
       <c r="A1068" t="s" s="2">
-        <v>2555</v>
+        <v>2568</v>
       </c>
       <c r="B1068" t="s">
-        <v>2556</v>
+        <v>2569</v>
       </c>
       <c r="C1068" t="s" s="2">
-        <v>2557</v>
+        <v>2570</v>
       </c>
       <c r="D1068">
         <v>1</v>
       </c>
     </row>
     <row r="1069">
       <c r="A1069" t="s" s="2">
-        <v>2558</v>
+        <v>2571</v>
       </c>
       <c r="B1069" t="s">
-        <v>2559</v>
+        <v>2572</v>
       </c>
       <c r="C1069" t="s" s="2">
-        <v>2560</v>
+        <v>2573</v>
       </c>
       <c r="D1069">
         <v>1</v>
       </c>
     </row>
     <row r="1070">
       <c r="A1070" t="s" s="2">
-        <v>2561</v>
+        <v>2574</v>
       </c>
       <c r="B1070" t="s">
-        <v>2562</v>
+        <v>2575</v>
       </c>
       <c r="C1070" t="s" s="2">
-        <v>2563</v>
+        <v>2576</v>
       </c>
       <c r="D1070">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1071">
       <c r="A1071" t="s" s="2">
-        <v>2564</v>
+        <v>2577</v>
       </c>
       <c r="B1071" t="s">
-        <v>2565</v>
+        <v>2578</v>
       </c>
       <c r="C1071" t="s" s="2">
-        <v>2566</v>
+        <v>2579</v>
       </c>
       <c r="D1071">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1072">
       <c r="A1072" t="s" s="2">
-        <v>2567</v>
+        <v>2580</v>
       </c>
       <c r="B1072" t="s">
-        <v>2568</v>
+        <v>2581</v>
       </c>
       <c r="C1072" t="s" s="2">
-        <v>2569</v>
+        <v>2582</v>
       </c>
       <c r="D1072">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1073">
       <c r="A1073" t="s" s="2">
-        <v>2570</v>
+        <v>2583</v>
       </c>
       <c r="B1073" t="s">
-        <v>2571</v>
+        <v>2584</v>
       </c>
       <c r="C1073" t="s" s="2">
-        <v>2572</v>
+        <v>2585</v>
       </c>
       <c r="D1073">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1074">
       <c r="A1074" t="s" s="2">
-        <v>2573</v>
+        <v>2586</v>
       </c>
       <c r="B1074" t="s">
-        <v>2574</v>
+        <v>2587</v>
       </c>
       <c r="C1074" t="s" s="2">
-        <v>2575</v>
+        <v>2588</v>
       </c>
       <c r="D1074">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1075">
       <c r="A1075" t="s" s="2">
-        <v>2576</v>
+        <v>2589</v>
       </c>
       <c r="B1075" t="s">
-        <v>2577</v>
+        <v>2590</v>
       </c>
       <c r="C1075" t="s" s="2">
-        <v>2578</v>
+        <v>2591</v>
       </c>
       <c r="D1075">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" t="s" s="2">
-        <v>2579</v>
+        <v>2592</v>
       </c>
       <c r="B1076" t="s">
-        <v>2580</v>
+        <v>2593</v>
       </c>
       <c r="C1076" t="s" s="2">
-        <v>2581</v>
+        <v>2594</v>
       </c>
       <c r="D1076">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1077">
       <c r="A1077" t="s" s="2">
-        <v>2582</v>
+        <v>2595</v>
       </c>
       <c r="B1077" t="s">
-        <v>2583</v>
+        <v>2596</v>
       </c>
       <c r="C1077" t="s" s="2">
-        <v>2584</v>
+        <v>2597</v>
       </c>
       <c r="D1077">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1078">
       <c r="A1078" t="s" s="2">
-        <v>2585</v>
+        <v>2598</v>
       </c>
       <c r="B1078" t="s">
-        <v>2586</v>
+        <v>2599</v>
       </c>
       <c r="C1078" t="s" s="2">
-        <v>2587</v>
+        <v>2600</v>
       </c>
       <c r="D1078">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1079">
       <c r="A1079" t="s" s="2">
-        <v>2588</v>
+        <v>2601</v>
       </c>
       <c r="B1079" t="s">
-        <v>2589</v>
+        <v>2602</v>
       </c>
       <c r="C1079" t="s" s="2">
-        <v>2590</v>
+        <v>2603</v>
       </c>
       <c r="D1079">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1080">
       <c r="A1080" t="s" s="2">
-        <v>2591</v>
+        <v>2604</v>
       </c>
       <c r="B1080" t="s">
-        <v>2592</v>
+        <v>2605</v>
       </c>
       <c r="C1080" t="s" s="2">
-        <v>2593</v>
+        <v>2606</v>
       </c>
       <c r="D1080">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1081">
       <c r="A1081" t="s" s="2">
-        <v>2594</v>
+        <v>2607</v>
       </c>
       <c r="B1081" t="s">
-        <v>2595</v>
+        <v>2608</v>
       </c>
       <c r="C1081" t="s" s="2">
-        <v>2596</v>
+        <v>2609</v>
       </c>
       <c r="D1081">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1082">
       <c r="A1082" t="s" s="2">
-        <v>2597</v>
+        <v>2610</v>
       </c>
       <c r="B1082" t="s">
-        <v>2598</v>
+        <v>2611</v>
       </c>
       <c r="C1082" t="s" s="2">
-        <v>2599</v>
+        <v>2612</v>
       </c>
       <c r="D1082">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1083">
       <c r="A1083" t="s" s="2">
-        <v>2600</v>
+        <v>2613</v>
       </c>
       <c r="B1083" t="s">
-        <v>2601</v>
+        <v>2614</v>
       </c>
       <c r="C1083" t="s" s="2">
-        <v>2602</v>
+        <v>2615</v>
       </c>
       <c r="D1083">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1084">
       <c r="A1084" t="s" s="2">
-        <v>2603</v>
+        <v>2616</v>
       </c>
       <c r="B1084" t="s">
-        <v>2604</v>
+        <v>2617</v>
       </c>
       <c r="C1084" t="s" s="2">
-        <v>2605</v>
+        <v>2618</v>
       </c>
       <c r="D1084">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1085">
       <c r="A1085" t="s" s="2">
-        <v>2606</v>
+        <v>2619</v>
       </c>
       <c r="B1085" t="s">
-        <v>2607</v>
+        <v>2620</v>
       </c>
       <c r="C1085" t="s" s="2">
-        <v>2608</v>
+        <v>2621</v>
       </c>
       <c r="D1085">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1086">
       <c r="A1086" t="s" s="2">
-        <v>2609</v>
+        <v>2622</v>
       </c>
       <c r="B1086" t="s">
-        <v>2610</v>
+        <v>2623</v>
       </c>
       <c r="C1086" t="s" s="2">
-        <v>2611</v>
+        <v>2624</v>
       </c>
       <c r="D1086">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1087">
       <c r="A1087" t="s" s="2">
-        <v>2612</v>
+        <v>2625</v>
       </c>
       <c r="B1087" t="s">
-        <v>2613</v>
+        <v>2626</v>
       </c>
       <c r="C1087" t="s" s="2">
-        <v>2614</v>
+        <v>2627</v>
       </c>
       <c r="D1087">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1088">
       <c r="A1088" t="s" s="2">
-        <v>2615</v>
+        <v>2628</v>
       </c>
       <c r="B1088" t="s">
-        <v>2616</v>
+        <v>2629</v>
       </c>
       <c r="C1088" t="s" s="2">
-        <v>2617</v>
+        <v>2630</v>
       </c>
       <c r="D1088">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1089">
       <c r="A1089" t="s" s="2">
-        <v>2618</v>
+        <v>2631</v>
       </c>
       <c r="B1089" t="s">
-        <v>2619</v>
+        <v>2632</v>
       </c>
       <c r="C1089" t="s" s="2">
-        <v>2620</v>
+        <v>2633</v>
       </c>
       <c r="D1089">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1090">
       <c r="A1090" t="s" s="2">
-        <v>2621</v>
+        <v>2634</v>
       </c>
       <c r="B1090" t="s">
-        <v>2622</v>
+        <v>2635</v>
       </c>
       <c r="C1090" t="s" s="2">
-        <v>2623</v>
+        <v>2636</v>
       </c>
       <c r="D1090">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1091">
       <c r="A1091" t="s" s="2">
-        <v>2624</v>
+        <v>2637</v>
       </c>
       <c r="B1091" t="s">
-        <v>2625</v>
+        <v>2638</v>
       </c>
       <c r="C1091" t="s" s="2">
-        <v>2626</v>
+        <v>2639</v>
       </c>
       <c r="D1091">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1092">
       <c r="A1092" t="s" s="2">
-        <v>2627</v>
+        <v>2640</v>
       </c>
       <c r="B1092" t="s">
-        <v>2628</v>
+        <v>2641</v>
       </c>
       <c r="C1092" t="s" s="2">
-        <v>2629</v>
+        <v>2642</v>
       </c>
       <c r="D1092">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1093">
       <c r="A1093" t="s" s="2">
-        <v>2630</v>
+        <v>2643</v>
       </c>
       <c r="B1093" t="s">
-        <v>2631</v>
+        <v>2644</v>
       </c>
       <c r="C1093" t="s" s="2">
-        <v>2632</v>
+        <v>2645</v>
       </c>
       <c r="D1093">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1094">
       <c r="A1094" t="s" s="2">
-        <v>2633</v>
+        <v>2646</v>
       </c>
       <c r="B1094" t="s">
-        <v>2634</v>
+        <v>2647</v>
       </c>
       <c r="C1094" t="s" s="2">
-        <v>2635</v>
+        <v>2648</v>
       </c>
       <c r="D1094">
         <v>1</v>
       </c>
     </row>
     <row r="1095">
       <c r="A1095" t="s" s="2">
-        <v>2636</v>
+        <v>2649</v>
       </c>
       <c r="B1095" t="s">
-        <v>2637</v>
+        <v>2650</v>
       </c>
       <c r="C1095" t="s" s="2">
-        <v>2638</v>
+        <v>2651</v>
       </c>
       <c r="D1095">
         <v>1</v>
       </c>
     </row>
     <row r="1096">
       <c r="A1096" t="s" s="2">
-        <v>2639</v>
+        <v>2652</v>
       </c>
       <c r="B1096" t="s">
-        <v>2640</v>
+        <v>2653</v>
       </c>
       <c r="C1096" t="s" s="2">
-        <v>2641</v>
+        <v>2654</v>
       </c>
       <c r="D1096">
         <v>1</v>
       </c>
     </row>
     <row r="1097">
       <c r="A1097" t="s" s="2">
-        <v>2642</v>
+        <v>2655</v>
       </c>
       <c r="B1097" t="s">
-        <v>2643</v>
+        <v>2656</v>
       </c>
       <c r="C1097" t="s" s="2">
-        <v>2644</v>
+        <v>2657</v>
       </c>
       <c r="D1097">
         <v>1</v>
       </c>
     </row>
     <row r="1098">
       <c r="A1098" t="s" s="2">
-        <v>2645</v>
+        <v>2658</v>
       </c>
       <c r="B1098" t="s">
-        <v>2646</v>
+        <v>2659</v>
       </c>
       <c r="C1098" t="s" s="2">
-        <v>2647</v>
+        <v>2660</v>
       </c>
       <c r="D1098">
         <v>1</v>
       </c>
     </row>
     <row r="1099">
       <c r="A1099" t="s" s="2">
-        <v>2648</v>
+        <v>2661</v>
       </c>
       <c r="B1099" t="s">
-        <v>2649</v>
+        <v>2662</v>
       </c>
       <c r="C1099" t="s" s="2">
-        <v>2650</v>
+        <v>2663</v>
       </c>
       <c r="D1099">
         <v>1</v>
       </c>
     </row>
     <row r="1100">
       <c r="A1100" t="s" s="2">
-        <v>2651</v>
+        <v>2664</v>
       </c>
       <c r="B1100" t="s">
-        <v>2652</v>
+        <v>2665</v>
       </c>
       <c r="C1100" t="s" s="2">
-        <v>2653</v>
+        <v>2666</v>
       </c>
       <c r="D1100">
         <v>1</v>
       </c>
     </row>
     <row r="1101">
       <c r="A1101" t="s" s="2">
-        <v>2654</v>
+        <v>2667</v>
       </c>
       <c r="B1101" t="s">
-        <v>2655</v>
+        <v>2668</v>
       </c>
       <c r="C1101" t="s" s="2">
-        <v>2656</v>
+        <v>2669</v>
       </c>
       <c r="D1101">
         <v>1</v>
       </c>
     </row>
     <row r="1102">
       <c r="A1102" t="s" s="2">
-        <v>2657</v>
+        <v>2670</v>
       </c>
       <c r="B1102" t="s">
-        <v>2658</v>
+        <v>2671</v>
       </c>
       <c r="C1102" t="s" s="2">
-        <v>2659</v>
+        <v>2672</v>
       </c>
       <c r="D1102">
         <v>1</v>
       </c>
     </row>
     <row r="1103">
       <c r="A1103" t="s" s="2">
-        <v>2660</v>
+        <v>2673</v>
       </c>
       <c r="B1103" t="s">
-        <v>2661</v>
+        <v>2674</v>
       </c>
       <c r="C1103" t="s" s="2">
-        <v>2662</v>
+        <v>2675</v>
       </c>
       <c r="D1103">
         <v>1</v>
       </c>
     </row>
     <row r="1104">
       <c r="A1104" t="s" s="2">
-        <v>2663</v>
+        <v>2676</v>
       </c>
       <c r="B1104" t="s">
-        <v>2664</v>
+        <v>2677</v>
       </c>
       <c r="C1104" t="s" s="2">
-        <v>2665</v>
+        <v>2678</v>
       </c>
       <c r="D1104">
         <v>1</v>
       </c>
     </row>
     <row r="1105">
       <c r="A1105" t="s" s="2">
-        <v>2666</v>
+        <v>2679</v>
       </c>
       <c r="B1105" t="s">
-        <v>2667</v>
+        <v>2680</v>
       </c>
       <c r="C1105" t="s" s="2">
-        <v>2668</v>
+        <v>2681</v>
       </c>
       <c r="D1105">
         <v>1</v>
       </c>
     </row>
     <row r="1106">
       <c r="A1106" t="s" s="2">
-        <v>2669</v>
+        <v>2682</v>
       </c>
       <c r="B1106" t="s">
-        <v>2670</v>
+        <v>2683</v>
       </c>
       <c r="C1106" t="s" s="2">
-        <v>2671</v>
+        <v>2684</v>
       </c>
       <c r="D1106">
         <v>1</v>
       </c>
     </row>
     <row r="1107">
       <c r="A1107" t="s" s="2">
-        <v>2672</v>
+        <v>2685</v>
       </c>
       <c r="B1107" t="s">
-        <v>2673</v>
+        <v>2686</v>
       </c>
       <c r="C1107" t="s" s="2">
-        <v>2674</v>
+        <v>2687</v>
       </c>
       <c r="D1107">
         <v>1</v>
       </c>
     </row>
     <row r="1108">
       <c r="A1108" t="s" s="2">
-        <v>2675</v>
+        <v>2688</v>
       </c>
       <c r="B1108" t="s">
-        <v>2676</v>
+        <v>2689</v>
       </c>
       <c r="C1108" t="s" s="2">
-        <v>2677</v>
+        <v>2690</v>
       </c>
       <c r="D1108">
         <v>1</v>
       </c>
     </row>
     <row r="1109">
       <c r="A1109" t="s" s="2">
-        <v>2678</v>
+        <v>2691</v>
       </c>
       <c r="B1109" t="s">
-        <v>2679</v>
+        <v>2692</v>
       </c>
       <c r="C1109" t="s" s="2">
-        <v>2680</v>
+        <v>2693</v>
       </c>
       <c r="D1109">
         <v>1</v>
       </c>
     </row>
     <row r="1110">
       <c r="A1110" t="s" s="2">
-        <v>2681</v>
+        <v>2694</v>
       </c>
       <c r="B1110" t="s">
-        <v>2682</v>
+        <v>2695</v>
       </c>
       <c r="C1110" t="s" s="2">
-        <v>2683</v>
+        <v>2696</v>
       </c>
       <c r="D1110">
         <v>1</v>
       </c>
     </row>
     <row r="1111">
       <c r="A1111" t="s" s="2">
-        <v>2684</v>
+        <v>2697</v>
       </c>
       <c r="B1111" t="s">
-        <v>2685</v>
+        <v>2698</v>
       </c>
       <c r="C1111" t="s" s="2">
-        <v>2686</v>
+        <v>2699</v>
       </c>
       <c r="D1111">
         <v>1</v>
       </c>
     </row>
     <row r="1112">
       <c r="A1112" t="s" s="2">
-        <v>2687</v>
+        <v>2700</v>
       </c>
       <c r="B1112" t="s">
-        <v>2688</v>
+        <v>2701</v>
       </c>
       <c r="C1112" t="s" s="2">
-        <v>2689</v>
+        <v>2702</v>
       </c>
       <c r="D1112">
         <v>1</v>
       </c>
     </row>
     <row r="1113">
       <c r="A1113" t="s" s="2">
-        <v>2690</v>
+        <v>2703</v>
       </c>
       <c r="B1113" t="s">
-        <v>2691</v>
+        <v>2704</v>
       </c>
       <c r="C1113" t="s" s="2">
-        <v>2692</v>
+        <v>2705</v>
       </c>
       <c r="D1113">
         <v>1</v>
       </c>
     </row>
     <row r="1114">
       <c r="A1114" t="s" s="2">
-        <v>2693</v>
+        <v>2706</v>
       </c>
       <c r="B1114" t="s">
-        <v>2694</v>
+        <v>2707</v>
       </c>
       <c r="C1114" t="s" s="2">
-        <v>2695</v>
+        <v>2708</v>
       </c>
       <c r="D1114">
         <v>1</v>
       </c>
     </row>
     <row r="1115">
       <c r="A1115" t="s" s="2">
-        <v>2696</v>
+        <v>2709</v>
       </c>
       <c r="B1115" t="s">
-        <v>2697</v>
+        <v>2710</v>
       </c>
       <c r="C1115" t="s" s="2">
-        <v>2698</v>
+        <v>2711</v>
       </c>
       <c r="D1115">
         <v>1</v>
       </c>
     </row>
     <row r="1116">
       <c r="A1116" t="s" s="2">
-        <v>2699</v>
+        <v>2712</v>
       </c>
       <c r="B1116" t="s">
-        <v>2700</v>
+        <v>2713</v>
       </c>
       <c r="C1116" t="s" s="2">
-        <v>2701</v>
+        <v>2714</v>
       </c>
       <c r="D1116">
         <v>1</v>
       </c>
     </row>
     <row r="1117">
       <c r="A1117" t="s" s="2">
-        <v>2702</v>
+        <v>2715</v>
       </c>
       <c r="B1117" t="s">
-        <v>2703</v>
+        <v>2716</v>
       </c>
       <c r="C1117" t="s" s="2">
-        <v>2704</v>
+        <v>2717</v>
       </c>
       <c r="D1117">
         <v>1</v>
       </c>
     </row>
     <row r="1118">
       <c r="A1118" t="s" s="2">
-        <v>2705</v>
+        <v>2718</v>
       </c>
       <c r="B1118" t="s">
-        <v>2706</v>
+        <v>2719</v>
       </c>
       <c r="C1118" t="s" s="2">
-        <v>2707</v>
+        <v>2720</v>
       </c>
       <c r="D1118">
         <v>1</v>
       </c>
     </row>
     <row r="1119">
       <c r="A1119" t="s" s="2">
-        <v>2708</v>
+        <v>2721</v>
       </c>
       <c r="B1119" t="s">
-        <v>2709</v>
+        <v>2722</v>
       </c>
       <c r="C1119" t="s" s="2">
-        <v>2710</v>
+        <v>2723</v>
       </c>
       <c r="D1119">
         <v>1</v>
       </c>
     </row>
     <row r="1120">
       <c r="A1120" t="s" s="2">
-        <v>2711</v>
+        <v>2724</v>
       </c>
       <c r="B1120" t="s">
-        <v>2712</v>
+        <v>2725</v>
       </c>
       <c r="C1120" t="s" s="2">
-        <v>2713</v>
+        <v>2726</v>
       </c>
       <c r="D1120">
         <v>1</v>
       </c>
     </row>
     <row r="1121">
       <c r="A1121" t="s" s="2">
-        <v>2714</v>
+        <v>2727</v>
       </c>
       <c r="B1121" t="s">
-        <v>2715</v>
+        <v>2728</v>
       </c>
       <c r="C1121" t="s" s="2">
-        <v>2716</v>
+        <v>2729</v>
       </c>
       <c r="D1121">
         <v>1</v>
       </c>
     </row>
     <row r="1122">
       <c r="A1122" t="s" s="2">
-        <v>2717</v>
+        <v>2730</v>
       </c>
       <c r="B1122" t="s">
-        <v>2718</v>
+        <v>2731</v>
       </c>
       <c r="C1122" t="s" s="2">
-        <v>2719</v>
+        <v>2732</v>
       </c>
       <c r="D1122">
         <v>1</v>
       </c>
     </row>
     <row r="1123">
       <c r="A1123" t="s" s="2">
-        <v>2720</v>
+        <v>2733</v>
       </c>
       <c r="B1123" t="s">
-        <v>2721</v>
+        <v>2734</v>
       </c>
       <c r="C1123" t="s" s="2">
-        <v>2722</v>
+        <v>2735</v>
       </c>
       <c r="D1123">
         <v>1</v>
       </c>
     </row>
     <row r="1124">
       <c r="A1124" t="s" s="2">
-        <v>2723</v>
+        <v>2736</v>
       </c>
       <c r="B1124" t="s">
-        <v>2724</v>
+        <v>2737</v>
       </c>
       <c r="C1124" t="s" s="2">
-        <v>2725</v>
+        <v>2738</v>
       </c>
       <c r="D1124">
         <v>1</v>
       </c>
     </row>
     <row r="1125">
       <c r="A1125" t="s" s="2">
-        <v>2726</v>
+        <v>2739</v>
       </c>
       <c r="B1125" t="s">
-        <v>2727</v>
+        <v>2740</v>
       </c>
       <c r="C1125" t="s" s="2">
-        <v>2728</v>
+        <v>2741</v>
       </c>
       <c r="D1125">
         <v>1</v>
       </c>
     </row>
     <row r="1126">
       <c r="A1126" t="s" s="2">
-        <v>2729</v>
+        <v>2742</v>
       </c>
       <c r="B1126" t="s">
-        <v>2730</v>
+        <v>2743</v>
       </c>
       <c r="C1126" t="s" s="2">
-        <v>2731</v>
+        <v>2744</v>
       </c>
       <c r="D1126">
         <v>1</v>
       </c>
     </row>
     <row r="1127">
       <c r="A1127" t="s" s="2">
-        <v>2732</v>
+        <v>2745</v>
       </c>
       <c r="B1127" t="s">
-        <v>2733</v>
+        <v>2746</v>
       </c>
       <c r="C1127" t="s" s="2">
-        <v>2734</v>
+        <v>2747</v>
       </c>
       <c r="D1127">
         <v>1</v>
       </c>
     </row>
     <row r="1128">
       <c r="A1128" t="s" s="2">
-        <v>2735</v>
+        <v>2748</v>
       </c>
       <c r="B1128" t="s">
-        <v>2736</v>
+        <v>2749</v>
       </c>
       <c r="C1128" t="s" s="2">
-        <v>2737</v>
+        <v>2750</v>
       </c>
       <c r="D1128">
         <v>1</v>
       </c>
     </row>
     <row r="1129">
       <c r="A1129" t="s" s="2">
-        <v>2738</v>
+        <v>2751</v>
       </c>
       <c r="B1129" t="s">
-        <v>2739</v>
+        <v>2752</v>
       </c>
       <c r="C1129" t="s" s="2">
-        <v>2740</v>
+        <v>2753</v>
       </c>
       <c r="D1129">
         <v>1</v>
       </c>
     </row>
     <row r="1130">
       <c r="A1130" t="s" s="2">
-        <v>2741</v>
+        <v>2754</v>
       </c>
       <c r="B1130" t="s">
-        <v>2742</v>
+        <v>2755</v>
       </c>
       <c r="C1130" t="s" s="2">
-        <v>2743</v>
+        <v>2756</v>
       </c>
       <c r="D1130">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1131">
       <c r="A1131" t="s" s="2">
-        <v>2744</v>
+        <v>2757</v>
       </c>
       <c r="B1131" t="s">
-        <v>2745</v>
+        <v>2758</v>
       </c>
       <c r="C1131" t="s" s="2">
-        <v>2746</v>
+        <v>2759</v>
       </c>
       <c r="D1131">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1132">
       <c r="A1132" t="s" s="2">
-        <v>2747</v>
+        <v>2760</v>
       </c>
       <c r="B1132" t="s">
-        <v>2748</v>
+        <v>2761</v>
       </c>
       <c r="C1132" t="s" s="2">
-        <v>2749</v>
+        <v>2762</v>
       </c>
       <c r="D1132">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1133">
       <c r="A1133" t="s" s="2">
-        <v>2750</v>
+        <v>2763</v>
       </c>
       <c r="B1133" t="s">
-        <v>2751</v>
+        <v>2764</v>
       </c>
       <c r="C1133" t="s" s="2">
-        <v>2752</v>
+        <v>2765</v>
       </c>
       <c r="D1133">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1134">
       <c r="A1134" t="s" s="2">
-        <v>2753</v>
+        <v>2766</v>
       </c>
       <c r="B1134" t="s">
-        <v>2754</v>
+        <v>2767</v>
       </c>
       <c r="C1134" t="s" s="2">
-        <v>2755</v>
+        <v>2768</v>
       </c>
       <c r="D1134">
         <v>1</v>
       </c>
     </row>
     <row r="1135">
       <c r="A1135" t="s" s="2">
-        <v>2756</v>
+        <v>2769</v>
       </c>
       <c r="B1135" t="s">
-        <v>2757</v>
+        <v>2770</v>
       </c>
       <c r="C1135" t="s" s="2">
-        <v>2758</v>
+        <v>2771</v>
       </c>
       <c r="D1135">
         <v>1</v>
       </c>
     </row>
     <row r="1136">
       <c r="A1136" t="s" s="2">
-        <v>2759</v>
+        <v>2772</v>
       </c>
       <c r="B1136" t="s">
-        <v>2760</v>
+        <v>2773</v>
       </c>
       <c r="C1136" t="s" s="2">
-        <v>2761</v>
+        <v>2774</v>
       </c>
       <c r="D1136">
         <v>1</v>
       </c>
     </row>
     <row r="1137">
       <c r="A1137" t="s" s="2">
-        <v>2762</v>
+        <v>2775</v>
       </c>
       <c r="B1137" t="s">
-        <v>2763</v>
+        <v>2776</v>
       </c>
       <c r="C1137" t="s" s="2">
-        <v>2764</v>
+        <v>2777</v>
       </c>
       <c r="D1137">
         <v>1</v>
       </c>
     </row>
     <row r="1138">
       <c r="A1138" t="s" s="2">
-        <v>2765</v>
+        <v>2778</v>
       </c>
       <c r="B1138" t="s">
-        <v>2766</v>
+        <v>2779</v>
       </c>
       <c r="C1138" t="s" s="2">
-        <v>2767</v>
+        <v>2780</v>
       </c>
       <c r="D1138">
         <v>1</v>
       </c>
     </row>
     <row r="1139">
       <c r="A1139" t="s" s="2">
-        <v>2768</v>
+        <v>2781</v>
       </c>
       <c r="B1139" t="s">
-        <v>2769</v>
+        <v>2782</v>
       </c>
       <c r="C1139" t="s" s="2">
-        <v>2770</v>
+        <v>2783</v>
       </c>
       <c r="D1139">
         <v>1</v>
       </c>
     </row>
     <row r="1140">
       <c r="A1140" t="s" s="2">
-        <v>2771</v>
+        <v>2784</v>
       </c>
       <c r="B1140" t="s">
-        <v>2772</v>
+        <v>2785</v>
       </c>
       <c r="C1140" t="s" s="2">
-        <v>2773</v>
+        <v>2786</v>
       </c>
       <c r="D1140">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1141">
       <c r="A1141" t="s" s="2">
-        <v>2774</v>
+        <v>2787</v>
       </c>
       <c r="B1141" t="s">
-        <v>2775</v>
+        <v>2788</v>
       </c>
       <c r="C1141" t="s" s="2">
-        <v>2776</v>
+        <v>2789</v>
       </c>
       <c r="D1141">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1142">
       <c r="A1142" t="s" s="2">
-        <v>2777</v>
+        <v>2790</v>
       </c>
       <c r="B1142" t="s">
-        <v>2778</v>
+        <v>2791</v>
       </c>
       <c r="C1142" t="s" s="2">
-        <v>2779</v>
+        <v>2792</v>
       </c>
       <c r="D1142">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1143">
       <c r="A1143" t="s" s="2">
-        <v>2780</v>
+        <v>2793</v>
       </c>
       <c r="B1143" t="s">
-        <v>2781</v>
+        <v>2794</v>
       </c>
       <c r="C1143" t="s" s="2">
-        <v>2782</v>
+        <v>2795</v>
       </c>
       <c r="D1143">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1144">
       <c r="A1144" t="s" s="2">
-        <v>2783</v>
+        <v>2796</v>
       </c>
       <c r="B1144" t="s">
-        <v>2784</v>
+        <v>2797</v>
       </c>
       <c r="C1144" t="s" s="2">
-        <v>2785</v>
+        <v>2798</v>
       </c>
       <c r="D1144">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1145">
       <c r="A1145" t="s" s="2">
-        <v>2786</v>
+        <v>2799</v>
       </c>
       <c r="B1145" t="s">
-        <v>2787</v>
+        <v>2800</v>
       </c>
       <c r="C1145" t="s" s="2">
-        <v>2788</v>
+        <v>2801</v>
       </c>
       <c r="D1145">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1146">
       <c r="A1146" t="s" s="2">
-        <v>2789</v>
+        <v>2802</v>
       </c>
       <c r="B1146" t="s">
-        <v>2790</v>
+        <v>2803</v>
       </c>
       <c r="C1146" t="s" s="2">
-        <v>2791</v>
+        <v>2804</v>
       </c>
       <c r="D1146">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1147">
       <c r="A1147" t="s" s="2">
-        <v>2792</v>
+        <v>2805</v>
       </c>
       <c r="B1147" t="s">
-        <v>2793</v>
+        <v>2806</v>
       </c>
       <c r="C1147" t="s" s="2">
-        <v>2794</v>
+        <v>2807</v>
       </c>
       <c r="D1147">
         <v>5</v>
       </c>
     </row>
     <row r="1148">
       <c r="A1148" t="s" s="2">
-        <v>2795</v>
+        <v>2808</v>
       </c>
       <c r="B1148" t="s">
-        <v>2796</v>
+        <v>2809</v>
       </c>
       <c r="C1148" t="s" s="2">
-        <v>2797</v>
+        <v>2810</v>
       </c>
       <c r="D1148">
         <v>5</v>
       </c>
     </row>
     <row r="1149">
       <c r="A1149" t="s" s="2">
-        <v>2798</v>
+        <v>2811</v>
       </c>
       <c r="B1149" t="s">
-        <v>2799</v>
+        <v>2812</v>
       </c>
       <c r="C1149" t="s" s="2">
-        <v>2800</v>
+        <v>2813</v>
       </c>
       <c r="D1149">
         <v>5</v>
       </c>
     </row>
     <row r="1150">
       <c r="A1150" t="s" s="2">
-        <v>2801</v>
+        <v>2814</v>
       </c>
       <c r="B1150" t="s">
-        <v>2802</v>
+        <v>2815</v>
       </c>
       <c r="C1150" t="s" s="2">
-        <v>2803</v>
+        <v>2816</v>
       </c>
       <c r="D1150">
         <v>5</v>
       </c>
     </row>
     <row r="1151">
       <c r="A1151" t="s" s="2">
-        <v>2804</v>
+        <v>2817</v>
       </c>
       <c r="B1151" t="s">
-        <v>2805</v>
-[...2 lines deleted...]
-        <v>2806</v>
+        <v>2818</v>
+      </c>
+      <c r="C1151" s="3">
+        <v>26976875752017</v>
       </c>
       <c r="D1151">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1152">
       <c r="A1152" t="s" s="2">
-        <v>2807</v>
+        <v>2817</v>
       </c>
       <c r="B1152" t="s">
-        <v>2808</v>
+        <v>2818</v>
       </c>
       <c r="C1152" t="s" s="2">
-        <v>2809</v>
+        <v>2819</v>
       </c>
       <c r="D1152">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1153">
       <c r="A1153" t="s" s="2">
-        <v>2810</v>
+        <v>2817</v>
       </c>
       <c r="B1153" t="s">
-        <v>2811</v>
-[...2 lines deleted...]
-        <v>2812</v>
+        <v>2818</v>
+      </c>
+      <c r="C1153" s="3">
+        <v>16976875752010</v>
       </c>
       <c r="D1153">
         <v>5</v>
       </c>
     </row>
     <row r="1154">
       <c r="A1154" t="s" s="2">
-        <v>2813</v>
+        <v>2820</v>
       </c>
       <c r="B1154" t="s">
-        <v>2814</v>
-[...2 lines deleted...]
-        <v>2815</v>
+        <v>2821</v>
+      </c>
+      <c r="C1154" s="3">
+        <v>16976875752027</v>
       </c>
       <c r="D1154">
         <v>5</v>
       </c>
     </row>
     <row r="1155">
       <c r="A1155" t="s" s="2">
-        <v>2816</v>
+        <v>2820</v>
       </c>
       <c r="B1155" t="s">
-        <v>2817</v>
+        <v>2821</v>
       </c>
       <c r="C1155" t="s" s="2">
-        <v>2818</v>
+        <v>2822</v>
       </c>
       <c r="D1155">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1156">
       <c r="A1156" t="s" s="2">
-        <v>2819</v>
+        <v>2820</v>
       </c>
       <c r="B1156" t="s">
-        <v>2820</v>
-[...1 lines deleted...]
-      <c r="C1156" t="s" s="2">
         <v>2821</v>
       </c>
+      <c r="C1156" s="3">
+        <v>26976875752024</v>
+      </c>
       <c r="D1156">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1157">
       <c r="A1157" t="s" s="2">
-        <v>2822</v>
+        <v>2823</v>
       </c>
       <c r="B1157" t="s">
-        <v>2823</v>
-[...1 lines deleted...]
-      <c r="C1157" t="s" s="2">
         <v>2824</v>
+      </c>
+      <c r="C1157" s="3">
+        <v>16976875752034</v>
       </c>
       <c r="D1157">
         <v>5</v>
       </c>
     </row>
     <row r="1158">
       <c r="A1158" t="s" s="2">
-        <v>2825</v>
+        <v>2823</v>
       </c>
       <c r="B1158" t="s">
-        <v>2826</v>
-[...2 lines deleted...]
-        <v>2827</v>
+        <v>2824</v>
+      </c>
+      <c r="C1158" s="3">
+        <v>26976875752031</v>
       </c>
       <c r="D1158">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1159">
       <c r="A1159" t="s" s="2">
-        <v>2828</v>
+        <v>2823</v>
       </c>
       <c r="B1159" t="s">
-        <v>2829</v>
+        <v>2824</v>
       </c>
       <c r="C1159" t="s" s="2">
-        <v>2830</v>
+        <v>2825</v>
       </c>
       <c r="D1159">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1160">
       <c r="A1160" t="s" s="2">
-        <v>2831</v>
+        <v>2826</v>
       </c>
       <c r="B1160" t="s">
-        <v>2832</v>
+        <v>2827</v>
       </c>
       <c r="C1160" t="s" s="2">
-        <v>2833</v>
+        <v>2828</v>
       </c>
       <c r="D1160">
         <v>5</v>
       </c>
     </row>
     <row r="1161">
       <c r="A1161" t="s" s="2">
-        <v>2834</v>
+        <v>2826</v>
       </c>
       <c r="B1161" t="s">
-        <v>2835</v>
+        <v>2827</v>
       </c>
       <c r="C1161" t="s" s="2">
-        <v>2836</v>
+        <v>2829</v>
       </c>
       <c r="D1161">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1162">
       <c r="A1162" t="s" s="2">
-        <v>2837</v>
+        <v>2830</v>
       </c>
       <c r="B1162" t="s">
-        <v>2838</v>
+        <v>2831</v>
       </c>
       <c r="C1162" t="s" s="2">
-        <v>2839</v>
+        <v>2832</v>
       </c>
       <c r="D1162">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1163">
       <c r="A1163" t="s" s="2">
-        <v>2840</v>
+        <v>2830</v>
       </c>
       <c r="B1163" t="s">
-        <v>2841</v>
+        <v>2831</v>
       </c>
       <c r="C1163" t="s" s="2">
-        <v>2842</v>
+        <v>2833</v>
       </c>
       <c r="D1163">
         <v>5</v>
       </c>
     </row>
     <row r="1164">
       <c r="A1164" t="s" s="2">
-        <v>2843</v>
+        <v>2834</v>
       </c>
       <c r="B1164" t="s">
-        <v>2844</v>
+        <v>2835</v>
       </c>
       <c r="C1164" t="s" s="2">
-        <v>2845</v>
+        <v>2836</v>
       </c>
       <c r="D1164">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1165">
       <c r="A1165" t="s" s="2">
-        <v>2846</v>
+        <v>2834</v>
       </c>
       <c r="B1165" t="s">
-        <v>2847</v>
+        <v>2835</v>
       </c>
       <c r="C1165" t="s" s="2">
-        <v>2848</v>
+        <v>2837</v>
       </c>
       <c r="D1165">
         <v>1</v>
       </c>
     </row>
     <row r="1166">
       <c r="A1166" t="s" s="2">
-        <v>2849</v>
+        <v>2838</v>
       </c>
       <c r="B1166" t="s">
-        <v>2850</v>
+        <v>2839</v>
       </c>
       <c r="C1166" t="s" s="2">
-        <v>2851</v>
+        <v>2840</v>
       </c>
       <c r="D1166">
         <v>1</v>
       </c>
     </row>
     <row r="1167">
       <c r="A1167" t="s" s="2">
-        <v>2852</v>
+        <v>2838</v>
       </c>
       <c r="B1167" t="s">
-        <v>2853</v>
+        <v>2839</v>
       </c>
       <c r="C1167" t="s" s="2">
-        <v>2854</v>
+        <v>2841</v>
       </c>
       <c r="D1167">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1168">
       <c r="A1168" t="s" s="2">
-        <v>2855</v>
+        <v>2842</v>
       </c>
       <c r="B1168" t="s">
-        <v>2856</v>
+        <v>2843</v>
       </c>
       <c r="C1168" t="s" s="2">
-        <v>2857</v>
+        <v>2844</v>
       </c>
       <c r="D1168">
         <v>1</v>
       </c>
     </row>
     <row r="1169">
       <c r="A1169" t="s" s="2">
-        <v>2858</v>
+        <v>2842</v>
       </c>
       <c r="B1169" t="s">
-        <v>2859</v>
+        <v>2843</v>
       </c>
       <c r="C1169" t="s" s="2">
-        <v>2860</v>
+        <v>2845</v>
       </c>
       <c r="D1169">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1170">
       <c r="A1170" t="s" s="2">
-        <v>2861</v>
+        <v>2846</v>
       </c>
       <c r="B1170" t="s">
-        <v>2862</v>
+        <v>2847</v>
       </c>
       <c r="C1170" t="s" s="2">
-        <v>2863</v>
+        <v>2848</v>
       </c>
       <c r="D1170">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1171">
       <c r="A1171" t="s" s="2">
-        <v>2864</v>
+        <v>2846</v>
       </c>
       <c r="B1171" t="s">
-        <v>2865</v>
+        <v>2847</v>
       </c>
       <c r="C1171" t="s" s="2">
-        <v>2866</v>
+        <v>2849</v>
       </c>
       <c r="D1171">
         <v>1</v>
       </c>
     </row>
     <row r="1172">
       <c r="A1172" t="s" s="2">
-        <v>2867</v>
+        <v>2850</v>
       </c>
       <c r="B1172" t="s">
-        <v>2868</v>
+        <v>2851</v>
       </c>
       <c r="C1172" t="s" s="2">
-        <v>2869</v>
+        <v>2852</v>
       </c>
       <c r="D1172">
         <v>1</v>
       </c>
     </row>
     <row r="1173">
       <c r="A1173" t="s" s="2">
-        <v>2870</v>
+        <v>2850</v>
       </c>
       <c r="B1173" t="s">
-        <v>2871</v>
+        <v>2851</v>
       </c>
       <c r="C1173" t="s" s="2">
-        <v>2872</v>
+        <v>2853</v>
       </c>
       <c r="D1173">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1174">
       <c r="A1174" t="s" s="2">
-        <v>2873</v>
+        <v>2854</v>
       </c>
       <c r="B1174" t="s">
-        <v>2874</v>
+        <v>2855</v>
       </c>
       <c r="C1174" t="s" s="2">
-        <v>2875</v>
+        <v>2856</v>
       </c>
       <c r="D1174">
         <v>1</v>
       </c>
     </row>
     <row r="1175">
       <c r="A1175" t="s" s="2">
-        <v>2876</v>
+        <v>2854</v>
       </c>
       <c r="B1175" t="s">
-        <v>2877</v>
+        <v>2855</v>
       </c>
       <c r="C1175" t="s" s="2">
-        <v>2878</v>
+        <v>2857</v>
       </c>
       <c r="D1175">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1176">
       <c r="A1176" t="s" s="2">
-        <v>2879</v>
+        <v>2858</v>
       </c>
       <c r="B1176" t="s">
-        <v>2880</v>
+        <v>2859</v>
       </c>
       <c r="C1176" t="s" s="2">
-        <v>2881</v>
+        <v>2860</v>
       </c>
       <c r="D1176">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1177">
       <c r="A1177" t="s" s="2">
-        <v>2882</v>
+        <v>2858</v>
       </c>
       <c r="B1177" t="s">
-        <v>2883</v>
+        <v>2859</v>
       </c>
       <c r="C1177" t="s" s="2">
-        <v>2884</v>
+        <v>2861</v>
       </c>
       <c r="D1177">
         <v>1</v>
       </c>
     </row>
     <row r="1178">
       <c r="A1178" t="s" s="2">
-        <v>2885</v>
+        <v>2862</v>
       </c>
       <c r="B1178" t="s">
-        <v>2886</v>
+        <v>2863</v>
       </c>
       <c r="C1178" t="s" s="2">
-        <v>2887</v>
+        <v>2864</v>
       </c>
       <c r="D1178">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1179">
       <c r="A1179" t="s" s="2">
-        <v>2888</v>
+        <v>2862</v>
       </c>
       <c r="B1179" t="s">
-        <v>2889</v>
+        <v>2863</v>
       </c>
       <c r="C1179" t="s" s="2">
-        <v>2890</v>
+        <v>2865</v>
       </c>
       <c r="D1179">
         <v>1</v>
       </c>
     </row>
     <row r="1180">
       <c r="A1180" t="s" s="2">
-        <v>2891</v>
+        <v>2866</v>
       </c>
       <c r="B1180" t="s">
-        <v>2892</v>
+        <v>2867</v>
       </c>
       <c r="C1180" t="s" s="2">
-        <v>2893</v>
+        <v>2868</v>
       </c>
       <c r="D1180">
         <v>1</v>
       </c>
     </row>
     <row r="1181">
       <c r="A1181" t="s" s="2">
-        <v>2894</v>
+        <v>2869</v>
       </c>
       <c r="B1181" t="s">
-        <v>2895</v>
+        <v>2870</v>
       </c>
       <c r="C1181" t="s" s="2">
-        <v>2896</v>
+        <v>2871</v>
       </c>
       <c r="D1181">
         <v>1</v>
       </c>
     </row>
     <row r="1182">
       <c r="A1182" t="s" s="2">
-        <v>2897</v>
+        <v>2872</v>
       </c>
       <c r="B1182" t="s">
-        <v>2898</v>
+        <v>2873</v>
       </c>
       <c r="C1182" t="s" s="2">
-        <v>2899</v>
+        <v>2874</v>
       </c>
       <c r="D1182">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1183">
       <c r="A1183" t="s" s="2">
-        <v>2900</v>
+        <v>2872</v>
       </c>
       <c r="B1183" t="s">
-        <v>2901</v>
+        <v>2873</v>
       </c>
       <c r="C1183" t="s" s="2">
-        <v>2902</v>
+        <v>2875</v>
       </c>
       <c r="D1183">
         <v>1</v>
       </c>
     </row>
     <row r="1184">
       <c r="A1184" t="s" s="2">
-        <v>2903</v>
+        <v>2876</v>
       </c>
       <c r="B1184" t="s">
-        <v>2904</v>
+        <v>2877</v>
       </c>
       <c r="C1184" t="s" s="2">
-        <v>2905</v>
+        <v>2878</v>
       </c>
       <c r="D1184">
         <v>1</v>
       </c>
     </row>
     <row r="1185">
       <c r="A1185" t="s" s="2">
-        <v>2906</v>
+        <v>2879</v>
       </c>
       <c r="B1185" t="s">
-        <v>2907</v>
+        <v>2880</v>
       </c>
       <c r="C1185" t="s" s="2">
-        <v>2908</v>
+        <v>2881</v>
       </c>
       <c r="D1185">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1186">
       <c r="A1186" t="s" s="2">
-        <v>2909</v>
+        <v>2879</v>
       </c>
       <c r="B1186" t="s">
-        <v>2910</v>
+        <v>2880</v>
       </c>
       <c r="C1186" t="s" s="2">
-        <v>2911</v>
+        <v>2882</v>
       </c>
       <c r="D1186">
         <v>1</v>
       </c>
     </row>
     <row r="1187">
       <c r="A1187" t="s" s="2">
-        <v>2912</v>
+        <v>2883</v>
       </c>
       <c r="B1187" t="s">
-        <v>2913</v>
+        <v>2884</v>
       </c>
       <c r="C1187" t="s" s="2">
-        <v>2914</v>
+        <v>2885</v>
       </c>
       <c r="D1187">
         <v>1</v>
       </c>
     </row>
     <row r="1188">
       <c r="A1188" t="s" s="2">
-        <v>2915</v>
+        <v>2886</v>
       </c>
       <c r="B1188" t="s">
-        <v>2916</v>
+        <v>2887</v>
       </c>
       <c r="C1188" t="s" s="2">
-        <v>2917</v>
+        <v>2888</v>
       </c>
       <c r="D1188">
         <v>1</v>
       </c>
     </row>
     <row r="1189">
       <c r="A1189" t="s" s="2">
-        <v>2918</v>
+        <v>2889</v>
       </c>
       <c r="B1189" t="s">
-        <v>2919</v>
+        <v>2890</v>
       </c>
       <c r="C1189" t="s" s="2">
-        <v>2920</v>
+        <v>2891</v>
       </c>
       <c r="D1189">
         <v>1</v>
       </c>
     </row>
     <row r="1190">
       <c r="A1190" t="s" s="2">
-        <v>2921</v>
+        <v>2892</v>
       </c>
       <c r="B1190" t="s">
-        <v>2922</v>
+        <v>2893</v>
       </c>
       <c r="C1190" t="s" s="2">
-        <v>2923</v>
+        <v>2894</v>
       </c>
       <c r="D1190">
         <v>1</v>
       </c>
     </row>
     <row r="1191">
       <c r="A1191" t="s" s="2">
-        <v>2924</v>
+        <v>2895</v>
       </c>
       <c r="B1191" t="s">
-        <v>2925</v>
+        <v>2896</v>
       </c>
       <c r="C1191" t="s" s="2">
-        <v>2926</v>
+        <v>2897</v>
       </c>
       <c r="D1191">
         <v>1</v>
       </c>
     </row>
     <row r="1192">
       <c r="A1192" t="s" s="2">
-        <v>2927</v>
+        <v>2898</v>
       </c>
       <c r="B1192" t="s">
-        <v>2928</v>
+        <v>2899</v>
       </c>
       <c r="C1192" t="s" s="2">
-        <v>2929</v>
+        <v>2900</v>
       </c>
       <c r="D1192">
         <v>1</v>
       </c>
     </row>
     <row r="1193">
       <c r="A1193" t="s" s="2">
-        <v>2930</v>
+        <v>2901</v>
       </c>
       <c r="B1193" t="s">
-        <v>2931</v>
+        <v>2902</v>
       </c>
       <c r="C1193" t="s" s="2">
-        <v>2932</v>
+        <v>2903</v>
       </c>
       <c r="D1193">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1194">
       <c r="A1194" t="s" s="2">
-        <v>2933</v>
+        <v>2901</v>
       </c>
       <c r="B1194" t="s">
-        <v>2934</v>
+        <v>2902</v>
       </c>
       <c r="C1194" t="s" s="2">
-        <v>2935</v>
+        <v>2904</v>
       </c>
       <c r="D1194">
         <v>1</v>
       </c>
     </row>
     <row r="1195">
       <c r="A1195" t="s" s="2">
-        <v>2936</v>
+        <v>2905</v>
       </c>
       <c r="B1195" t="s">
-        <v>2937</v>
+        <v>2906</v>
       </c>
       <c r="C1195" t="s" s="2">
-        <v>2938</v>
+        <v>2907</v>
       </c>
       <c r="D1195">
         <v>1</v>
       </c>
     </row>
     <row r="1196">
       <c r="A1196" t="s" s="2">
-        <v>2939</v>
+        <v>2905</v>
       </c>
       <c r="B1196" t="s">
-        <v>2940</v>
+        <v>2906</v>
       </c>
       <c r="C1196" t="s" s="2">
-        <v>2941</v>
+        <v>2908</v>
       </c>
       <c r="D1196">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1197">
       <c r="A1197" t="s" s="2">
-        <v>2942</v>
+        <v>2909</v>
       </c>
       <c r="B1197" t="s">
-        <v>2943</v>
+        <v>2910</v>
       </c>
       <c r="C1197" t="s" s="2">
-        <v>2944</v>
+        <v>2911</v>
       </c>
       <c r="D1197">
         <v>1</v>
       </c>
     </row>
     <row r="1198">
       <c r="A1198" t="s" s="2">
-        <v>2945</v>
+        <v>2909</v>
       </c>
       <c r="B1198" t="s">
-        <v>2946</v>
+        <v>2910</v>
       </c>
       <c r="C1198" t="s" s="2">
-        <v>2947</v>
+        <v>2912</v>
       </c>
       <c r="D1198">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1199">
       <c r="A1199" t="s" s="2">
-        <v>2948</v>
+        <v>2913</v>
       </c>
       <c r="B1199" t="s">
-        <v>2949</v>
+        <v>2914</v>
       </c>
       <c r="C1199" t="s" s="2">
-        <v>2950</v>
+        <v>2915</v>
       </c>
       <c r="D1199">
         <v>1</v>
       </c>
     </row>
     <row r="1200">
       <c r="A1200" t="s" s="2">
-        <v>2951</v>
+        <v>2913</v>
       </c>
       <c r="B1200" t="s">
-        <v>2952</v>
+        <v>2914</v>
       </c>
       <c r="C1200" t="s" s="2">
-        <v>2953</v>
+        <v>2916</v>
       </c>
       <c r="D1200">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1201">
       <c r="A1201" t="s" s="2">
-        <v>2954</v>
+        <v>2917</v>
       </c>
       <c r="B1201" t="s">
-        <v>2955</v>
+        <v>2918</v>
       </c>
       <c r="C1201" t="s" s="2">
-        <v>2956</v>
+        <v>2919</v>
       </c>
       <c r="D1201">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1202">
       <c r="A1202" t="s" s="2">
-        <v>2957</v>
+        <v>2917</v>
       </c>
       <c r="B1202" t="s">
-        <v>2958</v>
+        <v>2918</v>
       </c>
       <c r="C1202" t="s" s="2">
-        <v>2959</v>
+        <v>2920</v>
       </c>
       <c r="D1202">
         <v>1</v>
       </c>
     </row>
     <row r="1203">
       <c r="A1203" t="s" s="2">
-        <v>2960</v>
+        <v>2921</v>
       </c>
       <c r="B1203" t="s">
-        <v>2961</v>
+        <v>2922</v>
       </c>
       <c r="C1203" t="s" s="2">
-        <v>2962</v>
+        <v>2923</v>
       </c>
       <c r="D1203">
         <v>1</v>
       </c>
     </row>
     <row r="1204">
       <c r="A1204" t="s" s="2">
-        <v>2963</v>
+        <v>2924</v>
       </c>
       <c r="B1204" t="s">
-        <v>2964</v>
+        <v>2925</v>
       </c>
       <c r="C1204" t="s" s="2">
-        <v>2965</v>
+        <v>2926</v>
       </c>
       <c r="D1204">
         <v>1</v>
       </c>
     </row>
     <row r="1205">
       <c r="A1205" t="s" s="2">
-        <v>2966</v>
+        <v>2927</v>
       </c>
       <c r="B1205" t="s">
-        <v>2967</v>
+        <v>2928</v>
       </c>
       <c r="C1205" t="s" s="2">
-        <v>2968</v>
+        <v>2929</v>
       </c>
       <c r="D1205">
         <v>1</v>
       </c>
     </row>
     <row r="1206">
       <c r="A1206" t="s" s="2">
-        <v>2969</v>
+        <v>2930</v>
       </c>
       <c r="B1206" t="s">
-        <v>2970</v>
+        <v>2931</v>
       </c>
       <c r="C1206" t="s" s="2">
-        <v>2971</v>
+        <v>2932</v>
       </c>
       <c r="D1206">
         <v>1</v>
       </c>
     </row>
     <row r="1207">
       <c r="A1207" t="s" s="2">
-        <v>2972</v>
+        <v>2933</v>
       </c>
       <c r="B1207" t="s">
-        <v>2973</v>
+        <v>2934</v>
       </c>
       <c r="C1207" t="s" s="2">
-        <v>2974</v>
+        <v>2935</v>
       </c>
       <c r="D1207">
         <v>1</v>
       </c>
     </row>
     <row r="1208">
       <c r="A1208" t="s" s="2">
-        <v>2975</v>
+        <v>2936</v>
       </c>
       <c r="B1208" t="s">
-        <v>2976</v>
+        <v>2937</v>
       </c>
       <c r="C1208" t="s" s="2">
-        <v>2977</v>
+        <v>2938</v>
       </c>
       <c r="D1208">
         <v>1</v>
       </c>
     </row>
     <row r="1209">
       <c r="A1209" t="s" s="2">
-        <v>2978</v>
+        <v>2939</v>
       </c>
       <c r="B1209" t="s">
-        <v>2979</v>
+        <v>2940</v>
       </c>
       <c r="C1209" t="s" s="2">
-        <v>2980</v>
+        <v>2941</v>
       </c>
       <c r="D1209">
         <v>1</v>
       </c>
     </row>
     <row r="1210">
       <c r="A1210" t="s" s="2">
-        <v>2981</v>
+        <v>2942</v>
       </c>
       <c r="B1210" t="s">
-        <v>2982</v>
+        <v>2943</v>
       </c>
       <c r="C1210" t="s" s="2">
-        <v>2983</v>
+        <v>2944</v>
       </c>
       <c r="D1210">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1211">
       <c r="A1211" t="s" s="2">
-        <v>2984</v>
+        <v>2942</v>
       </c>
       <c r="B1211" t="s">
-        <v>2985</v>
+        <v>2943</v>
       </c>
       <c r="C1211" t="s" s="2">
-        <v>2986</v>
+        <v>2945</v>
       </c>
       <c r="D1211">
         <v>1</v>
       </c>
     </row>
     <row r="1212">
       <c r="A1212" t="s" s="2">
-        <v>2987</v>
+        <v>2946</v>
       </c>
       <c r="B1212" t="s">
-        <v>2988</v>
+        <v>2947</v>
       </c>
       <c r="C1212" t="s" s="2">
-        <v>2989</v>
+        <v>2948</v>
       </c>
       <c r="D1212">
         <v>1</v>
       </c>
     </row>
     <row r="1213">
       <c r="A1213" t="s" s="2">
-        <v>2990</v>
+        <v>2946</v>
       </c>
       <c r="B1213" t="s">
-        <v>2991</v>
+        <v>2947</v>
       </c>
       <c r="C1213" t="s" s="2">
-        <v>2992</v>
+        <v>2949</v>
       </c>
       <c r="D1213">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1214">
       <c r="A1214" t="s" s="2">
-        <v>2993</v>
+        <v>2950</v>
       </c>
       <c r="B1214" t="s">
-        <v>2994</v>
+        <v>2951</v>
       </c>
       <c r="C1214" t="s" s="2">
-        <v>2995</v>
+        <v>2952</v>
       </c>
       <c r="D1214">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1215">
       <c r="A1215" t="s" s="2">
-        <v>2996</v>
+        <v>2950</v>
       </c>
       <c r="B1215" t="s">
-        <v>2997</v>
+        <v>2951</v>
       </c>
       <c r="C1215" t="s" s="2">
-        <v>2998</v>
+        <v>2953</v>
       </c>
       <c r="D1215">
         <v>1</v>
       </c>
     </row>
     <row r="1216">
       <c r="A1216" t="s" s="2">
-        <v>2999</v>
+        <v>2954</v>
       </c>
       <c r="B1216" t="s">
-        <v>3000</v>
+        <v>2955</v>
       </c>
       <c r="C1216" t="s" s="2">
-        <v>3001</v>
+        <v>2956</v>
       </c>
       <c r="D1216">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1217">
       <c r="A1217" t="s" s="2">
-        <v>3002</v>
+        <v>2954</v>
       </c>
       <c r="B1217" t="s">
-        <v>3003</v>
+        <v>2955</v>
       </c>
       <c r="C1217" t="s" s="2">
-        <v>3004</v>
+        <v>2957</v>
       </c>
       <c r="D1217">
         <v>1</v>
       </c>
     </row>
     <row r="1218">
       <c r="A1218" t="s" s="2">
-        <v>3005</v>
+        <v>2958</v>
       </c>
       <c r="B1218" t="s">
-        <v>3006</v>
+        <v>2959</v>
       </c>
       <c r="C1218" t="s" s="2">
-        <v>3007</v>
+        <v>2960</v>
       </c>
       <c r="D1218">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1219">
       <c r="A1219" t="s" s="2">
-        <v>3008</v>
+        <v>2958</v>
       </c>
       <c r="B1219" t="s">
-        <v>3009</v>
+        <v>2959</v>
       </c>
       <c r="C1219" t="s" s="2">
-        <v>3010</v>
+        <v>2961</v>
       </c>
       <c r="D1219">
         <v>5</v>
       </c>
     </row>
     <row r="1220">
       <c r="A1220" t="s" s="2">
-        <v>3011</v>
+        <v>2962</v>
       </c>
       <c r="B1220" t="s">
-        <v>3012</v>
+        <v>2963</v>
       </c>
       <c r="C1220" t="s" s="2">
-        <v>3013</v>
+        <v>2964</v>
       </c>
       <c r="D1220">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1221">
       <c r="A1221" t="s" s="2">
-        <v>3014</v>
+        <v>2965</v>
       </c>
       <c r="B1221" t="s">
-        <v>3015</v>
+        <v>2966</v>
       </c>
       <c r="C1221" t="s" s="2">
-        <v>3016</v>
+        <v>2967</v>
       </c>
       <c r="D1221">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1222">
       <c r="A1222" t="s" s="2">
-        <v>3017</v>
+        <v>2968</v>
       </c>
       <c r="B1222" t="s">
-        <v>3018</v>
+        <v>2969</v>
       </c>
       <c r="C1222" t="s" s="2">
-        <v>3019</v>
+        <v>2970</v>
       </c>
       <c r="D1222">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1223">
       <c r="A1223" t="s" s="2">
-        <v>3017</v>
+        <v>2971</v>
       </c>
       <c r="B1223" t="s">
-        <v>3018</v>
+        <v>2972</v>
       </c>
       <c r="C1223" t="s" s="2">
-        <v>3020</v>
+        <v>2973</v>
       </c>
       <c r="D1223">
         <v>1</v>
       </c>
     </row>
     <row r="1224">
       <c r="A1224" t="s" s="2">
-        <v>3021</v>
+        <v>2974</v>
       </c>
       <c r="B1224" t="s">
-        <v>3022</v>
+        <v>2975</v>
       </c>
       <c r="C1224" t="s" s="2">
-        <v>3023</v>
+        <v>2976</v>
       </c>
       <c r="D1224">
         <v>1</v>
       </c>
     </row>
     <row r="1225">
       <c r="A1225" t="s" s="2">
-        <v>3021</v>
+        <v>2977</v>
       </c>
       <c r="B1225" t="s">
-        <v>3022</v>
+        <v>2978</v>
       </c>
       <c r="C1225" t="s" s="2">
-        <v>3024</v>
+        <v>2979</v>
       </c>
       <c r="D1225">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1226">
       <c r="A1226" t="s" s="2">
-        <v>3025</v>
+        <v>2980</v>
       </c>
       <c r="B1226" t="s">
-        <v>3026</v>
+        <v>2981</v>
       </c>
       <c r="C1226" t="s" s="2">
-        <v>3027</v>
+        <v>2982</v>
       </c>
       <c r="D1226">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1227">
       <c r="A1227" t="s" s="2">
-        <v>3025</v>
+        <v>2983</v>
       </c>
       <c r="B1227" t="s">
-        <v>3026</v>
+        <v>2984</v>
       </c>
       <c r="C1227" t="s" s="2">
-        <v>3028</v>
+        <v>2985</v>
       </c>
       <c r="D1227">
         <v>1</v>
       </c>
     </row>
     <row r="1228">
       <c r="A1228" t="s" s="2">
-        <v>3029</v>
+        <v>2986</v>
       </c>
       <c r="B1228" t="s">
-        <v>3030</v>
+        <v>2987</v>
       </c>
       <c r="C1228" t="s" s="2">
-        <v>3031</v>
+        <v>2988</v>
       </c>
       <c r="D1228">
         <v>1</v>
       </c>
     </row>
     <row r="1229">
       <c r="A1229" t="s" s="2">
-        <v>3029</v>
+        <v>2989</v>
       </c>
       <c r="B1229" t="s">
-        <v>3030</v>
+        <v>2990</v>
       </c>
       <c r="C1229" t="s" s="2">
-        <v>3032</v>
+        <v>2991</v>
       </c>
       <c r="D1229">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1230">
       <c r="A1230" t="s" s="2">
-        <v>3033</v>
+        <v>2992</v>
       </c>
       <c r="B1230" t="s">
-        <v>3034</v>
+        <v>2993</v>
       </c>
       <c r="C1230" t="s" s="2">
-        <v>3035</v>
+        <v>2994</v>
       </c>
       <c r="D1230">
         <v>1</v>
       </c>
     </row>
     <row r="1231">
       <c r="A1231" t="s" s="2">
-        <v>3033</v>
+        <v>2995</v>
       </c>
       <c r="B1231" t="s">
-        <v>3034</v>
+        <v>2996</v>
       </c>
       <c r="C1231" t="s" s="2">
-        <v>3036</v>
+        <v>2997</v>
       </c>
       <c r="D1231">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1232">
       <c r="A1232" t="s" s="2">
-        <v>3037</v>
+        <v>2998</v>
       </c>
       <c r="B1232" t="s">
-        <v>3038</v>
+        <v>2999</v>
       </c>
       <c r="C1232" t="s" s="2">
-        <v>3039</v>
+        <v>3000</v>
       </c>
       <c r="D1232">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1233">
       <c r="A1233" t="s" s="2">
-        <v>3037</v>
+        <v>3001</v>
       </c>
       <c r="B1233" t="s">
-        <v>3038</v>
+        <v>3002</v>
       </c>
       <c r="C1233" t="s" s="2">
-        <v>3040</v>
+        <v>3003</v>
       </c>
       <c r="D1233">
         <v>1</v>
       </c>
     </row>
     <row r="1234">
       <c r="A1234" t="s" s="2">
-        <v>3041</v>
+        <v>3004</v>
       </c>
       <c r="B1234" t="s">
-        <v>3042</v>
+        <v>3005</v>
       </c>
       <c r="C1234" t="s" s="2">
-        <v>3043</v>
+        <v>3006</v>
       </c>
       <c r="D1234">
         <v>1</v>
       </c>
     </row>
     <row r="1235">
       <c r="A1235" t="s" s="2">
-        <v>3041</v>
+        <v>3007</v>
       </c>
       <c r="B1235" t="s">
-        <v>3042</v>
+        <v>3008</v>
       </c>
       <c r="C1235" t="s" s="2">
-        <v>3044</v>
+        <v>3009</v>
       </c>
       <c r="D1235">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1236">
       <c r="A1236" t="s" s="2">
-        <v>3045</v>
+        <v>3010</v>
       </c>
       <c r="B1236" t="s">
-        <v>3046</v>
+        <v>3011</v>
       </c>
       <c r="C1236" t="s" s="2">
-        <v>3047</v>
+        <v>3012</v>
       </c>
       <c r="D1236">
         <v>1</v>
       </c>
     </row>
     <row r="1237">
       <c r="A1237" t="s" s="2">
-        <v>3045</v>
+        <v>3013</v>
       </c>
       <c r="B1237" t="s">
-        <v>3046</v>
+        <v>3014</v>
       </c>
       <c r="C1237" t="s" s="2">
-        <v>3048</v>
+        <v>3015</v>
       </c>
       <c r="D1237">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1238">
       <c r="A1238" t="s" s="2">
-        <v>3049</v>
+        <v>3016</v>
       </c>
       <c r="B1238" t="s">
-        <v>3050</v>
+        <v>3017</v>
       </c>
       <c r="C1238" t="s" s="2">
-        <v>3051</v>
+        <v>3018</v>
       </c>
       <c r="D1238">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1239">
       <c r="A1239" t="s" s="2">
-        <v>3049</v>
+        <v>3016</v>
       </c>
       <c r="B1239" t="s">
-        <v>3050</v>
+        <v>3017</v>
       </c>
       <c r="C1239" t="s" s="2">
-        <v>3052</v>
+        <v>3019</v>
       </c>
       <c r="D1239">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1240">
       <c r="A1240" t="s" s="2">
-        <v>3053</v>
+        <v>3020</v>
       </c>
       <c r="B1240" t="s">
-        <v>3054</v>
+        <v>3021</v>
       </c>
       <c r="C1240" t="s" s="2">
-        <v>3055</v>
+        <v>3022</v>
       </c>
       <c r="D1240">
         <v>5</v>
       </c>
     </row>
     <row r="1241">
       <c r="A1241" t="s" s="2">
-        <v>3053</v>
+        <v>3020</v>
       </c>
       <c r="B1241" t="s">
-        <v>3054</v>
+        <v>3021</v>
       </c>
       <c r="C1241" t="s" s="2">
-        <v>3056</v>
+        <v>3023</v>
       </c>
       <c r="D1241">
         <v>1</v>
       </c>
     </row>
     <row r="1242">
       <c r="A1242" t="s" s="2">
-        <v>3057</v>
+        <v>3024</v>
       </c>
       <c r="B1242" t="s">
-        <v>3058</v>
+        <v>3025</v>
       </c>
       <c r="C1242" t="s" s="2">
-        <v>3059</v>
+        <v>3026</v>
       </c>
       <c r="D1242">
         <v>1</v>
       </c>
     </row>
     <row r="1243">
       <c r="A1243" t="s" s="2">
-        <v>3060</v>
+        <v>3024</v>
       </c>
       <c r="B1243" t="s">
-        <v>3061</v>
+        <v>3025</v>
       </c>
       <c r="C1243" t="s" s="2">
-        <v>3062</v>
+        <v>3027</v>
       </c>
       <c r="D1243">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1244">
       <c r="A1244" t="s" s="2">
-        <v>3063</v>
+        <v>3028</v>
       </c>
       <c r="B1244" t="s">
-        <v>3064</v>
+        <v>3029</v>
       </c>
       <c r="C1244" t="s" s="2">
-        <v>3065</v>
+        <v>3030</v>
       </c>
       <c r="D1244">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1245">
       <c r="A1245" t="s" s="2">
-        <v>3063</v>
+        <v>3028</v>
       </c>
       <c r="B1245" t="s">
-        <v>3064</v>
+        <v>3029</v>
       </c>
       <c r="C1245" t="s" s="2">
-        <v>3066</v>
+        <v>3031</v>
       </c>
       <c r="D1245">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1246">
       <c r="A1246" t="s" s="2">
-        <v>3067</v>
+        <v>3032</v>
       </c>
       <c r="B1246" t="s">
-        <v>3068</v>
+        <v>3033</v>
       </c>
       <c r="C1246" t="s" s="2">
-        <v>3069</v>
+        <v>3034</v>
       </c>
       <c r="D1246">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1247">
       <c r="A1247" t="s" s="2">
-        <v>3070</v>
+        <v>3032</v>
       </c>
       <c r="B1247" t="s">
-        <v>3071</v>
+        <v>3033</v>
       </c>
       <c r="C1247" t="s" s="2">
-        <v>3072</v>
+        <v>3035</v>
       </c>
       <c r="D1247">
         <v>1</v>
       </c>
     </row>
     <row r="1248">
       <c r="A1248" t="s" s="2">
-        <v>3070</v>
+        <v>3036</v>
       </c>
       <c r="B1248" t="s">
-        <v>3071</v>
+        <v>3037</v>
       </c>
       <c r="C1248" t="s" s="2">
-        <v>3073</v>
+        <v>3038</v>
       </c>
       <c r="D1248">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1249">
       <c r="A1249" t="s" s="2">
-        <v>3074</v>
+        <v>3036</v>
       </c>
       <c r="B1249" t="s">
-        <v>3075</v>
+        <v>3037</v>
       </c>
       <c r="C1249" t="s" s="2">
-        <v>3076</v>
+        <v>3039</v>
       </c>
       <c r="D1249">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1250">
       <c r="A1250" t="s" s="2">
-        <v>3077</v>
+        <v>3040</v>
       </c>
       <c r="B1250" t="s">
-        <v>3078</v>
+        <v>3041</v>
       </c>
       <c r="C1250" t="s" s="2">
-        <v>3079</v>
+        <v>3042</v>
       </c>
       <c r="D1250">
         <v>1</v>
       </c>
     </row>
     <row r="1251">
       <c r="A1251" t="s" s="2">
-        <v>3080</v>
+        <v>3043</v>
       </c>
       <c r="B1251" t="s">
-        <v>3081</v>
+        <v>3044</v>
       </c>
       <c r="C1251" t="s" s="2">
-        <v>3082</v>
+        <v>3045</v>
       </c>
       <c r="D1251">
         <v>1</v>
       </c>
     </row>
     <row r="1252">
       <c r="A1252" t="s" s="2">
-        <v>3083</v>
+        <v>3046</v>
       </c>
       <c r="B1252" t="s">
-        <v>3084</v>
+        <v>3047</v>
       </c>
       <c r="C1252" t="s" s="2">
-        <v>3085</v>
+        <v>3048</v>
       </c>
       <c r="D1252">
         <v>1</v>
       </c>
     </row>
     <row r="1253">
       <c r="A1253" t="s" s="2">
-        <v>3086</v>
+        <v>3049</v>
       </c>
       <c r="B1253" t="s">
-        <v>3087</v>
+        <v>3050</v>
       </c>
       <c r="C1253" t="s" s="2">
-        <v>3088</v>
+        <v>3051</v>
       </c>
       <c r="D1253">
         <v>1</v>
       </c>
     </row>
     <row r="1254">
       <c r="A1254" t="s" s="2">
-        <v>3089</v>
+        <v>3049</v>
       </c>
       <c r="B1254" t="s">
-        <v>3090</v>
+        <v>3050</v>
       </c>
       <c r="C1254" t="s" s="2">
-        <v>3091</v>
+        <v>3052</v>
       </c>
       <c r="D1254">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1255">
       <c r="A1255" t="s" s="2">
-        <v>3092</v>
+        <v>3053</v>
       </c>
       <c r="B1255" t="s">
-        <v>3093</v>
+        <v>3054</v>
       </c>
       <c r="C1255" t="s" s="2">
-        <v>3094</v>
+        <v>3055</v>
       </c>
       <c r="D1255">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1256">
       <c r="A1256" t="s" s="2">
-        <v>3092</v>
+        <v>3056</v>
       </c>
       <c r="B1256" t="s">
-        <v>3093</v>
+        <v>3057</v>
       </c>
       <c r="C1256" t="s" s="2">
-        <v>3095</v>
+        <v>3058</v>
       </c>
       <c r="D1256">
         <v>1</v>
       </c>
     </row>
     <row r="1257">
       <c r="A1257" t="s" s="2">
-        <v>3096</v>
+        <v>3059</v>
       </c>
       <c r="B1257" t="s">
-        <v>3097</v>
+        <v>3060</v>
       </c>
       <c r="C1257" t="s" s="2">
-        <v>3098</v>
+        <v>3061</v>
       </c>
       <c r="D1257">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1258">
       <c r="A1258" t="s" s="2">
-        <v>3096</v>
+        <v>3059</v>
       </c>
       <c r="B1258" t="s">
-        <v>3097</v>
+        <v>3060</v>
       </c>
       <c r="C1258" t="s" s="2">
-        <v>3099</v>
+        <v>3062</v>
       </c>
       <c r="D1258">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1259">
       <c r="A1259" t="s" s="2">
-        <v>3100</v>
+        <v>3063</v>
       </c>
       <c r="B1259" t="s">
-        <v>3101</v>
+        <v>3064</v>
       </c>
       <c r="C1259" t="s" s="2">
-        <v>3102</v>
+        <v>3065</v>
       </c>
       <c r="D1259">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1260">
       <c r="A1260" t="s" s="2">
-        <v>3100</v>
+        <v>3063</v>
       </c>
       <c r="B1260" t="s">
-        <v>3101</v>
+        <v>3064</v>
       </c>
       <c r="C1260" t="s" s="2">
-        <v>3103</v>
+        <v>3066</v>
       </c>
       <c r="D1260">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1261">
       <c r="A1261" t="s" s="2">
-        <v>3104</v>
+        <v>3067</v>
       </c>
       <c r="B1261" t="s">
-        <v>3105</v>
+        <v>3068</v>
       </c>
       <c r="C1261" t="s" s="2">
-        <v>3106</v>
+        <v>3069</v>
       </c>
       <c r="D1261">
         <v>1</v>
       </c>
     </row>
     <row r="1262">
       <c r="A1262" t="s" s="2">
-        <v>3104</v>
+        <v>3070</v>
       </c>
       <c r="B1262" t="s">
-        <v>3105</v>
+        <v>3071</v>
       </c>
       <c r="C1262" t="s" s="2">
-        <v>3107</v>
+        <v>3072</v>
       </c>
       <c r="D1262">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1263">
       <c r="A1263" t="s" s="2">
-        <v>3108</v>
+        <v>3073</v>
       </c>
       <c r="B1263" t="s">
-        <v>3109</v>
+        <v>3074</v>
       </c>
       <c r="C1263" t="s" s="2">
-        <v>3110</v>
+        <v>3075</v>
       </c>
       <c r="D1263">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1264">
       <c r="A1264" t="s" s="2">
-        <v>3108</v>
+        <v>3073</v>
       </c>
       <c r="B1264" t="s">
-        <v>3109</v>
+        <v>3074</v>
       </c>
       <c r="C1264" t="s" s="2">
-        <v>3111</v>
+        <v>3076</v>
       </c>
       <c r="D1264">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1265">
       <c r="A1265" t="s" s="2">
-        <v>3112</v>
+        <v>3077</v>
       </c>
       <c r="B1265" t="s">
-        <v>3113</v>
+        <v>3078</v>
       </c>
       <c r="C1265" t="s" s="2">
-        <v>3114</v>
+        <v>3079</v>
       </c>
       <c r="D1265">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1266">
       <c r="A1266" t="s" s="2">
-        <v>3115</v>
+        <v>3077</v>
       </c>
       <c r="B1266" t="s">
-        <v>3116</v>
+        <v>3078</v>
       </c>
       <c r="C1266" t="s" s="2">
-        <v>3117</v>
+        <v>3080</v>
       </c>
       <c r="D1266">
         <v>1</v>
       </c>
     </row>
     <row r="1267">
       <c r="A1267" t="s" s="2">
-        <v>3118</v>
+        <v>3081</v>
       </c>
       <c r="B1267" t="s">
-        <v>3119</v>
+        <v>3082</v>
       </c>
       <c r="C1267" t="s" s="2">
-        <v>3120</v>
+        <v>3083</v>
       </c>
       <c r="D1267">
         <v>1</v>
       </c>
     </row>
     <row r="1268">
       <c r="A1268" t="s" s="2">
-        <v>3121</v>
+        <v>3081</v>
       </c>
       <c r="B1268" t="s">
-        <v>3122</v>
+        <v>3082</v>
       </c>
       <c r="C1268" t="s" s="2">
-        <v>3123</v>
+        <v>3084</v>
       </c>
       <c r="D1268">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1269">
       <c r="A1269" t="s" s="2">
-        <v>3124</v>
+        <v>3085</v>
       </c>
       <c r="B1269" t="s">
-        <v>3125</v>
+        <v>3086</v>
       </c>
       <c r="C1269" t="s" s="2">
-        <v>3126</v>
+        <v>3087</v>
       </c>
       <c r="D1269">
         <v>1</v>
       </c>
     </row>
     <row r="1270">
       <c r="A1270" t="s" s="2">
-        <v>3127</v>
+        <v>3085</v>
       </c>
       <c r="B1270" t="s">
-        <v>3128</v>
+        <v>3086</v>
       </c>
       <c r="C1270" t="s" s="2">
-        <v>3129</v>
+        <v>3088</v>
       </c>
       <c r="D1270">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1271">
       <c r="A1271" t="s" s="2">
-        <v>3130</v>
+        <v>3089</v>
       </c>
       <c r="B1271" t="s">
-        <v>3131</v>
+        <v>3090</v>
       </c>
       <c r="C1271" t="s" s="2">
-        <v>3132</v>
+        <v>3091</v>
       </c>
       <c r="D1271">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1272">
       <c r="A1272" t="s" s="2">
-        <v>3133</v>
+        <v>3089</v>
       </c>
       <c r="B1272" t="s">
-        <v>3134</v>
+        <v>3090</v>
       </c>
       <c r="C1272" t="s" s="2">
-        <v>3135</v>
+        <v>3092</v>
       </c>
       <c r="D1272">
         <v>1</v>
       </c>
     </row>
     <row r="1273">
       <c r="A1273" t="s" s="2">
-        <v>3133</v>
+        <v>3093</v>
       </c>
       <c r="B1273" t="s">
-        <v>3134</v>
+        <v>3094</v>
       </c>
       <c r="C1273" t="s" s="2">
-        <v>3136</v>
+        <v>3095</v>
       </c>
       <c r="D1273">
         <v>5</v>
       </c>
     </row>
     <row r="1274">
       <c r="A1274" t="s" s="2">
-        <v>3137</v>
+        <v>3093</v>
       </c>
       <c r="B1274" t="s">
-        <v>3138</v>
+        <v>3094</v>
       </c>
       <c r="C1274" t="s" s="2">
-        <v>3139</v>
+        <v>3096</v>
       </c>
       <c r="D1274">
         <v>1</v>
       </c>
     </row>
     <row r="1275">
       <c r="A1275" t="s" s="2">
-        <v>3137</v>
+        <v>3097</v>
       </c>
       <c r="B1275" t="s">
-        <v>3138</v>
+        <v>3098</v>
       </c>
       <c r="C1275" t="s" s="2">
-        <v>3140</v>
+        <v>3099</v>
       </c>
       <c r="D1275">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1276">
       <c r="A1276" t="s" s="2">
-        <v>3141</v>
+        <v>3097</v>
       </c>
       <c r="B1276" t="s">
-        <v>3142</v>
+        <v>3098</v>
       </c>
       <c r="C1276" t="s" s="2">
-        <v>3143</v>
+        <v>3100</v>
       </c>
       <c r="D1276">
         <v>5</v>
       </c>
     </row>
     <row r="1277">
       <c r="A1277" t="s" s="2">
-        <v>3141</v>
+        <v>3101</v>
       </c>
       <c r="B1277" t="s">
-        <v>3142</v>
+        <v>3102</v>
       </c>
       <c r="C1277" t="s" s="2">
-        <v>3144</v>
+        <v>3103</v>
       </c>
       <c r="D1277">
         <v>1</v>
       </c>
     </row>
     <row r="1278">
       <c r="A1278" t="s" s="2">
-        <v>3145</v>
+        <v>3101</v>
       </c>
       <c r="B1278" t="s">
-        <v>3146</v>
+        <v>3102</v>
       </c>
       <c r="C1278" t="s" s="2">
-        <v>3147</v>
+        <v>3104</v>
       </c>
       <c r="D1278">
         <v>5</v>
       </c>
     </row>
     <row r="1279">
       <c r="A1279" t="s" s="2">
-        <v>3145</v>
+        <v>3105</v>
       </c>
       <c r="B1279" t="s">
-        <v>3146</v>
+        <v>3106</v>
       </c>
       <c r="C1279" t="s" s="2">
-        <v>3148</v>
+        <v>3107</v>
       </c>
       <c r="D1279">
         <v>1</v>
       </c>
     </row>
     <row r="1280">
       <c r="A1280" t="s" s="2">
-        <v>3149</v>
+        <v>3105</v>
       </c>
       <c r="B1280" t="s">
-        <v>3150</v>
+        <v>3106</v>
       </c>
       <c r="C1280" t="s" s="2">
-        <v>3151</v>
+        <v>3108</v>
       </c>
       <c r="D1280">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1281">
       <c r="A1281" t="s" s="2">
-        <v>3149</v>
+        <v>3109</v>
       </c>
       <c r="B1281" t="s">
-        <v>3150</v>
+        <v>3110</v>
       </c>
       <c r="C1281" t="s" s="2">
-        <v>3152</v>
+        <v>3111</v>
       </c>
       <c r="D1281">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1282">
       <c r="A1282" t="s" s="2">
-        <v>3153</v>
+        <v>3109</v>
       </c>
       <c r="B1282" t="s">
-        <v>3154</v>
+        <v>3110</v>
       </c>
       <c r="C1282" t="s" s="2">
-        <v>3155</v>
+        <v>3112</v>
       </c>
       <c r="D1282">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1283">
       <c r="A1283" t="s" s="2">
-        <v>3156</v>
+        <v>3113</v>
       </c>
       <c r="B1283" t="s">
-        <v>3157</v>
+        <v>3114</v>
       </c>
       <c r="C1283" t="s" s="2">
-        <v>3158</v>
+        <v>3115</v>
       </c>
       <c r="D1283">
         <v>1</v>
       </c>
     </row>
     <row r="1284">
       <c r="A1284" t="s" s="2">
-        <v>3159</v>
+        <v>3116</v>
       </c>
       <c r="B1284" t="s">
-        <v>3160</v>
+        <v>3117</v>
       </c>
       <c r="C1284" t="s" s="2">
-        <v>3161</v>
+        <v>3118</v>
       </c>
       <c r="D1284">
         <v>1</v>
       </c>
     </row>
     <row r="1285">
       <c r="A1285" t="s" s="2">
-        <v>3162</v>
+        <v>3119</v>
       </c>
       <c r="B1285" t="s">
-        <v>3163</v>
+        <v>3120</v>
       </c>
       <c r="C1285" t="s" s="2">
-        <v>3164</v>
+        <v>3121</v>
       </c>
       <c r="D1285">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1286">
       <c r="A1286" t="s" s="2">
-        <v>3165</v>
+        <v>3119</v>
       </c>
       <c r="B1286" t="s">
-        <v>3166</v>
+        <v>3120</v>
       </c>
       <c r="C1286" t="s" s="2">
-        <v>3167</v>
+        <v>3122</v>
       </c>
       <c r="D1286">
         <v>1</v>
       </c>
     </row>
     <row r="1287">
       <c r="A1287" t="s" s="2">
-        <v>3168</v>
+        <v>3123</v>
       </c>
       <c r="B1287" t="s">
-        <v>3169</v>
+        <v>3124</v>
       </c>
       <c r="C1287" t="s" s="2">
-        <v>3170</v>
+        <v>3125</v>
       </c>
       <c r="D1287">
         <v>1</v>
       </c>
     </row>
     <row r="1288">
       <c r="A1288" t="s" s="2">
-        <v>3171</v>
+        <v>3126</v>
       </c>
       <c r="B1288" t="s">
-        <v>3172</v>
+        <v>3127</v>
       </c>
       <c r="C1288" t="s" s="2">
-        <v>3173</v>
+        <v>3128</v>
       </c>
       <c r="D1288">
         <v>1</v>
       </c>
     </row>
     <row r="1289">
       <c r="A1289" t="s" s="2">
-        <v>3174</v>
+        <v>3126</v>
       </c>
       <c r="B1289" t="s">
-        <v>3175</v>
+        <v>3127</v>
       </c>
       <c r="C1289" t="s" s="2">
-        <v>3176</v>
+        <v>3129</v>
       </c>
       <c r="D1289">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1290">
       <c r="A1290" t="s" s="2">
-        <v>3177</v>
+        <v>3130</v>
       </c>
       <c r="B1290" t="s">
-        <v>3178</v>
+        <v>3131</v>
       </c>
       <c r="C1290" t="s" s="2">
-        <v>3179</v>
+        <v>3132</v>
       </c>
       <c r="D1290">
         <v>1</v>
       </c>
     </row>
     <row r="1291">
       <c r="A1291" t="s" s="2">
-        <v>3180</v>
+        <v>3133</v>
       </c>
       <c r="B1291" t="s">
-        <v>3181</v>
+        <v>3134</v>
       </c>
       <c r="C1291" t="s" s="2">
-        <v>3182</v>
+        <v>3135</v>
       </c>
       <c r="D1291">
         <v>1</v>
       </c>
     </row>
     <row r="1292">
       <c r="A1292" t="s" s="2">
-        <v>3183</v>
+        <v>3136</v>
       </c>
       <c r="B1292" t="s">
-        <v>3184</v>
+        <v>3137</v>
       </c>
       <c r="C1292" t="s" s="2">
-        <v>3185</v>
+        <v>3138</v>
       </c>
       <c r="D1292">
         <v>1</v>
       </c>
     </row>
     <row r="1293">
       <c r="A1293" t="s" s="2">
-        <v>3186</v>
+        <v>3139</v>
       </c>
       <c r="B1293" t="s">
-        <v>3187</v>
+        <v>3140</v>
       </c>
       <c r="C1293" t="s" s="2">
-        <v>3188</v>
+        <v>3141</v>
       </c>
       <c r="D1293">
         <v>1</v>
       </c>
     </row>
     <row r="1294">
       <c r="A1294" t="s" s="2">
-        <v>3189</v>
+        <v>3142</v>
       </c>
       <c r="B1294" t="s">
-        <v>3190</v>
+        <v>3143</v>
       </c>
       <c r="C1294" t="s" s="2">
-        <v>3191</v>
+        <v>3144</v>
       </c>
       <c r="D1294">
         <v>1</v>
       </c>
     </row>
     <row r="1295">
       <c r="A1295" t="s" s="2">
-        <v>3192</v>
+        <v>3145</v>
       </c>
       <c r="B1295" t="s">
-        <v>3193</v>
+        <v>3146</v>
       </c>
       <c r="C1295" t="s" s="2">
-        <v>3194</v>
+        <v>3147</v>
       </c>
       <c r="D1295">
         <v>1</v>
       </c>
     </row>
     <row r="1296">
       <c r="A1296" t="s" s="2">
-        <v>3195</v>
+        <v>3148</v>
       </c>
       <c r="B1296" t="s">
-        <v>3196</v>
+        <v>3149</v>
       </c>
       <c r="C1296" t="s" s="2">
-        <v>3197</v>
+        <v>3150</v>
       </c>
       <c r="D1296">
         <v>1</v>
       </c>
     </row>
     <row r="1297">
       <c r="A1297" t="s" s="2">
-        <v>3198</v>
+        <v>3148</v>
       </c>
       <c r="B1297" t="s">
-        <v>3199</v>
+        <v>3149</v>
       </c>
       <c r="C1297" t="s" s="2">
-        <v>3200</v>
+        <v>3151</v>
       </c>
       <c r="D1297">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1298">
       <c r="A1298" t="s" s="2">
-        <v>3201</v>
+        <v>3152</v>
       </c>
       <c r="B1298" t="s">
-        <v>3202</v>
+        <v>3153</v>
       </c>
       <c r="C1298" t="s" s="2">
-        <v>3203</v>
+        <v>3154</v>
       </c>
       <c r="D1298">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1299">
       <c r="A1299" t="s" s="2">
-        <v>3204</v>
+        <v>3152</v>
       </c>
       <c r="B1299" t="s">
-        <v>3205</v>
+        <v>3153</v>
       </c>
       <c r="C1299" t="s" s="2">
-        <v>3206</v>
+        <v>3155</v>
       </c>
       <c r="D1299">
         <v>1</v>
       </c>
     </row>
     <row r="1300">
       <c r="A1300" t="s" s="2">
-        <v>3207</v>
+        <v>3156</v>
       </c>
       <c r="B1300" t="s">
-        <v>3208</v>
+        <v>3157</v>
       </c>
       <c r="C1300" t="s" s="2">
-        <v>3209</v>
+        <v>3158</v>
       </c>
       <c r="D1300">
         <v>5</v>
       </c>
     </row>
     <row r="1301">
       <c r="A1301" t="s" s="2">
-        <v>3207</v>
+        <v>3156</v>
       </c>
       <c r="B1301" t="s">
-        <v>3208</v>
+        <v>3157</v>
       </c>
       <c r="C1301" t="s" s="2">
-        <v>3210</v>
+        <v>3159</v>
       </c>
       <c r="D1301">
         <v>1</v>
       </c>
     </row>
     <row r="1302">
       <c r="A1302" t="s" s="2">
-        <v>3211</v>
+        <v>3160</v>
       </c>
       <c r="B1302" t="s">
-        <v>3212</v>
+        <v>3161</v>
       </c>
       <c r="C1302" t="s" s="2">
-        <v>3213</v>
+        <v>3162</v>
       </c>
       <c r="D1302">
         <v>5</v>
       </c>
     </row>
     <row r="1303">
       <c r="A1303" t="s" s="2">
-        <v>3211</v>
+        <v>3160</v>
       </c>
       <c r="B1303" t="s">
-        <v>3212</v>
+        <v>3161</v>
       </c>
       <c r="C1303" t="s" s="2">
-        <v>3214</v>
+        <v>3163</v>
       </c>
       <c r="D1303">
         <v>1</v>
       </c>
     </row>
     <row r="1304">
       <c r="A1304" t="s" s="2">
-        <v>3215</v>
+        <v>3164</v>
       </c>
       <c r="B1304" t="s">
-        <v>3216</v>
+        <v>3165</v>
       </c>
       <c r="C1304" t="s" s="2">
-        <v>3217</v>
+        <v>3166</v>
       </c>
       <c r="D1304">
         <v>1</v>
       </c>
     </row>
     <row r="1305">
       <c r="A1305" t="s" s="2">
-        <v>3215</v>
+        <v>3164</v>
       </c>
       <c r="B1305" t="s">
-        <v>3216</v>
+        <v>3165</v>
       </c>
       <c r="C1305" t="s" s="2">
-        <v>3218</v>
+        <v>3167</v>
       </c>
       <c r="D1305">
         <v>5</v>
       </c>
     </row>
     <row r="1306">
       <c r="A1306" t="s" s="2">
-        <v>3219</v>
+        <v>3168</v>
       </c>
       <c r="B1306" t="s">
-        <v>3220</v>
+        <v>3169</v>
       </c>
       <c r="C1306" t="s" s="2">
-        <v>3221</v>
+        <v>3170</v>
       </c>
       <c r="D1306">
         <v>1</v>
       </c>
     </row>
     <row r="1307">
       <c r="A1307" t="s" s="2">
-        <v>3219</v>
+        <v>3171</v>
       </c>
       <c r="B1307" t="s">
-        <v>3220</v>
+        <v>3172</v>
       </c>
       <c r="C1307" t="s" s="2">
-        <v>3222</v>
+        <v>3173</v>
       </c>
       <c r="D1307">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1308">
       <c r="A1308" t="s" s="2">
-        <v>3223</v>
+        <v>3174</v>
       </c>
       <c r="B1308" t="s">
-        <v>3224</v>
+        <v>3175</v>
       </c>
       <c r="C1308" t="s" s="2">
-        <v>3225</v>
+        <v>3176</v>
       </c>
       <c r="D1308">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1309">
       <c r="A1309" t="s" s="2">
-        <v>3223</v>
+        <v>3177</v>
       </c>
       <c r="B1309" t="s">
-        <v>3224</v>
+        <v>3178</v>
       </c>
       <c r="C1309" t="s" s="2">
-        <v>3226</v>
+        <v>3179</v>
       </c>
       <c r="D1309">
         <v>1</v>
       </c>
     </row>
     <row r="1310">
       <c r="A1310" t="s" s="2">
-        <v>3227</v>
+        <v>3180</v>
       </c>
       <c r="B1310" t="s">
-        <v>3228</v>
+        <v>3181</v>
       </c>
       <c r="C1310" t="s" s="2">
-        <v>3229</v>
+        <v>3182</v>
       </c>
       <c r="D1310">
         <v>1</v>
       </c>
     </row>
     <row r="1311">
       <c r="A1311" t="s" s="2">
-        <v>3227</v>
+        <v>3183</v>
       </c>
       <c r="B1311" t="s">
-        <v>3228</v>
+        <v>3184</v>
       </c>
       <c r="C1311" t="s" s="2">
-        <v>3230</v>
+        <v>3185</v>
       </c>
       <c r="D1311">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1312">
       <c r="A1312" t="s" s="2">
-        <v>3231</v>
+        <v>3186</v>
       </c>
       <c r="B1312" t="s">
-        <v>3232</v>
+        <v>3187</v>
       </c>
       <c r="C1312" t="s" s="2">
-        <v>3233</v>
+        <v>3188</v>
       </c>
       <c r="D1312">
         <v>1</v>
       </c>
     </row>
     <row r="1313">
       <c r="A1313" t="s" s="2">
-        <v>3234</v>
+        <v>3189</v>
       </c>
       <c r="B1313" t="s">
-        <v>3235</v>
+        <v>3190</v>
       </c>
       <c r="C1313" t="s" s="2">
-        <v>3236</v>
+        <v>3191</v>
       </c>
       <c r="D1313">
         <v>1</v>
       </c>
     </row>
     <row r="1314">
       <c r="A1314" t="s" s="2">
-        <v>3237</v>
+        <v>3189</v>
       </c>
       <c r="B1314" t="s">
-        <v>3238</v>
+        <v>3190</v>
       </c>
       <c r="C1314" t="s" s="2">
-        <v>3239</v>
+        <v>3192</v>
       </c>
       <c r="D1314">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1315">
       <c r="A1315" t="s" s="2">
-        <v>3240</v>
+        <v>3193</v>
       </c>
       <c r="B1315" t="s">
-        <v>3241</v>
+        <v>3194</v>
       </c>
       <c r="C1315" t="s" s="2">
-        <v>3242</v>
+        <v>3195</v>
       </c>
       <c r="D1315">
         <v>1</v>
       </c>
     </row>
     <row r="1316">
       <c r="A1316" t="s" s="2">
-        <v>3240</v>
+        <v>3193</v>
       </c>
       <c r="B1316" t="s">
-        <v>3241</v>
+        <v>3194</v>
       </c>
       <c r="C1316" t="s" s="2">
-        <v>3243</v>
+        <v>3196</v>
       </c>
       <c r="D1316">
         <v>5</v>
       </c>
     </row>
     <row r="1317">
       <c r="A1317" t="s" s="2">
-        <v>3244</v>
+        <v>3197</v>
       </c>
       <c r="B1317" t="s">
-        <v>3245</v>
+        <v>3198</v>
       </c>
       <c r="C1317" t="s" s="2">
-        <v>3246</v>
+        <v>3199</v>
       </c>
       <c r="D1317">
         <v>1</v>
       </c>
     </row>
     <row r="1318">
       <c r="A1318" t="s" s="2">
-        <v>3247</v>
+        <v>3197</v>
       </c>
       <c r="B1318" t="s">
-        <v>3248</v>
+        <v>3198</v>
       </c>
       <c r="C1318" t="s" s="2">
-        <v>3249</v>
+        <v>3200</v>
       </c>
       <c r="D1318">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1319">
       <c r="A1319" t="s" s="2">
-        <v>3250</v>
+        <v>3201</v>
       </c>
       <c r="B1319" t="s">
-        <v>3251</v>
+        <v>3202</v>
       </c>
       <c r="C1319" t="s" s="2">
-        <v>3252</v>
+        <v>3203</v>
       </c>
       <c r="D1319">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1320">
       <c r="A1320" t="s" s="2">
-        <v>3250</v>
+        <v>3201</v>
       </c>
       <c r="B1320" t="s">
-        <v>3251</v>
+        <v>3202</v>
       </c>
       <c r="C1320" t="s" s="2">
-        <v>3253</v>
+        <v>3204</v>
       </c>
       <c r="D1320">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1321">
       <c r="A1321" t="s" s="2">
-        <v>3254</v>
+        <v>3205</v>
       </c>
       <c r="B1321" t="s">
-        <v>3255</v>
+        <v>3206</v>
       </c>
       <c r="C1321" t="s" s="2">
-        <v>3256</v>
+        <v>3207</v>
       </c>
       <c r="D1321">
         <v>1</v>
       </c>
     </row>
     <row r="1322">
       <c r="A1322" t="s" s="2">
-        <v>3254</v>
+        <v>3205</v>
       </c>
       <c r="B1322" t="s">
-        <v>3255</v>
+        <v>3206</v>
       </c>
       <c r="C1322" t="s" s="2">
-        <v>3257</v>
+        <v>3208</v>
       </c>
       <c r="D1322">
         <v>5</v>
       </c>
     </row>
     <row r="1323">
       <c r="A1323" t="s" s="2">
-        <v>3258</v>
+        <v>3209</v>
       </c>
       <c r="B1323" t="s">
-        <v>3259</v>
+        <v>3210</v>
       </c>
       <c r="C1323" t="s" s="2">
-        <v>3260</v>
+        <v>3211</v>
       </c>
       <c r="D1323">
         <v>1</v>
       </c>
     </row>
     <row r="1324">
       <c r="A1324" t="s" s="2">
-        <v>3261</v>
+        <v>3212</v>
       </c>
       <c r="B1324" t="s">
-        <v>3262</v>
+        <v>3213</v>
       </c>
       <c r="C1324" t="s" s="2">
-        <v>3263</v>
+        <v>3214</v>
       </c>
       <c r="D1324">
         <v>1</v>
       </c>
     </row>
     <row r="1325">
       <c r="A1325" t="s" s="2">
-        <v>3264</v>
+        <v>3215</v>
       </c>
       <c r="B1325" t="s">
-        <v>3265</v>
+        <v>3216</v>
       </c>
       <c r="C1325" t="s" s="2">
-        <v>3266</v>
+        <v>3217</v>
       </c>
       <c r="D1325">
         <v>1</v>
       </c>
     </row>
     <row r="1326">
       <c r="A1326" t="s" s="2">
-        <v>3264</v>
+        <v>3218</v>
       </c>
       <c r="B1326" t="s">
-        <v>3265</v>
+        <v>3219</v>
       </c>
       <c r="C1326" t="s" s="2">
-        <v>3267</v>
+        <v>3220</v>
       </c>
       <c r="D1326">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1327">
       <c r="A1327" t="s" s="2">
-        <v>3268</v>
+        <v>3221</v>
       </c>
       <c r="B1327" t="s">
-        <v>3269</v>
+        <v>3222</v>
       </c>
       <c r="C1327" t="s" s="2">
-        <v>3270</v>
+        <v>3223</v>
       </c>
       <c r="D1327">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1328">
       <c r="A1328" t="s" s="2">
-        <v>3268</v>
+        <v>3224</v>
       </c>
       <c r="B1328" t="s">
-        <v>3269</v>
+        <v>3225</v>
       </c>
       <c r="C1328" t="s" s="2">
-        <v>3271</v>
+        <v>3226</v>
       </c>
       <c r="D1328">
         <v>1</v>
       </c>
     </row>
     <row r="1329">
       <c r="A1329" t="s" s="2">
-        <v>3272</v>
+        <v>3227</v>
       </c>
       <c r="B1329" t="s">
-        <v>3273</v>
+        <v>3228</v>
       </c>
       <c r="C1329" t="s" s="2">
-        <v>3274</v>
+        <v>3229</v>
       </c>
       <c r="D1329">
         <v>1</v>
       </c>
     </row>
     <row r="1330">
       <c r="A1330" t="s" s="2">
-        <v>3272</v>
+        <v>3230</v>
       </c>
       <c r="B1330" t="s">
-        <v>3273</v>
+        <v>3231</v>
       </c>
       <c r="C1330" t="s" s="2">
-        <v>3275</v>
+        <v>3232</v>
       </c>
       <c r="D1330">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1331">
       <c r="A1331" t="s" s="2">
-        <v>3276</v>
+        <v>3233</v>
       </c>
       <c r="B1331" t="s">
-        <v>3277</v>
+        <v>3234</v>
       </c>
       <c r="C1331" t="s" s="2">
-        <v>3278</v>
+        <v>3235</v>
       </c>
       <c r="D1331">
         <v>1</v>
       </c>
     </row>
     <row r="1332">
       <c r="A1332" t="s" s="2">
-        <v>3276</v>
+        <v>3236</v>
       </c>
       <c r="B1332" t="s">
-        <v>3277</v>
+        <v>3237</v>
       </c>
       <c r="C1332" t="s" s="2">
-        <v>3279</v>
+        <v>3238</v>
       </c>
       <c r="D1332">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1333">
       <c r="A1333" t="s" s="2">
-        <v>3280</v>
+        <v>3239</v>
       </c>
       <c r="B1333" t="s">
-        <v>3281</v>
+        <v>3240</v>
       </c>
       <c r="C1333" t="s" s="2">
-        <v>3282</v>
+        <v>3241</v>
       </c>
       <c r="D1333">
         <v>1</v>
       </c>
     </row>
     <row r="1334">
       <c r="A1334" t="s" s="2">
-        <v>3280</v>
+        <v>3242</v>
       </c>
       <c r="B1334" t="s">
-        <v>3281</v>
+        <v>3243</v>
       </c>
       <c r="C1334" t="s" s="2">
-        <v>3283</v>
+        <v>3244</v>
       </c>
       <c r="D1334">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1335">
       <c r="A1335" t="s" s="2">
-        <v>3284</v>
+        <v>3245</v>
       </c>
       <c r="B1335" t="s">
-        <v>3285</v>
+        <v>3246</v>
       </c>
       <c r="C1335" t="s" s="2">
-        <v>3286</v>
+        <v>3247</v>
       </c>
       <c r="D1335">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1336">
       <c r="A1336" t="s" s="2">
-        <v>3284</v>
+        <v>3248</v>
       </c>
       <c r="B1336" t="s">
-        <v>3285</v>
+        <v>3249</v>
       </c>
       <c r="C1336" t="s" s="2">
-        <v>3287</v>
+        <v>3250</v>
       </c>
       <c r="D1336">
         <v>1</v>
       </c>
     </row>
     <row r="1337">
       <c r="A1337" t="s" s="2">
-        <v>3288</v>
+        <v>3251</v>
       </c>
       <c r="B1337" t="s">
-        <v>3289</v>
+        <v>3252</v>
       </c>
       <c r="C1337" t="s" s="2">
-        <v>3290</v>
+        <v>3253</v>
       </c>
       <c r="D1337">
         <v>1</v>
       </c>
     </row>
     <row r="1338">
       <c r="A1338" t="s" s="2">
-        <v>3288</v>
+        <v>3254</v>
       </c>
       <c r="B1338" t="s">
-        <v>3289</v>
+        <v>3255</v>
       </c>
       <c r="C1338" t="s" s="2">
-        <v>3291</v>
+        <v>3256</v>
       </c>
       <c r="D1338">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1339">
       <c r="A1339" t="s" s="2">
-        <v>3292</v>
+        <v>3257</v>
       </c>
       <c r="B1339" t="s">
-        <v>3293</v>
+        <v>3258</v>
       </c>
       <c r="C1339" t="s" s="2">
-        <v>3294</v>
+        <v>3259</v>
       </c>
       <c r="D1339">
         <v>1</v>
       </c>
     </row>
     <row r="1340">
       <c r="A1340" t="s" s="2">
-        <v>3292</v>
+        <v>3260</v>
       </c>
       <c r="B1340" t="s">
-        <v>3293</v>
+        <v>3261</v>
       </c>
       <c r="C1340" t="s" s="2">
-        <v>3295</v>
+        <v>3262</v>
       </c>
       <c r="D1340">
         <v>5</v>
       </c>
     </row>
     <row r="1341">
       <c r="A1341" t="s" s="2">
-        <v>3296</v>
+        <v>3260</v>
       </c>
       <c r="B1341" t="s">
-        <v>3297</v>
+        <v>3261</v>
       </c>
       <c r="C1341" t="s" s="2">
-        <v>3298</v>
+        <v>3263</v>
       </c>
       <c r="D1341">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1342">
       <c r="A1342" t="s" s="2">
-        <v>3296</v>
+        <v>3264</v>
       </c>
       <c r="B1342" t="s">
-        <v>3297</v>
+        <v>3265</v>
       </c>
       <c r="C1342" t="s" s="2">
-        <v>3299</v>
+        <v>3266</v>
       </c>
       <c r="D1342">
         <v>1</v>
       </c>
     </row>
     <row r="1343">
       <c r="A1343" t="s" s="2">
-        <v>3300</v>
+        <v>3264</v>
       </c>
       <c r="B1343" t="s">
-        <v>3301</v>
+        <v>3265</v>
       </c>
       <c r="C1343" t="s" s="2">
-        <v>3302</v>
+        <v>3267</v>
       </c>
       <c r="D1343">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1344">
       <c r="A1344" t="s" s="2">
-        <v>3300</v>
+        <v>3268</v>
       </c>
       <c r="B1344" t="s">
-        <v>3301</v>
+        <v>3269</v>
       </c>
       <c r="C1344" t="s" s="2">
-        <v>3303</v>
+        <v>3270</v>
       </c>
       <c r="D1344">
         <v>5</v>
       </c>
     </row>
     <row r="1345">
       <c r="A1345" t="s" s="2">
-        <v>3304</v>
+        <v>3268</v>
       </c>
       <c r="B1345" t="s">
-        <v>3305</v>
+        <v>3269</v>
       </c>
       <c r="C1345" t="s" s="2">
-        <v>3306</v>
+        <v>3271</v>
       </c>
       <c r="D1345">
         <v>1</v>
       </c>
     </row>
     <row r="1346">
       <c r="A1346" t="s" s="2">
-        <v>3307</v>
+        <v>3272</v>
       </c>
       <c r="B1346" t="s">
-        <v>3308</v>
+        <v>3273</v>
       </c>
       <c r="C1346" t="s" s="2">
-        <v>3309</v>
+        <v>3274</v>
       </c>
       <c r="D1346">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1347">
       <c r="A1347" t="s" s="2">
-        <v>3310</v>
+        <v>3272</v>
       </c>
       <c r="B1347" t="s">
-        <v>3311</v>
+        <v>3273</v>
       </c>
       <c r="C1347" t="s" s="2">
-        <v>3312</v>
+        <v>3275</v>
       </c>
       <c r="D1347">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1348">
       <c r="A1348" t="s" s="2">
-        <v>3310</v>
+        <v>3276</v>
       </c>
       <c r="B1348" t="s">
-        <v>3311</v>
+        <v>3277</v>
       </c>
       <c r="C1348" t="s" s="2">
-        <v>3313</v>
+        <v>3278</v>
       </c>
       <c r="D1348">
         <v>1</v>
       </c>
     </row>
     <row r="1349">
       <c r="A1349" t="s" s="2">
-        <v>3314</v>
+        <v>3276</v>
       </c>
       <c r="B1349" t="s">
-        <v>3315</v>
+        <v>3277</v>
       </c>
       <c r="C1349" t="s" s="2">
-        <v>3316</v>
+        <v>3279</v>
       </c>
       <c r="D1349">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1350">
       <c r="A1350" t="s" s="2">
-        <v>3317</v>
+        <v>3280</v>
       </c>
       <c r="B1350" t="s">
-        <v>3318</v>
+        <v>3281</v>
       </c>
       <c r="C1350" t="s" s="2">
-        <v>3319</v>
+        <v>3282</v>
       </c>
       <c r="D1350">
         <v>1</v>
       </c>
     </row>
     <row r="1351">
       <c r="A1351" t="s" s="2">
-        <v>3317</v>
+        <v>3280</v>
       </c>
       <c r="B1351" t="s">
-        <v>3318</v>
+        <v>3281</v>
       </c>
       <c r="C1351" t="s" s="2">
-        <v>3320</v>
+        <v>3283</v>
       </c>
       <c r="D1351">
         <v>5</v>
       </c>
     </row>
     <row r="1352">
       <c r="A1352" t="s" s="2">
-        <v>3321</v>
+        <v>3284</v>
       </c>
       <c r="B1352" t="s">
-        <v>3322</v>
+        <v>3285</v>
       </c>
       <c r="C1352" t="s" s="2">
-        <v>3323</v>
+        <v>3286</v>
       </c>
       <c r="D1352">
         <v>1</v>
       </c>
     </row>
     <row r="1353">
       <c r="A1353" t="s" s="2">
-        <v>3324</v>
+        <v>3287</v>
       </c>
       <c r="B1353" t="s">
-        <v>3325</v>
+        <v>3288</v>
       </c>
       <c r="C1353" t="s" s="2">
-        <v>3326</v>
+        <v>3289</v>
       </c>
       <c r="D1353">
         <v>1</v>
       </c>
     </row>
     <row r="1354">
       <c r="A1354" t="s" s="2">
-        <v>3327</v>
+        <v>3290</v>
       </c>
       <c r="B1354" t="s">
-        <v>3328</v>
+        <v>3291</v>
       </c>
       <c r="C1354" t="s" s="2">
-        <v>3329</v>
+        <v>3292</v>
       </c>
       <c r="D1354">
         <v>1</v>
       </c>
     </row>
     <row r="1355">
       <c r="A1355" t="s" s="2">
-        <v>3330</v>
+        <v>3293</v>
       </c>
       <c r="B1355" t="s">
-        <v>3331</v>
+        <v>3294</v>
       </c>
       <c r="C1355" t="s" s="2">
-        <v>3332</v>
+        <v>3295</v>
       </c>
       <c r="D1355">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1356">
       <c r="A1356" t="s" s="2">
-        <v>3333</v>
+        <v>3293</v>
       </c>
       <c r="B1356" t="s">
-        <v>3334</v>
+        <v>3294</v>
       </c>
       <c r="C1356" t="s" s="2">
-        <v>3335</v>
+        <v>3296</v>
       </c>
       <c r="D1356">
         <v>1</v>
       </c>
     </row>
     <row r="1357">
       <c r="A1357" t="s" s="2">
-        <v>3336</v>
+        <v>3297</v>
       </c>
       <c r="B1357" t="s">
-        <v>3337</v>
+        <v>3298</v>
       </c>
       <c r="C1357" t="s" s="2">
-        <v>3338</v>
+        <v>3299</v>
       </c>
       <c r="D1357">
         <v>1</v>
       </c>
     </row>
     <row r="1358">
       <c r="A1358" t="s" s="2">
-        <v>3339</v>
+        <v>3300</v>
       </c>
       <c r="B1358" t="s">
-        <v>3340</v>
+        <v>3301</v>
       </c>
       <c r="C1358" t="s" s="2">
-        <v>3341</v>
+        <v>3302</v>
       </c>
       <c r="D1358">
         <v>1</v>
       </c>
     </row>
     <row r="1359">
       <c r="A1359" t="s" s="2">
-        <v>3339</v>
+        <v>3303</v>
       </c>
       <c r="B1359" t="s">
-        <v>3340</v>
+        <v>3304</v>
       </c>
       <c r="C1359" t="s" s="2">
-        <v>3342</v>
+        <v>3305</v>
       </c>
       <c r="D1359">
         <v>5</v>
       </c>
     </row>
     <row r="1360">
       <c r="A1360" t="s" s="2">
-        <v>3343</v>
+        <v>3303</v>
       </c>
       <c r="B1360" t="s">
-        <v>3344</v>
+        <v>3304</v>
       </c>
       <c r="C1360" t="s" s="2">
-        <v>3345</v>
+        <v>3306</v>
       </c>
       <c r="D1360">
         <v>1</v>
       </c>
     </row>
     <row r="1361">
       <c r="A1361" t="s" s="2">
-        <v>3343</v>
+        <v>3307</v>
       </c>
       <c r="B1361" t="s">
-        <v>3344</v>
+        <v>3308</v>
       </c>
       <c r="C1361" t="s" s="2">
-        <v>3346</v>
+        <v>3309</v>
       </c>
       <c r="D1361">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1362">
       <c r="A1362" t="s" s="2">
-        <v>3347</v>
+        <v>3307</v>
       </c>
       <c r="B1362" t="s">
-        <v>3348</v>
+        <v>3308</v>
       </c>
       <c r="C1362" t="s" s="2">
-        <v>3349</v>
+        <v>3310</v>
       </c>
       <c r="D1362">
         <v>5</v>
       </c>
     </row>
     <row r="1363">
       <c r="A1363" t="s" s="2">
-        <v>3347</v>
+        <v>3311</v>
       </c>
       <c r="B1363" t="s">
-        <v>3348</v>
+        <v>3312</v>
       </c>
       <c r="C1363" t="s" s="2">
-        <v>3350</v>
+        <v>3313</v>
       </c>
       <c r="D1363">
         <v>1</v>
       </c>
     </row>
     <row r="1364">
       <c r="A1364" t="s" s="2">
-        <v>3351</v>
+        <v>3314</v>
       </c>
       <c r="B1364" t="s">
-        <v>3352</v>
+        <v>3315</v>
       </c>
       <c r="C1364" t="s" s="2">
-        <v>3353</v>
+        <v>3316</v>
       </c>
       <c r="D1364">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1365">
       <c r="A1365" t="s" s="2">
-        <v>3351</v>
+        <v>3317</v>
       </c>
       <c r="B1365" t="s">
-        <v>3352</v>
+        <v>3120</v>
       </c>
       <c r="C1365" t="s" s="2">
-        <v>3354</v>
+        <v>3318</v>
       </c>
       <c r="D1365">
         <v>1</v>
       </c>
     </row>
     <row r="1366">
       <c r="A1366" t="s" s="2">
-        <v>3355</v>
+        <v>3317</v>
       </c>
       <c r="B1366" t="s">
-        <v>3356</v>
+        <v>3120</v>
       </c>
       <c r="C1366" t="s" s="2">
-        <v>3357</v>
+        <v>3319</v>
       </c>
       <c r="D1366">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1367">
       <c r="A1367" t="s" s="2">
-        <v>3355</v>
+        <v>3320</v>
       </c>
       <c r="B1367" t="s">
-        <v>3356</v>
+        <v>3131</v>
       </c>
       <c r="C1367" t="s" s="2">
-        <v>3358</v>
+        <v>3321</v>
       </c>
       <c r="D1367">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1368">
       <c r="A1368" t="s" s="2">
-        <v>3359</v>
+        <v>3320</v>
       </c>
       <c r="B1368" t="s">
-        <v>3360</v>
+        <v>3131</v>
       </c>
       <c r="C1368" t="s" s="2">
-        <v>3361</v>
+        <v>3322</v>
       </c>
       <c r="D1368">
         <v>1</v>
       </c>
     </row>
     <row r="1369">
       <c r="A1369" t="s" s="2">
-        <v>3362</v>
+        <v>3323</v>
       </c>
       <c r="B1369" t="s">
-        <v>3363</v>
+        <v>3143</v>
       </c>
       <c r="C1369" t="s" s="2">
-        <v>3364</v>
+        <v>3324</v>
       </c>
       <c r="D1369">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1370">
       <c r="A1370" t="s" s="2">
-        <v>3365</v>
+        <v>3323</v>
       </c>
       <c r="B1370" t="s">
-        <v>3366</v>
+        <v>3143</v>
       </c>
       <c r="C1370" t="s" s="2">
-        <v>3367</v>
+        <v>3325</v>
       </c>
       <c r="D1370">
         <v>1</v>
       </c>
     </row>
     <row r="1371">
       <c r="A1371" t="s" s="2">
-        <v>3368</v>
+        <v>3326</v>
       </c>
       <c r="B1371" t="s">
-        <v>3369</v>
+        <v>3153</v>
       </c>
       <c r="C1371" t="s" s="2">
-        <v>3370</v>
+        <v>3327</v>
       </c>
       <c r="D1371">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1372">
       <c r="A1372" t="s" s="2">
-        <v>3371</v>
+        <v>3326</v>
       </c>
       <c r="B1372" t="s">
-        <v>3372</v>
+        <v>3153</v>
       </c>
       <c r="C1372" t="s" s="2">
-        <v>3373</v>
+        <v>3328</v>
       </c>
       <c r="D1372">
         <v>1</v>
       </c>
     </row>
     <row r="1373">
       <c r="A1373" t="s" s="2">
-        <v>3374</v>
+        <v>3329</v>
       </c>
       <c r="B1373" t="s">
-        <v>3375</v>
+        <v>3169</v>
       </c>
       <c r="C1373" t="s" s="2">
-        <v>3376</v>
+        <v>3330</v>
       </c>
       <c r="D1373">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1374">
       <c r="A1374" t="s" s="2">
-        <v>3377</v>
+        <v>3329</v>
       </c>
       <c r="B1374" t="s">
-        <v>3378</v>
+        <v>3169</v>
       </c>
       <c r="C1374" t="s" s="2">
-        <v>3379</v>
+        <v>3331</v>
       </c>
       <c r="D1374">
         <v>1</v>
       </c>
     </row>
     <row r="1375">
       <c r="A1375" t="s" s="2">
-        <v>3380</v>
+        <v>3332</v>
       </c>
       <c r="B1375" t="s">
-        <v>3381</v>
+        <v>3190</v>
       </c>
       <c r="C1375" t="s" s="2">
-        <v>3382</v>
+        <v>3333</v>
       </c>
       <c r="D1375">
         <v>1</v>
       </c>
     </row>
     <row r="1376">
       <c r="A1376" t="s" s="2">
-        <v>3380</v>
+        <v>3332</v>
       </c>
       <c r="B1376" t="s">
-        <v>3381</v>
+        <v>3190</v>
       </c>
       <c r="C1376" t="s" s="2">
-        <v>3383</v>
+        <v>3334</v>
       </c>
       <c r="D1376">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1377">
       <c r="A1377" t="s" s="2">
-        <v>3384</v>
+        <v>3335</v>
       </c>
       <c r="B1377" t="s">
-        <v>3385</v>
+        <v>3194</v>
       </c>
       <c r="C1377" t="s" s="2">
-        <v>3386</v>
+        <v>3336</v>
       </c>
       <c r="D1377">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1378">
       <c r="A1378" t="s" s="2">
-        <v>3384</v>
+        <v>3335</v>
       </c>
       <c r="B1378" t="s">
-        <v>3385</v>
+        <v>3194</v>
       </c>
       <c r="C1378" t="s" s="2">
-        <v>3387</v>
+        <v>3337</v>
       </c>
       <c r="D1378">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1379">
       <c r="A1379" t="s" s="2">
-        <v>3388</v>
+        <v>3338</v>
       </c>
       <c r="B1379" t="s">
-        <v>3389</v>
+        <v>3213</v>
       </c>
       <c r="C1379" t="s" s="2">
-        <v>3390</v>
+        <v>3339</v>
       </c>
       <c r="D1379">
         <v>1</v>
       </c>
     </row>
     <row r="1380">
       <c r="A1380" t="s" s="2">
-        <v>3388</v>
+        <v>3338</v>
       </c>
       <c r="B1380" t="s">
-        <v>3389</v>
+        <v>3213</v>
       </c>
       <c r="C1380" t="s" s="2">
-        <v>3391</v>
+        <v>3340</v>
       </c>
       <c r="D1380">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1381">
       <c r="A1381" t="s" s="2">
-        <v>3392</v>
+        <v>3341</v>
       </c>
       <c r="B1381" t="s">
-        <v>3393</v>
+        <v>3216</v>
       </c>
       <c r="C1381" t="s" s="2">
-        <v>3394</v>
+        <v>3342</v>
       </c>
       <c r="D1381">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1382">
       <c r="A1382" t="s" s="2">
-        <v>3392</v>
+        <v>3341</v>
       </c>
       <c r="B1382" t="s">
-        <v>3393</v>
+        <v>3216</v>
       </c>
       <c r="C1382" t="s" s="2">
-        <v>3395</v>
+        <v>3343</v>
       </c>
       <c r="D1382">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1383">
       <c r="A1383" t="s" s="2">
-        <v>3396</v>
+        <v>3344</v>
       </c>
       <c r="B1383" t="s">
-        <v>3397</v>
+        <v>3219</v>
       </c>
       <c r="C1383" t="s" s="2">
-        <v>3398</v>
+        <v>3345</v>
       </c>
       <c r="D1383">
         <v>1</v>
       </c>
     </row>
     <row r="1384">
       <c r="A1384" t="s" s="2">
-        <v>3396</v>
+        <v>3344</v>
       </c>
       <c r="B1384" t="s">
-        <v>3397</v>
+        <v>3219</v>
       </c>
       <c r="C1384" t="s" s="2">
-        <v>3399</v>
+        <v>3346</v>
       </c>
       <c r="D1384">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1385">
       <c r="A1385" t="s" s="2">
-        <v>3400</v>
+        <v>3347</v>
       </c>
       <c r="B1385" t="s">
-        <v>3401</v>
+        <v>3228</v>
       </c>
       <c r="C1385" t="s" s="2">
-        <v>3402</v>
+        <v>3348</v>
       </c>
       <c r="D1385">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1386">
       <c r="A1386" t="s" s="2">
-        <v>3403</v>
+        <v>3347</v>
       </c>
       <c r="B1386" t="s">
-        <v>3404</v>
+        <v>3228</v>
       </c>
       <c r="C1386" t="s" s="2">
-        <v>3405</v>
+        <v>3349</v>
       </c>
       <c r="D1386">
         <v>1</v>
       </c>
     </row>
     <row r="1387">
       <c r="A1387" t="s" s="2">
-        <v>3406</v>
+        <v>3350</v>
       </c>
       <c r="B1387" t="s">
-        <v>3407</v>
+        <v>3234</v>
       </c>
       <c r="C1387" t="s" s="2">
-        <v>3408</v>
+        <v>3351</v>
       </c>
       <c r="D1387">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1388">
       <c r="A1388" t="s" s="2">
-        <v>3409</v>
+        <v>3350</v>
       </c>
       <c r="B1388" t="s">
-        <v>3410</v>
+        <v>3234</v>
       </c>
       <c r="C1388" t="s" s="2">
-        <v>3411</v>
+        <v>3352</v>
       </c>
       <c r="D1388">
         <v>1</v>
       </c>
     </row>
     <row r="1389">
       <c r="A1389" t="s" s="2">
-        <v>3412</v>
+        <v>3353</v>
       </c>
       <c r="B1389" t="s">
-        <v>3413</v>
+        <v>3243</v>
       </c>
       <c r="C1389" t="s" s="2">
-        <v>3414</v>
+        <v>3354</v>
       </c>
       <c r="D1389">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1390">
       <c r="A1390" t="s" s="2">
-        <v>3415</v>
+        <v>3353</v>
       </c>
       <c r="B1390" t="s">
-        <v>3416</v>
+        <v>3243</v>
       </c>
       <c r="C1390" t="s" s="2">
-        <v>3417</v>
+        <v>3355</v>
       </c>
       <c r="D1390">
         <v>1</v>
       </c>
     </row>
     <row r="1391">
       <c r="A1391" t="s" s="2">
-        <v>3418</v>
+        <v>3356</v>
       </c>
       <c r="B1391" t="s">
-        <v>3419</v>
+        <v>3261</v>
       </c>
       <c r="C1391" t="s" s="2">
-        <v>3420</v>
+        <v>3357</v>
       </c>
       <c r="D1391">
         <v>1</v>
       </c>
     </row>
     <row r="1392">
       <c r="A1392" t="s" s="2">
-        <v>3421</v>
+        <v>3356</v>
       </c>
       <c r="B1392" t="s">
-        <v>3422</v>
+        <v>3261</v>
       </c>
       <c r="C1392" t="s" s="2">
-        <v>3423</v>
+        <v>3358</v>
       </c>
       <c r="D1392">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1393">
       <c r="A1393" t="s" s="2">
-        <v>3424</v>
+        <v>3359</v>
       </c>
       <c r="B1393" t="s">
-        <v>3425</v>
+        <v>3269</v>
       </c>
       <c r="C1393" t="s" s="2">
-        <v>3426</v>
+        <v>3360</v>
       </c>
       <c r="D1393">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1394">
       <c r="A1394" t="s" s="2">
-        <v>3427</v>
+        <v>3359</v>
       </c>
       <c r="B1394" t="s">
-        <v>3428</v>
+        <v>3269</v>
       </c>
       <c r="C1394" t="s" s="2">
-        <v>3429</v>
+        <v>3361</v>
       </c>
       <c r="D1394">
         <v>1</v>
       </c>
     </row>
     <row r="1395">
       <c r="A1395" t="s" s="2">
-        <v>3430</v>
+        <v>3362</v>
       </c>
       <c r="B1395" t="s">
-        <v>3431</v>
+        <v>3277</v>
       </c>
       <c r="C1395" t="s" s="2">
-        <v>3432</v>
+        <v>3363</v>
       </c>
       <c r="D1395">
         <v>1</v>
       </c>
     </row>
     <row r="1396">
       <c r="A1396" t="s" s="2">
-        <v>3433</v>
+        <v>3362</v>
       </c>
       <c r="B1396" t="s">
-        <v>3434</v>
+        <v>3277</v>
       </c>
       <c r="C1396" t="s" s="2">
-        <v>3435</v>
+        <v>3364</v>
       </c>
       <c r="D1396">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1397">
       <c r="A1397" t="s" s="2">
-        <v>3436</v>
+        <v>3365</v>
       </c>
       <c r="B1397" t="s">
-        <v>3437</v>
+        <v>3281</v>
       </c>
       <c r="C1397" t="s" s="2">
-        <v>3438</v>
+        <v>3366</v>
       </c>
       <c r="D1397">
         <v>1</v>
       </c>
     </row>
     <row r="1398">
       <c r="A1398" t="s" s="2">
-        <v>3439</v>
+        <v>3365</v>
       </c>
       <c r="B1398" t="s">
-        <v>3440</v>
+        <v>3281</v>
       </c>
       <c r="C1398" t="s" s="2">
-        <v>3441</v>
+        <v>3367</v>
       </c>
       <c r="D1398">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1399">
       <c r="A1399" t="s" s="2">
-        <v>3442</v>
+        <v>3368</v>
       </c>
       <c r="B1399" t="s">
-        <v>3443</v>
+        <v>3285</v>
       </c>
       <c r="C1399" t="s" s="2">
-        <v>3444</v>
+        <v>3369</v>
       </c>
       <c r="D1399">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1400">
       <c r="A1400" t="s" s="2">
-        <v>3445</v>
+        <v>3368</v>
       </c>
       <c r="B1400" t="s">
-        <v>3446</v>
+        <v>3285</v>
       </c>
       <c r="C1400" t="s" s="2">
-        <v>3447</v>
+        <v>3370</v>
       </c>
       <c r="D1400">
         <v>1</v>
       </c>
     </row>
     <row r="1401">
       <c r="A1401" t="s" s="2">
-        <v>3448</v>
+        <v>3371</v>
       </c>
       <c r="B1401" t="s">
-        <v>3449</v>
+        <v>3288</v>
       </c>
       <c r="C1401" t="s" s="2">
-        <v>3450</v>
+        <v>3372</v>
       </c>
       <c r="D1401">
         <v>1</v>
       </c>
     </row>
     <row r="1402">
       <c r="A1402" t="s" s="2">
-        <v>3451</v>
+        <v>3371</v>
       </c>
       <c r="B1402" t="s">
-        <v>3452</v>
+        <v>3288</v>
       </c>
       <c r="C1402" t="s" s="2">
-        <v>3453</v>
+        <v>3373</v>
       </c>
       <c r="D1402">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1403">
       <c r="A1403" t="s" s="2">
-        <v>3451</v>
+        <v>3374</v>
       </c>
       <c r="B1403" t="s">
-        <v>3452</v>
+        <v>3375</v>
       </c>
       <c r="C1403" t="s" s="2">
-        <v>3454</v>
+        <v>3376</v>
       </c>
       <c r="D1403">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1404">
       <c r="A1404" t="s" s="2">
-        <v>3455</v>
+        <v>3374</v>
       </c>
       <c r="B1404" t="s">
-        <v>3456</v>
+        <v>3375</v>
       </c>
       <c r="C1404" t="s" s="2">
-        <v>3457</v>
+        <v>3377</v>
       </c>
       <c r="D1404">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1405">
       <c r="A1405" t="s" s="2">
-        <v>3455</v>
+        <v>3378</v>
       </c>
       <c r="B1405" t="s">
-        <v>3456</v>
-[...2 lines deleted...]
-        <v>3458</v>
+        <v>3379</v>
+      </c>
+      <c r="C1405" s="3">
+        <v>16939029817720</v>
       </c>
       <c r="D1405">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1406">
       <c r="A1406" t="s" s="2">
-        <v>3459</v>
+        <v>3378</v>
       </c>
       <c r="B1406" t="s">
-        <v>3460</v>
-[...2 lines deleted...]
-        <v>3461</v>
+        <v>3379</v>
+      </c>
+      <c r="C1406" s="3">
+        <v>26939029817727</v>
       </c>
       <c r="D1406">
-        <v>5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1407">
       <c r="A1407" t="s" s="2">
-        <v>3459</v>
+        <v>3378</v>
       </c>
       <c r="B1407" t="s">
-        <v>3460</v>
+        <v>3379</v>
       </c>
       <c r="C1407" t="s" s="2">
-        <v>3462</v>
+        <v>3380</v>
       </c>
       <c r="D1407">
         <v>1</v>
       </c>
     </row>
     <row r="1408">
       <c r="A1408" t="s" s="2">
-        <v>3463</v>
+        <v>3378</v>
       </c>
       <c r="B1408" t="s">
-        <v>3464</v>
-[...2 lines deleted...]
-        <v>3465</v>
+        <v>3379</v>
+      </c>
+      <c r="C1408" s="3">
+        <v>36939029817724</v>
       </c>
       <c r="D1408">
-        <v>5</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1409">
       <c r="A1409" t="s" s="2">
-        <v>3463</v>
+        <v>3381</v>
       </c>
       <c r="B1409" t="s">
-        <v>3464</v>
-[...2 lines deleted...]
-        <v>3466</v>
+        <v>3382</v>
+      </c>
+      <c r="C1409" s="3">
+        <v>16939029817768</v>
       </c>
       <c r="D1409">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1410">
       <c r="A1410" t="s" s="2">
-        <v>3467</v>
+        <v>3381</v>
       </c>
       <c r="B1410" t="s">
-        <v>3468</v>
-[...2 lines deleted...]
-        <v>3469</v>
+        <v>3382</v>
+      </c>
+      <c r="C1410" s="3">
+        <v>26939029817765</v>
       </c>
       <c r="D1410">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1411">
       <c r="A1411" t="s" s="2">
-        <v>3467</v>
+        <v>3381</v>
       </c>
       <c r="B1411" t="s">
-        <v>3468</v>
-[...2 lines deleted...]
-        <v>3470</v>
+        <v>3382</v>
+      </c>
+      <c r="C1411" s="3">
+        <v>36939029817762</v>
       </c>
       <c r="D1411">
-        <v>5</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1412">
       <c r="A1412" t="s" s="2">
-        <v>3471</v>
+        <v>3381</v>
       </c>
       <c r="B1412" t="s">
-        <v>3472</v>
+        <v>3382</v>
       </c>
       <c r="C1412" t="s" s="2">
-        <v>3473</v>
+        <v>3383</v>
       </c>
       <c r="D1412">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1413">
       <c r="A1413" t="s" s="2">
-        <v>3471</v>
+        <v>3384</v>
       </c>
       <c r="B1413" t="s">
-        <v>3472</v>
-[...2 lines deleted...]
-        <v>3474</v>
+        <v>3385</v>
+      </c>
+      <c r="C1413" s="3">
+        <v>16939029817744</v>
       </c>
       <c r="D1413">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1414">
       <c r="A1414" t="s" s="2">
-        <v>3475</v>
+        <v>3384</v>
       </c>
       <c r="B1414" t="s">
-        <v>3476</v>
-[...2 lines deleted...]
-        <v>3477</v>
+        <v>3385</v>
+      </c>
+      <c r="C1414" s="3">
+        <v>36939029817748</v>
       </c>
       <c r="D1414">
-        <v>1</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1415">
       <c r="A1415" t="s" s="2">
-        <v>3478</v>
+        <v>3384</v>
       </c>
       <c r="B1415" t="s">
-        <v>3479</v>
-[...2 lines deleted...]
-        <v>3480</v>
+        <v>3385</v>
+      </c>
+      <c r="C1415" s="3">
+        <v>26939029817741</v>
       </c>
       <c r="D1415">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1416">
       <c r="A1416" t="s" s="2">
-        <v>3481</v>
+        <v>3384</v>
       </c>
       <c r="B1416" t="s">
-        <v>3482</v>
+        <v>3385</v>
       </c>
       <c r="C1416" t="s" s="2">
-        <v>3483</v>
+        <v>3386</v>
       </c>
       <c r="D1416">
         <v>1</v>
       </c>
     </row>
     <row r="1417">
       <c r="A1417" t="s" s="2">
-        <v>3484</v>
+        <v>3387</v>
       </c>
       <c r="B1417" t="s">
-        <v>3485</v>
-[...2 lines deleted...]
-        <v>3486</v>
+        <v>3388</v>
+      </c>
+      <c r="C1417" s="3">
+        <v>36939029817755</v>
       </c>
       <c r="D1417">
-        <v>5</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1418">
       <c r="A1418" t="s" s="2">
-        <v>3484</v>
+        <v>3387</v>
       </c>
       <c r="B1418" t="s">
-        <v>3485</v>
-[...2 lines deleted...]
-        <v>3487</v>
+        <v>3388</v>
+      </c>
+      <c r="C1418" s="3">
+        <v>16939029817751</v>
       </c>
       <c r="D1418">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1419">
       <c r="A1419" t="s" s="2">
-        <v>3488</v>
+        <v>3387</v>
       </c>
       <c r="B1419" t="s">
-        <v>3489</v>
-[...2 lines deleted...]
-        <v>3490</v>
+        <v>3388</v>
+      </c>
+      <c r="C1419" s="3">
+        <v>26939029817758</v>
       </c>
       <c r="D1419">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1420">
       <c r="A1420" t="s" s="2">
-        <v>3491</v>
+        <v>3387</v>
       </c>
       <c r="B1420" t="s">
-        <v>3492</v>
+        <v>3388</v>
       </c>
       <c r="C1420" t="s" s="2">
-        <v>3493</v>
+        <v>3389</v>
       </c>
       <c r="D1420">
         <v>1</v>
       </c>
     </row>
     <row r="1421">
       <c r="A1421" t="s" s="2">
-        <v>3494</v>
+        <v>3390</v>
       </c>
       <c r="B1421" t="s">
-        <v>3495</v>
-[...2 lines deleted...]
-        <v>3496</v>
+        <v>3391</v>
+      </c>
+      <c r="C1421" s="3">
+        <v>16939029817782</v>
       </c>
       <c r="D1421">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1422">
       <c r="A1422" t="s" s="2">
-        <v>3494</v>
+        <v>3390</v>
       </c>
       <c r="B1422" t="s">
-        <v>3495</v>
+        <v>3391</v>
       </c>
       <c r="C1422" t="s" s="2">
-        <v>3497</v>
+        <v>3392</v>
       </c>
       <c r="D1422">
         <v>1</v>
       </c>
     </row>
     <row r="1423">
       <c r="A1423" t="s" s="2">
-        <v>3498</v>
+        <v>3390</v>
       </c>
       <c r="B1423" t="s">
-        <v>3499</v>
-[...2 lines deleted...]
-        <v>3500</v>
+        <v>3391</v>
+      </c>
+      <c r="C1423" s="3">
+        <v>26939029817789</v>
       </c>
       <c r="D1423">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1424">
       <c r="A1424" t="s" s="2">
-        <v>3498</v>
+        <v>3390</v>
       </c>
       <c r="B1424" t="s">
-        <v>3499</v>
-[...2 lines deleted...]
-        <v>3501</v>
+        <v>3391</v>
+      </c>
+      <c r="C1424" s="3">
+        <v>36939029817786</v>
       </c>
       <c r="D1424">
-        <v>5</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1425">
       <c r="A1425" t="s" s="2">
-        <v>3502</v>
+        <v>3393</v>
       </c>
       <c r="B1425" t="s">
-        <v>3503</v>
-[...2 lines deleted...]
-        <v>3504</v>
+        <v>3394</v>
+      </c>
+      <c r="C1425" s="3">
+        <v>16939029817799</v>
       </c>
       <c r="D1425">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1426">
       <c r="A1426" t="s" s="2">
-        <v>3505</v>
+        <v>3393</v>
       </c>
       <c r="B1426" t="s">
-        <v>3506</v>
-[...2 lines deleted...]
-        <v>3507</v>
+        <v>3394</v>
+      </c>
+      <c r="C1426" s="3">
+        <v>36939029817793</v>
       </c>
       <c r="D1426">
-        <v>1</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1427">
       <c r="A1427" t="s" s="2">
-        <v>3508</v>
+        <v>3393</v>
       </c>
       <c r="B1427" t="s">
-        <v>3311</v>
-[...2 lines deleted...]
-        <v>3509</v>
+        <v>3394</v>
+      </c>
+      <c r="C1427" s="3">
+        <v>26939029817796</v>
       </c>
       <c r="D1427">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1428">
       <c r="A1428" t="s" s="2">
-        <v>3508</v>
+        <v>3393</v>
       </c>
       <c r="B1428" t="s">
-        <v>3311</v>
+        <v>3394</v>
       </c>
       <c r="C1428" t="s" s="2">
-        <v>3510</v>
+        <v>3395</v>
       </c>
       <c r="D1428">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1429">
       <c r="A1429" t="s" s="2">
-        <v>3511</v>
+        <v>3396</v>
       </c>
       <c r="B1429" t="s">
-        <v>3322</v>
-[...2 lines deleted...]
-        <v>3512</v>
+        <v>3397</v>
+      </c>
+      <c r="C1429" s="3">
+        <v>26939029817703</v>
       </c>
       <c r="D1429">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1430">
       <c r="A1430" t="s" s="2">
-        <v>3511</v>
+        <v>3396</v>
       </c>
       <c r="B1430" t="s">
-        <v>3322</v>
+        <v>3397</v>
       </c>
       <c r="C1430" t="s" s="2">
-        <v>3513</v>
+        <v>3398</v>
       </c>
       <c r="D1430">
         <v>1</v>
       </c>
     </row>
     <row r="1431">
       <c r="A1431" t="s" s="2">
-        <v>3514</v>
+        <v>3396</v>
       </c>
       <c r="B1431" t="s">
-        <v>3334</v>
-[...2 lines deleted...]
-        <v>3515</v>
+        <v>3397</v>
+      </c>
+      <c r="C1431" s="3">
+        <v>16939029817706</v>
       </c>
       <c r="D1431">
         <v>10</v>
       </c>
     </row>
     <row r="1432">
       <c r="A1432" t="s" s="2">
-        <v>3514</v>
+        <v>3396</v>
       </c>
       <c r="B1432" t="s">
-        <v>3334</v>
-[...2 lines deleted...]
-        <v>3516</v>
+        <v>3397</v>
+      </c>
+      <c r="C1432" s="3">
+        <v>36939029817700</v>
       </c>
       <c r="D1432">
-        <v>1</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1433">
       <c r="A1433" t="s" s="2">
-        <v>3517</v>
+        <v>3399</v>
       </c>
       <c r="B1433" t="s">
-        <v>3344</v>
-[...2 lines deleted...]
-        <v>3518</v>
+        <v>3400</v>
+      </c>
+      <c r="C1433" s="3">
+        <v>26939029817710</v>
       </c>
       <c r="D1433">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1434">
       <c r="A1434" t="s" s="2">
-        <v>3517</v>
+        <v>3399</v>
       </c>
       <c r="B1434" t="s">
-        <v>3344</v>
-[...2 lines deleted...]
-        <v>3519</v>
+        <v>3400</v>
+      </c>
+      <c r="C1434" s="3">
+        <v>16939029817713</v>
       </c>
       <c r="D1434">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1435">
       <c r="A1435" t="s" s="2">
-        <v>3520</v>
+        <v>3399</v>
       </c>
       <c r="B1435" t="s">
-        <v>3360</v>
+        <v>3400</v>
       </c>
       <c r="C1435" t="s" s="2">
-        <v>3521</v>
+        <v>3401</v>
       </c>
       <c r="D1435">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1436">
       <c r="A1436" t="s" s="2">
-        <v>3520</v>
+        <v>3399</v>
       </c>
       <c r="B1436" t="s">
-        <v>3360</v>
-[...2 lines deleted...]
-        <v>3522</v>
+        <v>3400</v>
+      </c>
+      <c r="C1436" s="3">
+        <v>36939029817717</v>
       </c>
       <c r="D1436">
-        <v>1</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1437">
       <c r="A1437" t="s" s="2">
-        <v>3523</v>
+        <v>3402</v>
       </c>
       <c r="B1437" t="s">
-        <v>3381</v>
+        <v>3403</v>
       </c>
       <c r="C1437" t="s" s="2">
-        <v>3524</v>
+        <v>3404</v>
       </c>
       <c r="D1437">
         <v>1</v>
       </c>
     </row>
     <row r="1438">
       <c r="A1438" t="s" s="2">
-        <v>3523</v>
+        <v>3402</v>
       </c>
       <c r="B1438" t="s">
-        <v>3381</v>
-[...2 lines deleted...]
-        <v>3525</v>
+        <v>3403</v>
+      </c>
+      <c r="C1438" s="3">
+        <v>36939029817731</v>
       </c>
       <c r="D1438">
-        <v>20</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1439">
       <c r="A1439" t="s" s="2">
-        <v>3526</v>
+        <v>3402</v>
       </c>
       <c r="B1439" t="s">
-        <v>3385</v>
-[...2 lines deleted...]
-        <v>3527</v>
+        <v>3403</v>
+      </c>
+      <c r="C1439" s="3">
+        <v>16939029817737</v>
       </c>
       <c r="D1439">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1440">
       <c r="A1440" t="s" s="2">
-        <v>3526</v>
+        <v>3402</v>
       </c>
       <c r="B1440" t="s">
-        <v>3385</v>
-[...2 lines deleted...]
-        <v>3528</v>
+        <v>3403</v>
+      </c>
+      <c r="C1440" s="3">
+        <v>26939029817734</v>
       </c>
       <c r="D1440">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1441">
       <c r="A1441" t="s" s="2">
-        <v>3529</v>
+        <v>3405</v>
       </c>
       <c r="B1441" t="s">
-        <v>3404</v>
+        <v>3406</v>
       </c>
       <c r="C1441" t="s" s="2">
-        <v>3530</v>
+        <v>3407</v>
       </c>
       <c r="D1441">
         <v>1</v>
       </c>
     </row>
     <row r="1442">
       <c r="A1442" t="s" s="2">
-        <v>3529</v>
+        <v>3405</v>
       </c>
       <c r="B1442" t="s">
-        <v>3404</v>
-[...2 lines deleted...]
-        <v>3531</v>
+        <v>3406</v>
+      </c>
+      <c r="C1442" s="3">
+        <v>26939029817772</v>
       </c>
       <c r="D1442">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1443">
       <c r="A1443" t="s" s="2">
-        <v>3532</v>
+        <v>3405</v>
       </c>
       <c r="B1443" t="s">
-        <v>3407</v>
-[...2 lines deleted...]
-        <v>3533</v>
+        <v>3406</v>
+      </c>
+      <c r="C1443" s="3">
+        <v>16939029817775</v>
       </c>
       <c r="D1443">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1444">
       <c r="A1444" t="s" s="2">
-        <v>3532</v>
+        <v>3405</v>
       </c>
       <c r="B1444" t="s">
-        <v>3407</v>
-[...2 lines deleted...]
-        <v>3534</v>
+        <v>3406</v>
+      </c>
+      <c r="C1444" s="3">
+        <v>36939029817779</v>
       </c>
       <c r="D1444">
-        <v>10</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1445">
       <c r="A1445" t="s" s="2">
-        <v>3535</v>
+        <v>3408</v>
       </c>
       <c r="B1445" t="s">
-        <v>3410</v>
-[...2 lines deleted...]
-        <v>3536</v>
+        <v>3409</v>
+      </c>
+      <c r="C1445" s="3">
+        <v>26939029817802</v>
       </c>
       <c r="D1445">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1446">
       <c r="A1446" t="s" s="2">
-        <v>3535</v>
+        <v>3408</v>
       </c>
       <c r="B1446" t="s">
-        <v>3410</v>
-[...2 lines deleted...]
-        <v>3537</v>
+        <v>3409</v>
+      </c>
+      <c r="C1446" s="3">
+        <v>36939029817809</v>
       </c>
       <c r="D1446">
-        <v>1</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1447">
       <c r="A1447" t="s" s="2">
-        <v>3538</v>
+        <v>3408</v>
       </c>
       <c r="B1447" t="s">
-        <v>3419</v>
+        <v>3409</v>
       </c>
       <c r="C1447" t="s" s="2">
-        <v>3539</v>
+        <v>3410</v>
       </c>
       <c r="D1447">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1448">
       <c r="A1448" t="s" s="2">
-        <v>3538</v>
+        <v>3408</v>
       </c>
       <c r="B1448" t="s">
-        <v>3419</v>
-[...2 lines deleted...]
-        <v>3540</v>
+        <v>3409</v>
+      </c>
+      <c r="C1448" s="3">
+        <v>16939029817805</v>
       </c>
       <c r="D1448">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1449">
       <c r="A1449" t="s" s="2">
-        <v>3541</v>
+        <v>3411</v>
       </c>
       <c r="B1449" t="s">
-        <v>3425</v>
-[...2 lines deleted...]
-        <v>3542</v>
+        <v>3412</v>
+      </c>
+      <c r="C1449" s="3">
+        <v>36939029817816</v>
       </c>
       <c r="D1449">
-        <v>10</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1450">
       <c r="A1450" t="s" s="2">
-        <v>3541</v>
+        <v>3411</v>
       </c>
       <c r="B1450" t="s">
-        <v>3425</v>
+        <v>3412</v>
       </c>
       <c r="C1450" t="s" s="2">
-        <v>3543</v>
+        <v>3413</v>
       </c>
       <c r="D1450">
         <v>1</v>
       </c>
     </row>
     <row r="1451">
       <c r="A1451" t="s" s="2">
-        <v>3544</v>
+        <v>3411</v>
       </c>
       <c r="B1451" t="s">
-        <v>3434</v>
-[...2 lines deleted...]
-        <v>3545</v>
+        <v>3412</v>
+      </c>
+      <c r="C1451" s="3">
+        <v>26939029817819</v>
       </c>
       <c r="D1451">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1452">
       <c r="A1452" t="s" s="2">
-        <v>3544</v>
+        <v>3411</v>
       </c>
       <c r="B1452" t="s">
-        <v>3434</v>
-[...2 lines deleted...]
-        <v>3546</v>
+        <v>3412</v>
+      </c>
+      <c r="C1452" s="3">
+        <v>16939029817812</v>
       </c>
       <c r="D1452">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1453">
       <c r="A1453" t="s" s="2">
-        <v>3547</v>
+        <v>3414</v>
       </c>
       <c r="B1453" t="s">
-        <v>3452</v>
+        <v>3415</v>
       </c>
       <c r="C1453" t="s" s="2">
-        <v>3548</v>
+        <v>3416</v>
       </c>
       <c r="D1453">
         <v>1</v>
       </c>
     </row>
     <row r="1454">
       <c r="A1454" t="s" s="2">
-        <v>3547</v>
+        <v>3417</v>
       </c>
       <c r="B1454" t="s">
-        <v>3452</v>
+        <v>3418</v>
       </c>
       <c r="C1454" t="s" s="2">
-        <v>3549</v>
+        <v>3419</v>
       </c>
       <c r="D1454">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1455">
       <c r="A1455" t="s" s="2">
-        <v>3550</v>
+        <v>3420</v>
       </c>
       <c r="B1455" t="s">
-        <v>3460</v>
+        <v>3421</v>
       </c>
       <c r="C1455" t="s" s="2">
-        <v>3551</v>
+        <v>3422</v>
       </c>
       <c r="D1455">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1456">
       <c r="A1456" t="s" s="2">
-        <v>3550</v>
+        <v>3423</v>
       </c>
       <c r="B1456" t="s">
-        <v>3460</v>
+        <v>3424</v>
       </c>
       <c r="C1456" t="s" s="2">
-        <v>3552</v>
+        <v>3425</v>
       </c>
       <c r="D1456">
         <v>1</v>
       </c>
     </row>
     <row r="1457">
       <c r="A1457" t="s" s="2">
-        <v>3553</v>
+        <v>3426</v>
       </c>
       <c r="B1457" t="s">
-        <v>3468</v>
+        <v>3427</v>
       </c>
       <c r="C1457" t="s" s="2">
-        <v>3554</v>
+        <v>3428</v>
       </c>
       <c r="D1457">
         <v>1</v>
       </c>
     </row>
     <row r="1458">
       <c r="A1458" t="s" s="2">
-        <v>3553</v>
+        <v>3429</v>
       </c>
       <c r="B1458" t="s">
-        <v>3468</v>
+        <v>3430</v>
       </c>
       <c r="C1458" t="s" s="2">
-        <v>3555</v>
+        <v>3431</v>
       </c>
       <c r="D1458">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1459">
       <c r="A1459" t="s" s="2">
-        <v>3556</v>
+        <v>3432</v>
       </c>
       <c r="B1459" t="s">
-        <v>3472</v>
+        <v>3433</v>
       </c>
       <c r="C1459" t="s" s="2">
-        <v>3557</v>
+        <v>3434</v>
       </c>
       <c r="D1459">
         <v>1</v>
       </c>
     </row>
     <row r="1460">
       <c r="A1460" t="s" s="2">
-        <v>3556</v>
+        <v>3435</v>
       </c>
       <c r="B1460" t="s">
-        <v>3472</v>
+        <v>3436</v>
       </c>
       <c r="C1460" t="s" s="2">
-        <v>3558</v>
+        <v>3437</v>
       </c>
       <c r="D1460">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1461">
       <c r="A1461" t="s" s="2">
-        <v>3559</v>
+        <v>3438</v>
       </c>
       <c r="B1461" t="s">
-        <v>3476</v>
+        <v>3439</v>
       </c>
       <c r="C1461" t="s" s="2">
-        <v>3560</v>
+        <v>3440</v>
       </c>
       <c r="D1461">
         <v>1</v>
       </c>
     </row>
     <row r="1462">
       <c r="A1462" t="s" s="2">
-        <v>3559</v>
+        <v>3441</v>
       </c>
       <c r="B1462" t="s">
-        <v>3476</v>
+        <v>3442</v>
       </c>
       <c r="C1462" t="s" s="2">
-        <v>3561</v>
+        <v>3443</v>
       </c>
       <c r="D1462">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1463">
       <c r="A1463" t="s" s="2">
-        <v>3562</v>
+        <v>3444</v>
       </c>
       <c r="B1463" t="s">
-        <v>3479</v>
+        <v>3445</v>
       </c>
       <c r="C1463" t="s" s="2">
-        <v>3563</v>
+        <v>3446</v>
       </c>
       <c r="D1463">
         <v>1</v>
       </c>
     </row>
     <row r="1464">
       <c r="A1464" t="s" s="2">
-        <v>3562</v>
+        <v>3447</v>
       </c>
       <c r="B1464" t="s">
-        <v>3479</v>
+        <v>3448</v>
       </c>
       <c r="C1464" t="s" s="2">
-        <v>3564</v>
+        <v>3449</v>
       </c>
       <c r="D1464">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1465">
       <c r="A1465" t="s" s="2">
-        <v>3565</v>
+        <v>3450</v>
       </c>
       <c r="B1465" t="s">
-        <v>3566</v>
+        <v>3451</v>
       </c>
       <c r="C1465" t="s" s="2">
-        <v>3567</v>
+        <v>3452</v>
       </c>
       <c r="D1465">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1466">
       <c r="A1466" t="s" s="2">
-        <v>3565</v>
+        <v>3453</v>
       </c>
       <c r="B1466" t="s">
-        <v>3566</v>
+        <v>3454</v>
       </c>
       <c r="C1466" t="s" s="2">
-        <v>3568</v>
+        <v>3455</v>
       </c>
       <c r="D1466">
         <v>1</v>
       </c>
     </row>
     <row r="1467">
       <c r="A1467" t="s" s="2">
-        <v>3569</v>
+        <v>3456</v>
       </c>
       <c r="B1467" t="s">
-        <v>3570</v>
-[...2 lines deleted...]
-        <v>16939029817720</v>
+        <v>3457</v>
+      </c>
+      <c r="C1467" t="s" s="2">
+        <v>3458</v>
       </c>
       <c r="D1467">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1468">
       <c r="A1468" t="s" s="2">
-        <v>3569</v>
+        <v>3459</v>
       </c>
       <c r="B1468" t="s">
-        <v>3570</v>
-[...2 lines deleted...]
-        <v>26939029817727</v>
+        <v>3460</v>
+      </c>
+      <c r="C1468" t="s" s="2">
+        <v>3461</v>
       </c>
       <c r="D1468">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1469">
       <c r="A1469" t="s" s="2">
-        <v>3569</v>
+        <v>3462</v>
       </c>
       <c r="B1469" t="s">
-        <v>3570</v>
+        <v>3463</v>
       </c>
       <c r="C1469" t="s" s="2">
-        <v>3571</v>
+        <v>3464</v>
       </c>
       <c r="D1469">
         <v>1</v>
       </c>
     </row>
     <row r="1470">
       <c r="A1470" t="s" s="2">
-        <v>3569</v>
+        <v>3465</v>
       </c>
       <c r="B1470" t="s">
-        <v>3570</v>
-[...2 lines deleted...]
-        <v>36939029817724</v>
+        <v>3466</v>
+      </c>
+      <c r="C1470" t="s" s="2">
+        <v>3467</v>
       </c>
       <c r="D1470">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1471">
       <c r="A1471" t="s" s="2">
-        <v>3572</v>
+        <v>3468</v>
       </c>
       <c r="B1471" t="s">
-        <v>3573</v>
-[...2 lines deleted...]
-        <v>26939029817765</v>
+        <v>3469</v>
+      </c>
+      <c r="C1471" t="s" s="2">
+        <v>3470</v>
       </c>
       <c r="D1471">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1472">
       <c r="A1472" t="s" s="2">
-        <v>3572</v>
+        <v>3471</v>
       </c>
       <c r="B1472" t="s">
-        <v>3573</v>
-[...2 lines deleted...]
-        <v>16939029817768</v>
+        <v>3472</v>
+      </c>
+      <c r="C1472" t="s" s="2">
+        <v>3473</v>
       </c>
       <c r="D1472">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1473">
       <c r="A1473" t="s" s="2">
-        <v>3572</v>
+        <v>3474</v>
       </c>
       <c r="B1473" t="s">
-        <v>3573</v>
-[...2 lines deleted...]
-        <v>36939029817762</v>
+        <v>3475</v>
+      </c>
+      <c r="C1473" t="s" s="2">
+        <v>3476</v>
       </c>
       <c r="D1473">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1474">
       <c r="A1474" t="s" s="2">
-        <v>3572</v>
+        <v>3474</v>
       </c>
       <c r="B1474" t="s">
-        <v>3573</v>
+        <v>3475</v>
       </c>
       <c r="C1474" t="s" s="2">
-        <v>3574</v>
+        <v>3477</v>
       </c>
       <c r="D1474">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1475">
       <c r="A1475" t="s" s="2">
-        <v>3575</v>
+        <v>3478</v>
       </c>
       <c r="B1475" t="s">
-        <v>3576</v>
+        <v>3479</v>
       </c>
       <c r="C1475" t="s" s="2">
-        <v>3577</v>
+        <v>3480</v>
       </c>
       <c r="D1475">
         <v>1</v>
       </c>
     </row>
     <row r="1476">
       <c r="A1476" t="s" s="2">
-        <v>3575</v>
+        <v>3478</v>
       </c>
       <c r="B1476" t="s">
-        <v>3576</v>
-[...2 lines deleted...]
-        <v>16939029817744</v>
+        <v>3479</v>
+      </c>
+      <c r="C1476" t="s" s="2">
+        <v>3481</v>
       </c>
       <c r="D1476">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1477">
       <c r="A1477" t="s" s="2">
-        <v>3575</v>
+        <v>3482</v>
       </c>
       <c r="B1477" t="s">
-        <v>3576</v>
-[...2 lines deleted...]
-        <v>36939029817748</v>
+        <v>3483</v>
+      </c>
+      <c r="C1477" t="s" s="2">
+        <v>3484</v>
       </c>
       <c r="D1477">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1478">
       <c r="A1478" t="s" s="2">
-        <v>3575</v>
+        <v>3482</v>
       </c>
       <c r="B1478" t="s">
-        <v>3576</v>
-[...2 lines deleted...]
-        <v>26939029817741</v>
+        <v>3483</v>
+      </c>
+      <c r="C1478" t="s" s="2">
+        <v>3485</v>
       </c>
       <c r="D1478">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1479">
       <c r="A1479" t="s" s="2">
-        <v>3578</v>
+        <v>3486</v>
       </c>
       <c r="B1479" t="s">
-        <v>3579</v>
-[...2 lines deleted...]
-        <v>16939029817751</v>
+        <v>3487</v>
+      </c>
+      <c r="C1479" t="s" s="2">
+        <v>3488</v>
       </c>
       <c r="D1479">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1480">
       <c r="A1480" t="s" s="2">
-        <v>3578</v>
+        <v>3486</v>
       </c>
       <c r="B1480" t="s">
-        <v>3579</v>
-[...2 lines deleted...]
-        <v>26939029817758</v>
+        <v>3487</v>
+      </c>
+      <c r="C1480" t="s" s="2">
+        <v>3489</v>
       </c>
       <c r="D1480">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1481">
       <c r="A1481" t="s" s="2">
-        <v>3578</v>
+        <v>3490</v>
       </c>
       <c r="B1481" t="s">
-        <v>3579</v>
+        <v>3491</v>
       </c>
       <c r="C1481" t="s" s="2">
-        <v>3580</v>
+        <v>3492</v>
       </c>
       <c r="D1481">
         <v>1</v>
       </c>
     </row>
     <row r="1482">
       <c r="A1482" t="s" s="2">
-        <v>3578</v>
+        <v>3493</v>
       </c>
       <c r="B1482" t="s">
-        <v>3579</v>
-[...2 lines deleted...]
-        <v>36939029817755</v>
+        <v>3494</v>
+      </c>
+      <c r="C1482" t="s" s="2">
+        <v>3495</v>
       </c>
       <c r="D1482">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1483">
       <c r="A1483" t="s" s="2">
-        <v>3581</v>
+        <v>3496</v>
       </c>
       <c r="B1483" t="s">
-        <v>3582</v>
-[...2 lines deleted...]
-        <v>36939029817786</v>
+        <v>3497</v>
+      </c>
+      <c r="C1483" t="s" s="2">
+        <v>3498</v>
       </c>
       <c r="D1483">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1484">
       <c r="A1484" t="s" s="2">
-        <v>3581</v>
+        <v>3499</v>
       </c>
       <c r="B1484" t="s">
-        <v>3582</v>
-[...2 lines deleted...]
-        <v>16939029817782</v>
+        <v>3500</v>
+      </c>
+      <c r="C1484" t="s" s="2">
+        <v>3501</v>
       </c>
       <c r="D1484">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1485">
       <c r="A1485" t="s" s="2">
-        <v>3581</v>
+        <v>3502</v>
       </c>
       <c r="B1485" t="s">
-        <v>3582</v>
+        <v>3503</v>
       </c>
       <c r="C1485" t="s" s="2">
-        <v>3583</v>
+        <v>3504</v>
       </c>
       <c r="D1485">
         <v>1</v>
       </c>
     </row>
     <row r="1486">
       <c r="A1486" t="s" s="2">
-        <v>3581</v>
+        <v>3505</v>
       </c>
       <c r="B1486" t="s">
-        <v>3582</v>
-[...2 lines deleted...]
-        <v>26939029817789</v>
+        <v>3506</v>
+      </c>
+      <c r="C1486" t="s" s="2">
+        <v>3507</v>
       </c>
       <c r="D1486">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1487">
       <c r="A1487" t="s" s="2">
-        <v>3584</v>
+        <v>3508</v>
       </c>
       <c r="B1487" t="s">
-        <v>3585</v>
-[...2 lines deleted...]
-        <v>16939029817799</v>
+        <v>3509</v>
+      </c>
+      <c r="C1487" t="s" s="2">
+        <v>3510</v>
       </c>
       <c r="D1487">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1488">
       <c r="A1488" t="s" s="2">
-        <v>3584</v>
+        <v>3511</v>
       </c>
       <c r="B1488" t="s">
-        <v>3585</v>
+        <v>3512</v>
       </c>
       <c r="C1488" t="s" s="2">
-        <v>3586</v>
+        <v>3513</v>
       </c>
       <c r="D1488">
         <v>1</v>
       </c>
     </row>
     <row r="1489">
       <c r="A1489" t="s" s="2">
-        <v>3584</v>
+        <v>3514</v>
       </c>
       <c r="B1489" t="s">
-        <v>3585</v>
-[...2 lines deleted...]
-        <v>26939029817796</v>
+        <v>3515</v>
+      </c>
+      <c r="C1489" t="s" s="2">
+        <v>3516</v>
       </c>
       <c r="D1489">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1490">
       <c r="A1490" t="s" s="2">
-        <v>3584</v>
+        <v>3517</v>
       </c>
       <c r="B1490" t="s">
-        <v>3585</v>
-[...2 lines deleted...]
-        <v>36939029817793</v>
+        <v>3518</v>
+      </c>
+      <c r="C1490" t="s" s="2">
+        <v>3519</v>
       </c>
       <c r="D1490">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1491">
       <c r="A1491" t="s" s="2">
-        <v>3587</v>
+        <v>3520</v>
       </c>
       <c r="B1491" t="s">
-        <v>3588</v>
-[...2 lines deleted...]
-        <v>36939029817700</v>
+        <v>3521</v>
+      </c>
+      <c r="C1491" t="s" s="2">
+        <v>3522</v>
       </c>
       <c r="D1491">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1492">
       <c r="A1492" t="s" s="2">
-        <v>3587</v>
+        <v>3523</v>
       </c>
       <c r="B1492" t="s">
-        <v>3588</v>
-[...2 lines deleted...]
-        <v>26939029817703</v>
+        <v>3524</v>
+      </c>
+      <c r="C1492" t="s" s="2">
+        <v>3525</v>
       </c>
       <c r="D1492">
-        <v>100</v>
-[...866 lines deleted...]
-      <c r="D1554">
         <v>1</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title>ERBE Productcodes</dc:title>
   <dc:subject/>
   <dc:creator>Erbe Elektromedizin GmbH</dc:creator>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>