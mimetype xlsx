--- v1 (2026-01-11)
+++ v2 (2026-02-28)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3526" uniqueCount="3526">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3534" uniqueCount="3534">
   <si>
     <t>10134-000</t>
   </si>
   <si>
     <t>ERBE APC 2 (für VIO®) Argon-Plasma Koagulationsgerät</t>
   </si>
   <si>
     <t>04050147000193</t>
   </si>
   <si>
     <t>10135-000</t>
   </si>
   <si>
     <t>APC 3 Argonplasma-Koagulationsgerät</t>
   </si>
   <si>
     <t>04050147015692</t>
   </si>
   <si>
     <t>10140-100</t>
   </si>
   <si>
     <t>ERBE VIO® 300 D Hochfrequenz-Chirurgiegerät</t>
   </si>
   <si>
@@ -812,56 +812,56 @@
   <si>
     <t>04050147017184</t>
   </si>
   <si>
     <t>20132-224</t>
   </si>
   <si>
     <t>FiAPC®-Sonde 2200 SC m. Filter, ø 2,3mm, L 2,2m</t>
   </si>
   <si>
     <t>04050147009981</t>
   </si>
   <si>
     <t>04050147015098</t>
   </si>
   <si>
     <t>04050147017382</t>
   </si>
   <si>
     <t>20132-225</t>
   </si>
   <si>
     <t>FiAPC®-Sonde 2200 C m. Filter, ø 2,3mm, L 2,2m</t>
   </si>
   <si>
+    <t>04050147015104</t>
+  </si>
+  <si>
     <t>04050147009998</t>
   </si>
   <si>
-    <t>04050147015104</t>
-[...1 lines deleted...]
-  <si>
     <t>04050147017191</t>
   </si>
   <si>
     <t>20132-226</t>
   </si>
   <si>
     <t>FiAPC®-Sonde 3000 A m. Filter, ø 1,5mm, L 3m</t>
   </si>
   <si>
     <t>04050147017399</t>
   </si>
   <si>
     <t>04050147010000</t>
   </si>
   <si>
     <t>04050147015111</t>
   </si>
   <si>
     <t>20132-227</t>
   </si>
   <si>
     <t>Adapter für FiAPC®-Sonden passend zu APC 2 / APC 300</t>
   </si>
   <si>
     <t>04050147010017</t>
@@ -1427,50 +1427,62 @@
   <si>
     <t>20150-112</t>
   </si>
   <si>
     <t>HYBRIDknife® flex I-Type E-kurz, ø 2,6mm, L 2,3m</t>
   </si>
   <si>
     <t>04050147022966</t>
   </si>
   <si>
     <t>04050147023000</t>
   </si>
   <si>
     <t>20150-113</t>
   </si>
   <si>
     <t>HYBRIDknife® flex I-Type E-lang, ø 2,6mm, L 2,3m</t>
   </si>
   <si>
     <t>04050147023017</t>
   </si>
   <si>
     <t>04050147022973</t>
   </si>
   <si>
+    <t>20150-120</t>
+  </si>
+  <si>
+    <t>MOVIVA® Ø 2,4mm, L 1,9m</t>
+  </si>
+  <si>
+    <t>04050147023826</t>
+  </si>
+  <si>
+    <t>04050147023833</t>
+  </si>
+  <si>
     <t>20150-215</t>
   </si>
   <si>
     <t>04050147020092</t>
   </si>
   <si>
     <t>04050147020108</t>
   </si>
   <si>
     <t>20150-220</t>
   </si>
   <si>
     <t>04050147001879</t>
   </si>
   <si>
     <t>04050147015418</t>
   </si>
   <si>
     <t>20150-225</t>
   </si>
   <si>
     <t>Applikator, ø 5mm, L 183mm gebogen</t>
   </si>
   <si>
     <t>04050147001886</t>
@@ -2459,56 +2471,56 @@
   <si>
     <t>04050147003033</t>
   </si>
   <si>
     <t>04050147017894</t>
   </si>
   <si>
     <t>20190-112</t>
   </si>
   <si>
     <t>ECO-LINE Elektrodengriff I 2,35 mit Wippschalter, L 4m</t>
   </si>
   <si>
     <t>04050147017573</t>
   </si>
   <si>
     <t>04050147003040</t>
   </si>
   <si>
     <t>20190-117</t>
   </si>
   <si>
     <t>Einmal-Elektrodengriff mit 2 Tasten, Nadel</t>
   </si>
   <si>
+    <t>04050147003071</t>
+  </si>
+  <si>
     <t>04050147017627</t>
   </si>
   <si>
-    <t>04050147003071</t>
-[...1 lines deleted...]
-  <si>
     <t>04050147017610</t>
   </si>
   <si>
     <t>04050147017634</t>
   </si>
   <si>
     <t>20190-160</t>
   </si>
   <si>
     <t>Einmal-Elektrodengriff 2 Tasten, Spatel, L 3m</t>
   </si>
   <si>
     <t>08809083941697</t>
   </si>
   <si>
     <t>20190-161</t>
   </si>
   <si>
     <t>Einmal-Elektrodengriff 2 Tast., Köcher, Spatel, L 3m</t>
   </si>
   <si>
     <t>08809083941703</t>
   </si>
   <si>
     <t>20190-165</t>
@@ -2768,149 +2780,149 @@
   <si>
     <t>Monopolar Kabel MO 3 Pin, ø 4 mm Pin, L 4,5 m</t>
   </si>
   <si>
     <t>04050147014411</t>
   </si>
   <si>
     <t>20192-135</t>
   </si>
   <si>
     <t>Monopolar Kabel MO 3 Pin, ø 3mm Buchse,L 4,5m</t>
   </si>
   <si>
     <t>04050147014428</t>
   </si>
   <si>
     <t>20193-070</t>
   </si>
   <si>
     <t>ERBE NESSY®Plate 170 zweiteilig, 168 cm²</t>
   </si>
   <si>
     <t>04050147015487</t>
   </si>
   <si>
+    <t>04050147017689</t>
+  </si>
+  <si>
+    <t>04050147017238</t>
+  </si>
+  <si>
     <t>04050147005129</t>
   </si>
   <si>
-    <t>04050147017689</t>
-[...4 lines deleted...]
-  <si>
     <t>20193-071</t>
   </si>
   <si>
     <t>ERBE NESSY®Plate 70 zweiteilig, 72cm²</t>
   </si>
   <si>
+    <t>04050147017467</t>
+  </si>
+  <si>
+    <t>04050147005136</t>
+  </si>
+  <si>
     <t>04050147015494</t>
   </si>
   <si>
-    <t>04050147017467</t>
-[...4 lines deleted...]
-  <si>
     <t>20193-073</t>
   </si>
   <si>
     <t>ERBE MONOPlate 40 einteilig, 40cm²</t>
   </si>
   <si>
+    <t>04050147015517</t>
+  </si>
+  <si>
+    <t>04050147017917</t>
+  </si>
+  <si>
     <t>04050147005150</t>
   </si>
   <si>
-    <t>04050147015517</t>
-[...4 lines deleted...]
-  <si>
     <t>20193-074</t>
   </si>
   <si>
     <t>ERBE NESSY®Plate 170 zweiteilig, 168cm², Kabel 3m</t>
   </si>
   <si>
     <t>04050147005167</t>
   </si>
   <si>
     <t>04050147017245</t>
   </si>
   <si>
     <t>04050147015524</t>
   </si>
   <si>
     <t>20193-075</t>
   </si>
   <si>
     <t>ERBE NESSY®Plate 70 zweiteilig, 72cm², Kabel 3m</t>
   </si>
   <si>
     <t>04050147015531</t>
   </si>
   <si>
     <t>04050147005174</t>
   </si>
   <si>
     <t>04050147017702</t>
   </si>
   <si>
     <t>20193-082</t>
   </si>
   <si>
     <t>ERBE NESSY® Omega Plate (85+23)cm², ohne Kabel</t>
   </si>
   <si>
+    <t>04050147005211</t>
+  </si>
+  <si>
+    <t>04050147020214</t>
+  </si>
+  <si>
+    <t>04050147017252</t>
+  </si>
+  <si>
     <t>04050147015579</t>
   </si>
   <si>
-    <t>04050147005211</t>
-[...7 lines deleted...]
-  <si>
     <t>20193-083</t>
   </si>
   <si>
     <t>ERBE NESSY® Omega Plate (85+23)cm², mit 4m Kabel</t>
   </si>
   <si>
+    <t>04050147017269</t>
+  </si>
+  <si>
     <t>04050147015586</t>
   </si>
   <si>
-    <t>04050147017269</t>
-[...1 lines deleted...]
-  <si>
     <t>04050147005228</t>
   </si>
   <si>
     <t>20193-084</t>
   </si>
   <si>
     <t>ERBE NESSY® Omega Plate USA (85+23)cm², mit 3 m Kabel</t>
   </si>
   <si>
     <t>04050147005235</t>
   </si>
   <si>
     <t>04050147017481</t>
   </si>
   <si>
     <t>04050147015593</t>
   </si>
   <si>
     <t>20193-090</t>
   </si>
   <si>
     <t>NESSY® RePlate 200 Kontaktfläche 194 cm²</t>
   </si>
   <si>
     <t>04050147022362</t>
@@ -5003,74 +5015,77 @@
   <si>
     <t>20323-000</t>
   </si>
   <si>
     <t>Hauptfilterkassette IES 3</t>
   </si>
   <si>
     <t>04050147022157</t>
   </si>
   <si>
     <t>20323-001</t>
   </si>
   <si>
     <t>Absaugelement IES 3 für Zentralabsaugung</t>
   </si>
   <si>
     <t>04050147022287</t>
   </si>
   <si>
     <t>20323-002</t>
   </si>
   <si>
     <t>Aut. Aktivierungsvorrichtung für IES 3</t>
   </si>
   <si>
+    <t>08809083949006</t>
+  </si>
+  <si>
     <t>20323-003</t>
   </si>
   <si>
     <t>LAP Schlauchset IES 3 mit Trompetenventil 3m</t>
   </si>
   <si>
+    <t>03700512925323</t>
+  </si>
+  <si>
     <t>03700512905325</t>
   </si>
   <si>
-    <t>03700512925323</t>
-[...1 lines deleted...]
-  <si>
     <t>20323-004</t>
   </si>
   <si>
     <t>Selbstschließende Wasserfalle rechtwinklig, mittelvolumig</t>
   </si>
   <si>
+    <t>05030267129430</t>
+  </si>
+  <si>
     <t>05030267123490</t>
   </si>
   <si>
-    <t>05030267129430</t>
-[...1 lines deleted...]
-  <si>
     <t>20323-005</t>
   </si>
   <si>
     <t>T-STUECK 22 AD-22 ID-22 AD</t>
   </si>
   <si>
     <t>05030267057795</t>
   </si>
   <si>
     <t>05030267006229</t>
   </si>
   <si>
     <t>20323-006</t>
   </si>
   <si>
     <t>LAP Schlauchset IES 3 mit Trompetenventil 5m</t>
   </si>
   <si>
     <t>03700512905332</t>
   </si>
   <si>
     <t>03700512925330</t>
   </si>
   <si>
     <t>20323-007</t>
@@ -5423,275 +5438,275 @@
   <si>
     <t>04065655000320</t>
   </si>
   <si>
     <t>20325-225</t>
   </si>
   <si>
     <t>ERBEFLO®</t>
   </si>
   <si>
     <t>04065655001419</t>
   </si>
   <si>
     <t>04065655001396</t>
   </si>
   <si>
     <t>04065655001402</t>
   </si>
   <si>
     <t>20325-231</t>
   </si>
   <si>
     <t>ERBEFLO AeroRinse®</t>
   </si>
   <si>
+    <t>04065655001372</t>
+  </si>
+  <si>
     <t>04065655001389</t>
   </si>
   <si>
-    <t>04065655001372</t>
-[...1 lines deleted...]
-  <si>
     <t>04065655001365</t>
   </si>
   <si>
     <t>20325-232</t>
   </si>
   <si>
     <t>04065655001242</t>
   </si>
   <si>
     <t>04065655001266</t>
   </si>
   <si>
     <t>04065655001259</t>
   </si>
   <si>
     <t>20325-233</t>
   </si>
   <si>
     <t>04065655001280</t>
   </si>
   <si>
     <t>04065655001273</t>
   </si>
   <si>
     <t>04065655001297</t>
   </si>
   <si>
     <t>20325-235</t>
   </si>
   <si>
+    <t>04065655000962</t>
+  </si>
+  <si>
     <t>04065655000955</t>
   </si>
   <si>
-    <t>04065655000962</t>
-[...1 lines deleted...]
-  <si>
     <t>04065655000948</t>
   </si>
   <si>
     <t>20325-236</t>
   </si>
   <si>
+    <t>04065655001037</t>
+  </si>
+  <si>
+    <t>04065655001044</t>
+  </si>
+  <si>
     <t>04065655001051</t>
   </si>
   <si>
-    <t>04065655001044</t>
-[...4 lines deleted...]
-  <si>
     <t>20325-237</t>
   </si>
   <si>
     <t>04065655001082</t>
   </si>
   <si>
+    <t>04065655001075</t>
+  </si>
+  <si>
     <t>04065655001068</t>
   </si>
   <si>
-    <t>04065655001075</t>
-[...1 lines deleted...]
-  <si>
     <t>20325-239</t>
   </si>
   <si>
     <t>ERBEFLO CleverCap® Olympus® Scopes &amp; CO2 Source</t>
   </si>
   <si>
+    <t>04065655000375</t>
+  </si>
+  <si>
+    <t>04065655000382</t>
+  </si>
+  <si>
     <t>04065655000399</t>
   </si>
   <si>
-    <t>04065655000382</t>
-[...4 lines deleted...]
-  <si>
     <t>20325-240</t>
   </si>
   <si>
     <t>ERBEFLO CleverCap® Olympus® Scopes &amp; UCR</t>
   </si>
   <si>
+    <t>04065655000412</t>
+  </si>
+  <si>
+    <t>04065655000429</t>
+  </si>
+  <si>
     <t>04065655000405</t>
   </si>
   <si>
-    <t>04065655000412</t>
-[...4 lines deleted...]
-  <si>
     <t>20325-243</t>
   </si>
   <si>
     <t>ERBEFLO AeroRinse® for Olympus® Scopes &amp; UCR</t>
   </si>
   <si>
+    <t>04065655000993</t>
+  </si>
+  <si>
     <t>04065655000986</t>
   </si>
   <si>
     <t>04065655000979</t>
   </si>
   <si>
-    <t>04065655000993</t>
-[...1 lines deleted...]
-  <si>
     <t>20325-248</t>
   </si>
   <si>
     <t>04065655001013</t>
   </si>
   <si>
     <t>04065655001006</t>
   </si>
   <si>
     <t>04065655001020</t>
   </si>
   <si>
     <t>20325-301</t>
   </si>
   <si>
     <t>Hybrid Tubing/Cap Set for Olympus® Scopes</t>
   </si>
   <si>
     <t>04050147012981</t>
   </si>
   <si>
     <t>04050147013551</t>
   </si>
   <si>
     <t>04050147022003</t>
   </si>
   <si>
     <t>04050147013568</t>
   </si>
   <si>
     <t>04050147022010</t>
   </si>
   <si>
     <t>20325-302</t>
   </si>
   <si>
     <t>Hybrid Tubing/Cap Set für Pentax® Scopes</t>
   </si>
   <si>
+    <t>04050147013575</t>
+  </si>
+  <si>
+    <t>04050147022058</t>
+  </si>
+  <si>
     <t>04050147022041</t>
   </si>
   <si>
+    <t>04050147012998</t>
+  </si>
+  <si>
     <t>04050147013582</t>
   </si>
   <si>
-    <t>04050147012998</t>
-[...7 lines deleted...]
-  <si>
     <t>20325-303</t>
   </si>
   <si>
     <t>Hybrid Tubing/Cap Set for Fujifilm Scopes - Canada</t>
   </si>
   <si>
+    <t>04050147022669</t>
+  </si>
+  <si>
     <t>04050147022638</t>
   </si>
   <si>
     <t>04050147022676</t>
   </si>
   <si>
-    <t>04050147022669</t>
-[...1 lines deleted...]
-  <si>
     <t>20325-305</t>
   </si>
   <si>
     <t>Hybrid OFP &amp; EndoStat Tubing/ Cap Set for Olympus® Scopes</t>
   </si>
   <si>
+    <t>04050147015661</t>
+  </si>
+  <si>
+    <t>04050147015678</t>
+  </si>
+  <si>
     <t>04050147022096</t>
   </si>
   <si>
-    <t>04050147015661</t>
-[...4 lines deleted...]
-  <si>
     <t>04050147015654</t>
   </si>
   <si>
     <t>04050147022089</t>
   </si>
   <si>
     <t>20325-306</t>
   </si>
   <si>
     <t>Hybrid CO2 Tubing/Cap Set for Olympus® Scopes</t>
   </si>
   <si>
     <t>04050147013599</t>
   </si>
   <si>
     <t>04050147013605</t>
   </si>
   <si>
     <t>04050147022133</t>
   </si>
   <si>
+    <t>04050147013001</t>
+  </si>
+  <si>
     <t>04050147022126</t>
   </si>
   <si>
-    <t>04050147013001</t>
-[...1 lines deleted...]
-  <si>
     <t>20325-307</t>
   </si>
   <si>
     <t>Hybrid CO2 Tubing/Cap Set_udi for Pentax® Scopes</t>
   </si>
   <si>
     <t>04050147021105</t>
   </si>
   <si>
     <t>04050147021112</t>
   </si>
   <si>
     <t>04050147013018</t>
   </si>
   <si>
     <t>20325-308</t>
   </si>
   <si>
     <t>Hybrid CO2 Tubing/Cap Set for Fujinon® Scopes</t>
   </si>
   <si>
     <t>04050147021143</t>
   </si>
   <si>
     <t>04050147013025</t>
@@ -5738,83 +5753,83 @@
   <si>
     <t>20325-324</t>
   </si>
   <si>
     <t>Endoscopy OFP &amp; EndoStat Pump Tubing/Cap Set</t>
   </si>
   <si>
     <t>04050147013681</t>
   </si>
   <si>
     <t>04050147013674</t>
   </si>
   <si>
     <t>04050147013049</t>
   </si>
   <si>
     <t>20325-331</t>
   </si>
   <si>
     <t>Air and Water Tubing/Cap Set for Olympus® Scopes</t>
   </si>
   <si>
     <t>04050147013711</t>
   </si>
   <si>
+    <t>04050147013728</t>
+  </si>
+  <si>
     <t>04050147013063</t>
   </si>
   <si>
-    <t>04050147013728</t>
-[...1 lines deleted...]
-  <si>
     <t>20325-332</t>
   </si>
   <si>
     <t>Air and Water Tubing/Cap Set for Pentax® Scopes</t>
   </si>
   <si>
     <t>04050147013070</t>
   </si>
   <si>
     <t>04050147013735</t>
   </si>
   <si>
     <t>04050147013742</t>
   </si>
   <si>
     <t>20325-333</t>
   </si>
   <si>
     <t>Air and Water Tubing/Cap Set for Fujinon® Scopes</t>
   </si>
   <si>
+    <t>04050147013759</t>
+  </si>
+  <si>
     <t>04050147013087</t>
   </si>
   <si>
-    <t>04050147013759</t>
-[...1 lines deleted...]
-  <si>
     <t>04050147013766</t>
   </si>
   <si>
     <t>20325-335</t>
   </si>
   <si>
     <t>CO2 and Water Tubing/Cap Set for Olympus® Scopes</t>
   </si>
   <si>
     <t>04050147014596</t>
   </si>
   <si>
     <t>04050147014602</t>
   </si>
   <si>
     <t>04050147014589</t>
   </si>
   <si>
     <t>20325-336</t>
   </si>
   <si>
     <t>CO2 and Water Tubing/Cap Set for Pentax® Scopes</t>
   </si>
   <si>
     <t>04050147014640</t>
@@ -5870,59 +5885,59 @@
   <si>
     <t>04050147020757</t>
   </si>
   <si>
     <t>20325-343</t>
   </si>
   <si>
     <t>CO2 and Water Tubing/Cap Set for Olympus® Scopes &amp; UCR</t>
   </si>
   <si>
     <t>04050147020665</t>
   </si>
   <si>
     <t>04050147020597</t>
   </si>
   <si>
     <t>04050147020672</t>
   </si>
   <si>
     <t>20325-348</t>
   </si>
   <si>
     <t>Hybrid CO2 Tubing/Cap Set for Fujifilm Scopes - Canada</t>
   </si>
   <si>
+    <t>04050147022621</t>
+  </si>
+  <si>
     <t>04050147022706</t>
   </si>
   <si>
     <t>04050147022713</t>
   </si>
   <si>
-    <t>04050147022621</t>
-[...1 lines deleted...]
-  <si>
     <t>20340-002</t>
   </si>
   <si>
     <t>Befestigungsklemme an Halterung / VIO Cart</t>
   </si>
   <si>
     <t>07612367031578</t>
   </si>
   <si>
     <t>07612367003605</t>
   </si>
   <si>
     <t>20340-003</t>
   </si>
   <si>
     <t>Umschaltventil, Schienenklemme und Absaugschläuche</t>
   </si>
   <si>
     <t>07612367003599</t>
   </si>
   <si>
     <t>20340-004</t>
   </si>
   <si>
     <t>Silikonschlauch 60 cm</t>
@@ -9332,56 +9347,56 @@
   <si>
     <t>04050147011892</t>
   </si>
   <si>
     <t>04050147018853</t>
   </si>
   <si>
     <t>21191-107</t>
   </si>
   <si>
     <t>Spatelelektrode, 2x6mm gerade, L 45mm, ø 2,4mm</t>
   </si>
   <si>
     <t>04050147012110</t>
   </si>
   <si>
     <t>04050147018860</t>
   </si>
   <si>
     <t>21191-108</t>
   </si>
   <si>
     <t>Messerelektrode, 1,5x17mm gebogen, L 30mm, ø 2,4mm</t>
   </si>
   <si>
+    <t>04050147018877</t>
+  </si>
+  <si>
     <t>04050147011861</t>
   </si>
   <si>
-    <t>04050147018877</t>
-[...1 lines deleted...]
-  <si>
     <t>21191-109</t>
   </si>
   <si>
     <t>Spatelelektrode, 3x24mm gebogen, L 40mm, ø 2,4mm</t>
   </si>
   <si>
     <t>04050147011885</t>
   </si>
   <si>
     <t>04050147018884</t>
   </si>
   <si>
     <t>21191-110</t>
   </si>
   <si>
     <t>Messerelektrode, 2,4x12mm gerade, L 120mm, ø 2,4mm</t>
   </si>
   <si>
     <t>04050147012394</t>
   </si>
   <si>
     <t>21191-111</t>
   </si>
   <si>
     <t>Messerelektrode, 2,4x12mm gebogen, L 115mm, ø 2,4mm</t>
@@ -10475,56 +10490,56 @@
   <si>
     <t>04050147023383</t>
   </si>
   <si>
     <t>04050147023390</t>
   </si>
   <si>
     <t>21195-402</t>
   </si>
   <si>
     <t>TriSect rapide® 350 ø 5mm, L 350mm</t>
   </si>
   <si>
     <t>04050147023406</t>
   </si>
   <si>
     <t>04050147023413</t>
   </si>
   <si>
     <t>21195-403</t>
   </si>
   <si>
     <t>TriSect rapide® 450 ø 5mm, L 450mm</t>
   </si>
   <si>
+    <t>04050147023437</t>
+  </si>
+  <si>
     <t>04050147023420</t>
   </si>
   <si>
-    <t>04050147023437</t>
-[...1 lines deleted...]
-  <si>
     <t>21196-115</t>
   </si>
   <si>
     <t>Bipolar Kabel, MF-U Olympus Resektoskop, L 4,5m</t>
   </si>
   <si>
     <t>04050147015128</t>
   </si>
   <si>
     <t>21196-118</t>
   </si>
   <si>
     <t>Bipolar Kabel, MF-U Storz Resektoskop, L 4,5m</t>
   </si>
   <si>
     <t>04050147015135</t>
   </si>
   <si>
     <t>21196-119</t>
   </si>
   <si>
     <t>Bipolar Kabel, MF-U Wolf Resektoskop, L 4,5m</t>
   </si>
   <si>
     <t>04050147015142</t>
@@ -10587,50 +10602,59 @@
     <t>29160-201</t>
   </si>
   <si>
     <t>VIO 3 Upgrade endoCUT U</t>
   </si>
   <si>
     <t>04050147024717</t>
   </si>
   <si>
     <t>29160-202</t>
   </si>
   <si>
     <t>VIO 3 Upgrade senseAPD</t>
   </si>
   <si>
     <t>04050147024724</t>
   </si>
   <si>
     <t>29160-203</t>
   </si>
   <si>
     <t>VIO 3 Upgrade moveAPD</t>
   </si>
   <si>
     <t>04050147024731</t>
+  </si>
+  <si>
+    <t>51709-008</t>
+  </si>
+  <si>
+    <t>Verbindungskabel ECB L 45cm</t>
+  </si>
+  <si>
+    <t>04050147025172</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -10649,51 +10673,51 @@
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:D1492"/>
+  <dimension ref="A1:D1496"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="1"/>
     <col min="2" max="2" width="60" customWidth="1"/>
     <col min="3" max="3" width="15" customWidth="1"/>
     <col min="4" max="4" width="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="2">
         <v>3</v>
       </c>
@@ -12138,65 +12162,65 @@
     <row r="105">
       <c r="A105" t="s" s="2">
         <v>260</v>
       </c>
       <c r="B105" t="s">
         <v>261</v>
       </c>
       <c r="C105" t="s" s="2">
         <v>264</v>
       </c>
       <c r="D105">
         <v>100</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s" s="2">
         <v>265</v>
       </c>
       <c r="B106" t="s">
         <v>266</v>
       </c>
       <c r="C106" t="s" s="2">
         <v>267</v>
       </c>
       <c r="D106">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s" s="2">
         <v>265</v>
       </c>
       <c r="B107" t="s">
         <v>266</v>
       </c>
       <c r="C107" t="s" s="2">
         <v>268</v>
       </c>
       <c r="D107">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s" s="2">
         <v>265</v>
       </c>
       <c r="B108" t="s">
         <v>266</v>
       </c>
       <c r="C108" t="s" s="2">
         <v>269</v>
       </c>
       <c r="D108">
         <v>100</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s" s="2">
         <v>270</v>
       </c>
       <c r="B109" t="s">
         <v>271</v>
       </c>
       <c r="C109" t="s" s="2">
         <v>272</v>
@@ -13446,8087 +13470,8087 @@
         <v>470</v>
       </c>
       <c r="D198">
         <v>5</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s" s="2">
         <v>468</v>
       </c>
       <c r="B199" t="s">
         <v>469</v>
       </c>
       <c r="C199" t="s" s="2">
         <v>471</v>
       </c>
       <c r="D199">
         <v>1</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s" s="2">
         <v>472</v>
       </c>
       <c r="B200" t="s">
-        <v>387</v>
+        <v>473</v>
       </c>
       <c r="C200" t="s" s="2">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D200">
         <v>1</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s" s="2">
         <v>472</v>
       </c>
       <c r="B201" t="s">
-        <v>387</v>
+        <v>473</v>
       </c>
       <c r="C201" t="s" s="2">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="D201">
         <v>5</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s" s="2">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B202" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="C202" t="s" s="2">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D202">
         <v>1</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s" s="2">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B203" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="C203" t="s" s="2">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D203">
         <v>5</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s" s="2">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B204" t="s">
-        <v>479</v>
+        <v>391</v>
       </c>
       <c r="C204" t="s" s="2">
         <v>480</v>
       </c>
       <c r="D204">
         <v>1</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s" s="2">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B205" t="s">
-        <v>479</v>
+        <v>391</v>
       </c>
       <c r="C205" t="s" s="2">
         <v>481</v>
       </c>
       <c r="D205">
         <v>5</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s" s="2">
         <v>482</v>
       </c>
       <c r="B206" t="s">
         <v>483</v>
       </c>
       <c r="C206" t="s" s="2">
         <v>484</v>
       </c>
       <c r="D206">
         <v>1</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s" s="2">
         <v>482</v>
       </c>
       <c r="B207" t="s">
         <v>483</v>
       </c>
       <c r="C207" t="s" s="2">
         <v>485</v>
       </c>
       <c r="D207">
         <v>5</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s" s="2">
         <v>486</v>
       </c>
       <c r="B208" t="s">
         <v>487</v>
       </c>
       <c r="C208" t="s" s="2">
         <v>488</v>
       </c>
       <c r="D208">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s" s="2">
         <v>486</v>
       </c>
       <c r="B209" t="s">
         <v>487</v>
       </c>
       <c r="C209" t="s" s="2">
         <v>489</v>
       </c>
       <c r="D209">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s" s="2">
         <v>490</v>
       </c>
       <c r="B210" t="s">
         <v>491</v>
       </c>
       <c r="C210" t="s" s="2">
         <v>492</v>
       </c>
       <c r="D210">
         <v>5</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s" s="2">
         <v>490</v>
       </c>
       <c r="B211" t="s">
         <v>491</v>
       </c>
       <c r="C211" t="s" s="2">
         <v>493</v>
       </c>
       <c r="D211">
         <v>1</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s" s="2">
         <v>494</v>
       </c>
       <c r="B212" t="s">
         <v>495</v>
       </c>
       <c r="C212" t="s" s="2">
         <v>496</v>
       </c>
       <c r="D212">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s" s="2">
         <v>494</v>
       </c>
       <c r="B213" t="s">
         <v>495</v>
       </c>
       <c r="C213" t="s" s="2">
         <v>497</v>
       </c>
       <c r="D213">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s" s="2">
         <v>498</v>
       </c>
       <c r="B214" t="s">
         <v>499</v>
       </c>
       <c r="C214" t="s" s="2">
         <v>500</v>
       </c>
       <c r="D214">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s" s="2">
         <v>498</v>
       </c>
       <c r="B215" t="s">
         <v>499</v>
       </c>
       <c r="C215" t="s" s="2">
         <v>501</v>
       </c>
       <c r="D215">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s" s="2">
         <v>502</v>
       </c>
       <c r="B216" t="s">
         <v>503</v>
       </c>
       <c r="C216" t="s" s="2">
         <v>504</v>
       </c>
       <c r="D216">
         <v>5</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s" s="2">
         <v>502</v>
       </c>
       <c r="B217" t="s">
         <v>503</v>
       </c>
       <c r="C217" t="s" s="2">
         <v>505</v>
       </c>
       <c r="D217">
         <v>1</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s" s="2">
         <v>506</v>
       </c>
       <c r="B218" t="s">
-        <v>430</v>
+        <v>507</v>
       </c>
       <c r="C218" t="s" s="2">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D218">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s" s="2">
         <v>506</v>
       </c>
       <c r="B219" t="s">
-        <v>430</v>
+        <v>507</v>
       </c>
       <c r="C219" t="s" s="2">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="D219">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s" s="2">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B220" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="C220" t="s" s="2">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D220">
         <v>1</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s" s="2">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B221" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="C221" t="s" s="2">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="D221">
         <v>5</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s" s="2">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B222" t="s">
-        <v>513</v>
+        <v>434</v>
       </c>
       <c r="C222" t="s" s="2">
         <v>514</v>
       </c>
       <c r="D222">
         <v>1</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s" s="2">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B223" t="s">
-        <v>513</v>
+        <v>434</v>
       </c>
       <c r="C223" t="s" s="2">
         <v>515</v>
       </c>
       <c r="D223">
         <v>5</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s" s="2">
         <v>516</v>
       </c>
       <c r="B224" t="s">
         <v>517</v>
       </c>
       <c r="C224" t="s" s="2">
         <v>518</v>
       </c>
       <c r="D224">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s" s="2">
         <v>516</v>
       </c>
       <c r="B225" t="s">
         <v>517</v>
       </c>
       <c r="C225" t="s" s="2">
         <v>519</v>
       </c>
       <c r="D225">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s" s="2">
         <v>520</v>
       </c>
       <c r="B226" t="s">
         <v>521</v>
       </c>
       <c r="C226" t="s" s="2">
         <v>522</v>
       </c>
       <c r="D226">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s" s="2">
+        <v>520</v>
+      </c>
+      <c r="B227" t="s">
+        <v>521</v>
+      </c>
+      <c r="C227" t="s" s="2">
         <v>523</v>
-      </c>
-[...4 lines deleted...]
-        <v>525</v>
       </c>
       <c r="D227">
         <v>1</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s" s="2">
+        <v>524</v>
+      </c>
+      <c r="B228" t="s">
+        <v>525</v>
+      </c>
+      <c r="C228" t="s" s="2">
         <v>526</v>
-      </c>
-[...4 lines deleted...]
-        <v>528</v>
       </c>
       <c r="D228">
         <v>1</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s" s="2">
+        <v>527</v>
+      </c>
+      <c r="B229" t="s">
+        <v>528</v>
+      </c>
+      <c r="C229" t="s" s="2">
         <v>529</v>
-      </c>
-[...4 lines deleted...]
-        <v>531</v>
       </c>
       <c r="D229">
         <v>1</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s" s="2">
+        <v>530</v>
+      </c>
+      <c r="B230" t="s">
+        <v>531</v>
+      </c>
+      <c r="C230" t="s" s="2">
         <v>532</v>
-      </c>
-[...4 lines deleted...]
-        <v>534</v>
       </c>
       <c r="D230">
         <v>1</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s" s="2">
+        <v>533</v>
+      </c>
+      <c r="B231" t="s">
+        <v>534</v>
+      </c>
+      <c r="C231" t="s" s="2">
         <v>535</v>
-      </c>
-[...4 lines deleted...]
-        <v>537</v>
       </c>
       <c r="D231">
         <v>1</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s" s="2">
+        <v>536</v>
+      </c>
+      <c r="B232" t="s">
+        <v>537</v>
+      </c>
+      <c r="C232" t="s" s="2">
         <v>538</v>
-      </c>
-[...4 lines deleted...]
-        <v>540</v>
       </c>
       <c r="D232">
         <v>1</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s" s="2">
+        <v>539</v>
+      </c>
+      <c r="B233" t="s">
+        <v>540</v>
+      </c>
+      <c r="C233" t="s" s="2">
         <v>541</v>
-      </c>
-[...4 lines deleted...]
-        <v>543</v>
       </c>
       <c r="D233">
         <v>1</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s" s="2">
+        <v>542</v>
+      </c>
+      <c r="B234" t="s">
+        <v>543</v>
+      </c>
+      <c r="C234" t="s" s="2">
         <v>544</v>
-      </c>
-[...4 lines deleted...]
-        <v>546</v>
       </c>
       <c r="D234">
         <v>1</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s" s="2">
+        <v>545</v>
+      </c>
+      <c r="B235" t="s">
+        <v>546</v>
+      </c>
+      <c r="C235" t="s" s="2">
         <v>547</v>
-      </c>
-[...4 lines deleted...]
-        <v>549</v>
       </c>
       <c r="D235">
         <v>1</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s" s="2">
+        <v>548</v>
+      </c>
+      <c r="B236" t="s">
+        <v>549</v>
+      </c>
+      <c r="C236" t="s" s="2">
         <v>550</v>
-      </c>
-[...4 lines deleted...]
-        <v>552</v>
       </c>
       <c r="D236">
         <v>1</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s" s="2">
+        <v>551</v>
+      </c>
+      <c r="B237" t="s">
+        <v>552</v>
+      </c>
+      <c r="C237" t="s" s="2">
         <v>553</v>
-      </c>
-[...4 lines deleted...]
-        <v>555</v>
       </c>
       <c r="D237">
         <v>1</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s" s="2">
+        <v>554</v>
+      </c>
+      <c r="B238" t="s">
+        <v>555</v>
+      </c>
+      <c r="C238" t="s" s="2">
         <v>556</v>
-      </c>
-[...4 lines deleted...]
-        <v>558</v>
       </c>
       <c r="D238">
         <v>1</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s" s="2">
+        <v>557</v>
+      </c>
+      <c r="B239" t="s">
+        <v>558</v>
+      </c>
+      <c r="C239" t="s" s="2">
         <v>559</v>
-      </c>
-[...4 lines deleted...]
-        <v>561</v>
       </c>
       <c r="D239">
         <v>1</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s" s="2">
+        <v>560</v>
+      </c>
+      <c r="B240" t="s">
+        <v>561</v>
+      </c>
+      <c r="C240" t="s" s="2">
         <v>562</v>
-      </c>
-[...4 lines deleted...]
-        <v>564</v>
       </c>
       <c r="D240">
         <v>1</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s" s="2">
+        <v>563</v>
+      </c>
+      <c r="B241" t="s">
+        <v>564</v>
+      </c>
+      <c r="C241" t="s" s="2">
         <v>565</v>
-      </c>
-[...4 lines deleted...]
-        <v>567</v>
       </c>
       <c r="D241">
         <v>1</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s" s="2">
+        <v>566</v>
+      </c>
+      <c r="B242" t="s">
+        <v>567</v>
+      </c>
+      <c r="C242" t="s" s="2">
         <v>568</v>
-      </c>
-[...4 lines deleted...]
-        <v>570</v>
       </c>
       <c r="D242">
         <v>1</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s" s="2">
+        <v>569</v>
+      </c>
+      <c r="B243" t="s">
+        <v>570</v>
+      </c>
+      <c r="C243" t="s" s="2">
         <v>571</v>
-      </c>
-[...4 lines deleted...]
-        <v>573</v>
       </c>
       <c r="D243">
         <v>1</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s" s="2">
+        <v>572</v>
+      </c>
+      <c r="B244" t="s">
+        <v>573</v>
+      </c>
+      <c r="C244" t="s" s="2">
         <v>574</v>
-      </c>
-[...4 lines deleted...]
-        <v>576</v>
       </c>
       <c r="D244">
         <v>1</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s" s="2">
+        <v>575</v>
+      </c>
+      <c r="B245" t="s">
+        <v>576</v>
+      </c>
+      <c r="C245" t="s" s="2">
         <v>577</v>
-      </c>
-[...4 lines deleted...]
-        <v>579</v>
       </c>
       <c r="D245">
         <v>1</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s" s="2">
+        <v>578</v>
+      </c>
+      <c r="B246" t="s">
+        <v>579</v>
+      </c>
+      <c r="C246" t="s" s="2">
         <v>580</v>
-      </c>
-[...4 lines deleted...]
-        <v>582</v>
       </c>
       <c r="D246">
         <v>1</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s" s="2">
+        <v>581</v>
+      </c>
+      <c r="B247" t="s">
+        <v>582</v>
+      </c>
+      <c r="C247" t="s" s="2">
         <v>583</v>
-      </c>
-[...4 lines deleted...]
-        <v>585</v>
       </c>
       <c r="D247">
         <v>1</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s" s="2">
+        <v>584</v>
+      </c>
+      <c r="B248" t="s">
+        <v>585</v>
+      </c>
+      <c r="C248" t="s" s="2">
         <v>586</v>
-      </c>
-[...4 lines deleted...]
-        <v>588</v>
       </c>
       <c r="D248">
         <v>1</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s" s="2">
+        <v>587</v>
+      </c>
+      <c r="B249" t="s">
+        <v>588</v>
+      </c>
+      <c r="C249" t="s" s="2">
         <v>589</v>
-      </c>
-[...4 lines deleted...]
-        <v>591</v>
       </c>
       <c r="D249">
         <v>1</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s" s="2">
+        <v>590</v>
+      </c>
+      <c r="B250" t="s">
+        <v>591</v>
+      </c>
+      <c r="C250" t="s" s="2">
         <v>592</v>
-      </c>
-[...4 lines deleted...]
-        <v>594</v>
       </c>
       <c r="D250">
         <v>1</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s" s="2">
+        <v>593</v>
+      </c>
+      <c r="B251" t="s">
+        <v>594</v>
+      </c>
+      <c r="C251" t="s" s="2">
         <v>595</v>
-      </c>
-[...4 lines deleted...]
-        <v>597</v>
       </c>
       <c r="D251">
         <v>1</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s" s="2">
+        <v>596</v>
+      </c>
+      <c r="B252" t="s">
+        <v>597</v>
+      </c>
+      <c r="C252" t="s" s="2">
         <v>598</v>
-      </c>
-[...4 lines deleted...]
-        <v>600</v>
       </c>
       <c r="D252">
         <v>1</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s" s="2">
+        <v>599</v>
+      </c>
+      <c r="B253" t="s">
+        <v>600</v>
+      </c>
+      <c r="C253" t="s" s="2">
         <v>601</v>
-      </c>
-[...4 lines deleted...]
-        <v>603</v>
       </c>
       <c r="D253">
         <v>1</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s" s="2">
+        <v>602</v>
+      </c>
+      <c r="B254" t="s">
+        <v>603</v>
+      </c>
+      <c r="C254" t="s" s="2">
         <v>604</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="D254">
         <v>1</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s" s="2">
+        <v>605</v>
+      </c>
+      <c r="B255" t="s">
+        <v>606</v>
+      </c>
+      <c r="C255" t="s" s="2">
         <v>607</v>
-      </c>
-[...4 lines deleted...]
-        <v>609</v>
       </c>
       <c r="D255">
         <v>1</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s" s="2">
+        <v>608</v>
+      </c>
+      <c r="B256" t="s">
+        <v>609</v>
+      </c>
+      <c r="C256" t="s" s="2">
         <v>610</v>
-      </c>
-[...4 lines deleted...]
-        <v>612</v>
       </c>
       <c r="D256">
         <v>1</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s" s="2">
+        <v>611</v>
+      </c>
+      <c r="B257" t="s">
+        <v>612</v>
+      </c>
+      <c r="C257" t="s" s="2">
         <v>613</v>
-      </c>
-[...4 lines deleted...]
-        <v>615</v>
       </c>
       <c r="D257">
         <v>1</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s" s="2">
+        <v>614</v>
+      </c>
+      <c r="B258" t="s">
+        <v>615</v>
+      </c>
+      <c r="C258" t="s" s="2">
         <v>616</v>
-      </c>
-[...4 lines deleted...]
-        <v>618</v>
       </c>
       <c r="D258">
         <v>1</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s" s="2">
+        <v>617</v>
+      </c>
+      <c r="B259" t="s">
+        <v>618</v>
+      </c>
+      <c r="C259" t="s" s="2">
         <v>619</v>
-      </c>
-[...4 lines deleted...]
-        <v>621</v>
       </c>
       <c r="D259">
         <v>1</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s" s="2">
+        <v>620</v>
+      </c>
+      <c r="B260" t="s">
+        <v>621</v>
+      </c>
+      <c r="C260" t="s" s="2">
         <v>622</v>
-      </c>
-[...4 lines deleted...]
-        <v>624</v>
       </c>
       <c r="D260">
         <v>1</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s" s="2">
+        <v>623</v>
+      </c>
+      <c r="B261" t="s">
+        <v>624</v>
+      </c>
+      <c r="C261" t="s" s="2">
         <v>625</v>
-      </c>
-[...4 lines deleted...]
-        <v>627</v>
       </c>
       <c r="D261">
         <v>1</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s" s="2">
+        <v>626</v>
+      </c>
+      <c r="B262" t="s">
+        <v>627</v>
+      </c>
+      <c r="C262" t="s" s="2">
         <v>628</v>
-      </c>
-[...4 lines deleted...]
-        <v>630</v>
       </c>
       <c r="D262">
         <v>1</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s" s="2">
+        <v>629</v>
+      </c>
+      <c r="B263" t="s">
+        <v>630</v>
+      </c>
+      <c r="C263" t="s" s="2">
         <v>631</v>
-      </c>
-[...4 lines deleted...]
-        <v>633</v>
       </c>
       <c r="D263">
         <v>1</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s" s="2">
+        <v>632</v>
+      </c>
+      <c r="B264" t="s">
+        <v>633</v>
+      </c>
+      <c r="C264" t="s" s="2">
         <v>634</v>
-      </c>
-[...4 lines deleted...]
-        <v>636</v>
       </c>
       <c r="D264">
         <v>1</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s" s="2">
+        <v>635</v>
+      </c>
+      <c r="B265" t="s">
+        <v>636</v>
+      </c>
+      <c r="C265" t="s" s="2">
         <v>637</v>
-      </c>
-[...4 lines deleted...]
-        <v>639</v>
       </c>
       <c r="D265">
         <v>1</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s" s="2">
+        <v>638</v>
+      </c>
+      <c r="B266" t="s">
+        <v>639</v>
+      </c>
+      <c r="C266" t="s" s="2">
         <v>640</v>
-      </c>
-[...4 lines deleted...]
-        <v>642</v>
       </c>
       <c r="D266">
         <v>1</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s" s="2">
+        <v>641</v>
+      </c>
+      <c r="B267" t="s">
+        <v>642</v>
+      </c>
+      <c r="C267" t="s" s="2">
         <v>643</v>
-      </c>
-[...4 lines deleted...]
-        <v>645</v>
       </c>
       <c r="D267">
         <v>1</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s" s="2">
+        <v>644</v>
+      </c>
+      <c r="B268" t="s">
+        <v>645</v>
+      </c>
+      <c r="C268" t="s" s="2">
         <v>646</v>
-      </c>
-[...4 lines deleted...]
-        <v>648</v>
       </c>
       <c r="D268">
         <v>1</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s" s="2">
+        <v>647</v>
+      </c>
+      <c r="B269" t="s">
+        <v>648</v>
+      </c>
+      <c r="C269" t="s" s="2">
         <v>649</v>
-      </c>
-[...4 lines deleted...]
-        <v>651</v>
       </c>
       <c r="D269">
         <v>1</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s" s="2">
+        <v>650</v>
+      </c>
+      <c r="B270" t="s">
+        <v>651</v>
+      </c>
+      <c r="C270" t="s" s="2">
         <v>652</v>
-      </c>
-[...4 lines deleted...]
-        <v>654</v>
       </c>
       <c r="D270">
         <v>1</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s" s="2">
+        <v>653</v>
+      </c>
+      <c r="B271" t="s">
+        <v>654</v>
+      </c>
+      <c r="C271" t="s" s="2">
         <v>655</v>
-      </c>
-[...4 lines deleted...]
-        <v>657</v>
       </c>
       <c r="D271">
         <v>1</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s" s="2">
+        <v>656</v>
+      </c>
+      <c r="B272" t="s">
+        <v>657</v>
+      </c>
+      <c r="C272" t="s" s="2">
         <v>658</v>
-      </c>
-[...4 lines deleted...]
-        <v>660</v>
       </c>
       <c r="D272">
         <v>1</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s" s="2">
+        <v>659</v>
+      </c>
+      <c r="B273" t="s">
+        <v>660</v>
+      </c>
+      <c r="C273" t="s" s="2">
         <v>661</v>
-      </c>
-[...4 lines deleted...]
-        <v>663</v>
       </c>
       <c r="D273">
         <v>1</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s" s="2">
+        <v>662</v>
+      </c>
+      <c r="B274" t="s">
+        <v>663</v>
+      </c>
+      <c r="C274" t="s" s="2">
         <v>664</v>
-      </c>
-[...4 lines deleted...]
-        <v>666</v>
       </c>
       <c r="D274">
         <v>1</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s" s="2">
+        <v>665</v>
+      </c>
+      <c r="B275" t="s">
+        <v>666</v>
+      </c>
+      <c r="C275" t="s" s="2">
         <v>667</v>
-      </c>
-[...4 lines deleted...]
-        <v>669</v>
       </c>
       <c r="D275">
         <v>1</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s" s="2">
+        <v>668</v>
+      </c>
+      <c r="B276" t="s">
+        <v>669</v>
+      </c>
+      <c r="C276" t="s" s="2">
         <v>670</v>
-      </c>
-[...4 lines deleted...]
-        <v>672</v>
       </c>
       <c r="D276">
         <v>1</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s" s="2">
+        <v>671</v>
+      </c>
+      <c r="B277" t="s">
+        <v>672</v>
+      </c>
+      <c r="C277" t="s" s="2">
         <v>673</v>
-      </c>
-[...4 lines deleted...]
-        <v>675</v>
       </c>
       <c r="D277">
         <v>1</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s" s="2">
+        <v>674</v>
+      </c>
+      <c r="B278" t="s">
+        <v>675</v>
+      </c>
+      <c r="C278" t="s" s="2">
         <v>676</v>
-      </c>
-[...4 lines deleted...]
-        <v>678</v>
       </c>
       <c r="D278">
         <v>1</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s" s="2">
+        <v>677</v>
+      </c>
+      <c r="B279" t="s">
+        <v>678</v>
+      </c>
+      <c r="C279" t="s" s="2">
         <v>679</v>
-      </c>
-[...4 lines deleted...]
-        <v>681</v>
       </c>
       <c r="D279">
         <v>1</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s" s="2">
+        <v>680</v>
+      </c>
+      <c r="B280" t="s">
+        <v>681</v>
+      </c>
+      <c r="C280" t="s" s="2">
         <v>682</v>
-      </c>
-[...4 lines deleted...]
-        <v>684</v>
       </c>
       <c r="D280">
         <v>1</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s" s="2">
+        <v>683</v>
+      </c>
+      <c r="B281" t="s">
+        <v>684</v>
+      </c>
+      <c r="C281" t="s" s="2">
         <v>685</v>
-      </c>
-[...4 lines deleted...]
-        <v>687</v>
       </c>
       <c r="D281">
         <v>1</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s" s="2">
+        <v>686</v>
+      </c>
+      <c r="B282" t="s">
+        <v>687</v>
+      </c>
+      <c r="C282" t="s" s="2">
         <v>688</v>
-      </c>
-[...4 lines deleted...]
-        <v>690</v>
       </c>
       <c r="D282">
         <v>1</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s" s="2">
+        <v>689</v>
+      </c>
+      <c r="B283" t="s">
+        <v>690</v>
+      </c>
+      <c r="C283" t="s" s="2">
         <v>691</v>
-      </c>
-[...4 lines deleted...]
-        <v>693</v>
       </c>
       <c r="D283">
         <v>1</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s" s="2">
+        <v>692</v>
+      </c>
+      <c r="B284" t="s">
+        <v>693</v>
+      </c>
+      <c r="C284" t="s" s="2">
         <v>694</v>
-      </c>
-[...4 lines deleted...]
-        <v>696</v>
       </c>
       <c r="D284">
         <v>1</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s" s="2">
+        <v>695</v>
+      </c>
+      <c r="B285" t="s">
+        <v>696</v>
+      </c>
+      <c r="C285" t="s" s="2">
         <v>697</v>
-      </c>
-[...4 lines deleted...]
-        <v>699</v>
       </c>
       <c r="D285">
         <v>1</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s" s="2">
+        <v>698</v>
+      </c>
+      <c r="B286" t="s">
+        <v>699</v>
+      </c>
+      <c r="C286" t="s" s="2">
         <v>700</v>
-      </c>
-[...4 lines deleted...]
-        <v>702</v>
       </c>
       <c r="D286">
         <v>1</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s" s="2">
+        <v>701</v>
+      </c>
+      <c r="B287" t="s">
+        <v>702</v>
+      </c>
+      <c r="C287" t="s" s="2">
         <v>703</v>
-      </c>
-[...4 lines deleted...]
-        <v>705</v>
       </c>
       <c r="D287">
         <v>1</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s" s="2">
+        <v>704</v>
+      </c>
+      <c r="B288" t="s">
+        <v>705</v>
+      </c>
+      <c r="C288" t="s" s="2">
         <v>706</v>
-      </c>
-[...4 lines deleted...]
-        <v>708</v>
       </c>
       <c r="D288">
         <v>1</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s" s="2">
+        <v>707</v>
+      </c>
+      <c r="B289" t="s">
+        <v>708</v>
+      </c>
+      <c r="C289" t="s" s="2">
         <v>709</v>
-      </c>
-[...4 lines deleted...]
-        <v>711</v>
       </c>
       <c r="D289">
         <v>1</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s" s="2">
+        <v>710</v>
+      </c>
+      <c r="B290" t="s">
+        <v>711</v>
+      </c>
+      <c r="C290" t="s" s="2">
         <v>712</v>
-      </c>
-[...4 lines deleted...]
-        <v>714</v>
       </c>
       <c r="D290">
         <v>1</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s" s="2">
+        <v>713</v>
+      </c>
+      <c r="B291" t="s">
+        <v>714</v>
+      </c>
+      <c r="C291" t="s" s="2">
         <v>715</v>
-      </c>
-[...4 lines deleted...]
-        <v>717</v>
       </c>
       <c r="D291">
         <v>1</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s" s="2">
+        <v>716</v>
+      </c>
+      <c r="B292" t="s">
+        <v>717</v>
+      </c>
+      <c r="C292" t="s" s="2">
         <v>718</v>
-      </c>
-[...4 lines deleted...]
-        <v>720</v>
       </c>
       <c r="D292">
         <v>1</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s" s="2">
+        <v>719</v>
+      </c>
+      <c r="B293" t="s">
+        <v>720</v>
+      </c>
+      <c r="C293" t="s" s="2">
         <v>721</v>
-      </c>
-[...4 lines deleted...]
-        <v>723</v>
       </c>
       <c r="D293">
         <v>1</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s" s="2">
+        <v>722</v>
+      </c>
+      <c r="B294" t="s">
+        <v>723</v>
+      </c>
+      <c r="C294" t="s" s="2">
         <v>724</v>
-      </c>
-[...4 lines deleted...]
-        <v>726</v>
       </c>
       <c r="D294">
         <v>1</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s" s="2">
+        <v>725</v>
+      </c>
+      <c r="B295" t="s">
+        <v>726</v>
+      </c>
+      <c r="C295" t="s" s="2">
         <v>727</v>
-      </c>
-[...4 lines deleted...]
-        <v>729</v>
       </c>
       <c r="D295">
         <v>1</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s" s="2">
+        <v>728</v>
+      </c>
+      <c r="B296" t="s">
+        <v>729</v>
+      </c>
+      <c r="C296" t="s" s="2">
         <v>730</v>
-      </c>
-[...4 lines deleted...]
-        <v>732</v>
       </c>
       <c r="D296">
         <v>1</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s" s="2">
+        <v>731</v>
+      </c>
+      <c r="B297" t="s">
+        <v>732</v>
+      </c>
+      <c r="C297" t="s" s="2">
         <v>733</v>
-      </c>
-[...4 lines deleted...]
-        <v>735</v>
       </c>
       <c r="D297">
         <v>1</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s" s="2">
+        <v>734</v>
+      </c>
+      <c r="B298" t="s">
+        <v>735</v>
+      </c>
+      <c r="C298" t="s" s="2">
         <v>736</v>
-      </c>
-[...4 lines deleted...]
-        <v>738</v>
       </c>
       <c r="D298">
         <v>1</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s" s="2">
+        <v>737</v>
+      </c>
+      <c r="B299" t="s">
+        <v>738</v>
+      </c>
+      <c r="C299" t="s" s="2">
         <v>739</v>
-      </c>
-[...4 lines deleted...]
-        <v>741</v>
       </c>
       <c r="D299">
         <v>1</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s" s="2">
+        <v>740</v>
+      </c>
+      <c r="B300" t="s">
+        <v>741</v>
+      </c>
+      <c r="C300" t="s" s="2">
         <v>742</v>
-      </c>
-[...4 lines deleted...]
-        <v>744</v>
       </c>
       <c r="D300">
         <v>1</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s" s="2">
+        <v>743</v>
+      </c>
+      <c r="B301" t="s">
+        <v>744</v>
+      </c>
+      <c r="C301" t="s" s="2">
         <v>745</v>
-      </c>
-[...4 lines deleted...]
-        <v>747</v>
       </c>
       <c r="D301">
         <v>1</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s" s="2">
+        <v>746</v>
+      </c>
+      <c r="B302" t="s">
+        <v>747</v>
+      </c>
+      <c r="C302" t="s" s="2">
         <v>748</v>
-      </c>
-[...4 lines deleted...]
-        <v>750</v>
       </c>
       <c r="D302">
         <v>1</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s" s="2">
+        <v>749</v>
+      </c>
+      <c r="B303" t="s">
+        <v>750</v>
+      </c>
+      <c r="C303" t="s" s="2">
         <v>751</v>
-      </c>
-[...4 lines deleted...]
-        <v>753</v>
       </c>
       <c r="D303">
         <v>1</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s" s="2">
+        <v>752</v>
+      </c>
+      <c r="B304" t="s">
+        <v>753</v>
+      </c>
+      <c r="C304" t="s" s="2">
         <v>754</v>
-      </c>
-[...4 lines deleted...]
-        <v>756</v>
       </c>
       <c r="D304">
         <v>1</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="s" s="2">
+        <v>755</v>
+      </c>
+      <c r="B305" t="s">
+        <v>756</v>
+      </c>
+      <c r="C305" t="s" s="2">
         <v>757</v>
-      </c>
-[...4 lines deleted...]
-        <v>759</v>
       </c>
       <c r="D305">
         <v>1</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s" s="2">
+        <v>758</v>
+      </c>
+      <c r="B306" t="s">
+        <v>759</v>
+      </c>
+      <c r="C306" t="s" s="2">
         <v>760</v>
-      </c>
-[...4 lines deleted...]
-        <v>762</v>
       </c>
       <c r="D306">
         <v>1</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="s" s="2">
+        <v>761</v>
+      </c>
+      <c r="B307" t="s">
+        <v>762</v>
+      </c>
+      <c r="C307" t="s" s="2">
         <v>763</v>
-      </c>
-[...4 lines deleted...]
-        <v>765</v>
       </c>
       <c r="D307">
         <v>1</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s" s="2">
+        <v>764</v>
+      </c>
+      <c r="B308" t="s">
+        <v>765</v>
+      </c>
+      <c r="C308" t="s" s="2">
         <v>766</v>
-      </c>
-[...4 lines deleted...]
-        <v>768</v>
       </c>
       <c r="D308">
         <v>1</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s" s="2">
+        <v>767</v>
+      </c>
+      <c r="B309" t="s">
+        <v>768</v>
+      </c>
+      <c r="C309" t="s" s="2">
         <v>769</v>
-      </c>
-[...4 lines deleted...]
-        <v>771</v>
       </c>
       <c r="D309">
         <v>1</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s" s="2">
+        <v>770</v>
+      </c>
+      <c r="B310" t="s">
+        <v>771</v>
+      </c>
+      <c r="C310" t="s" s="2">
         <v>772</v>
-      </c>
-[...4 lines deleted...]
-        <v>774</v>
       </c>
       <c r="D310">
         <v>1</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s" s="2">
+        <v>773</v>
+      </c>
+      <c r="B311" t="s">
+        <v>774</v>
+      </c>
+      <c r="C311" t="s" s="2">
         <v>775</v>
-      </c>
-[...4 lines deleted...]
-        <v>777</v>
       </c>
       <c r="D311">
         <v>1</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s" s="2">
+        <v>776</v>
+      </c>
+      <c r="B312" t="s">
+        <v>777</v>
+      </c>
+      <c r="C312" t="s" s="2">
         <v>778</v>
-      </c>
-[...4 lines deleted...]
-        <v>780</v>
       </c>
       <c r="D312">
         <v>1</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s" s="2">
+        <v>779</v>
+      </c>
+      <c r="B313" t="s">
+        <v>780</v>
+      </c>
+      <c r="C313" t="s" s="2">
         <v>781</v>
-      </c>
-[...4 lines deleted...]
-        <v>783</v>
       </c>
       <c r="D313">
         <v>1</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s" s="2">
+        <v>782</v>
+      </c>
+      <c r="B314" t="s">
+        <v>783</v>
+      </c>
+      <c r="C314" t="s" s="2">
         <v>784</v>
-      </c>
-[...4 lines deleted...]
-        <v>786</v>
       </c>
       <c r="D314">
         <v>1</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s" s="2">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="B315" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C315" t="s" s="2">
         <v>787</v>
       </c>
       <c r="D315">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s" s="2">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="B316" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="C316" t="s" s="2">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="D316">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s" s="2">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="B317" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="C317" t="s" s="2">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="D317">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s" s="2">
-        <v>790</v>
+        <v>788</v>
       </c>
       <c r="B318" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="C318" t="s" s="2">
         <v>792</v>
       </c>
       <c r="D318">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s" s="2">
-        <v>790</v>
+        <v>788</v>
       </c>
       <c r="B319" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="C319" t="s" s="2">
         <v>793</v>
       </c>
       <c r="D319">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s" s="2">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="B320" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="C320" t="s" s="2">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="D320">
-        <v>60</v>
+        <v>1</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s" s="2">
+        <v>794</v>
+      </c>
+      <c r="B321" t="s">
         <v>795</v>
-      </c>
-[...1 lines deleted...]
-        <v>796</v>
       </c>
       <c r="C321" t="s" s="2">
         <v>797</v>
       </c>
       <c r="D321">
         <v>30</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s" s="2">
+        <v>794</v>
+      </c>
+      <c r="B322" t="s">
         <v>795</v>
-      </c>
-[...1 lines deleted...]
-        <v>796</v>
       </c>
       <c r="C322" t="s" s="2">
         <v>798</v>
       </c>
       <c r="D322">
         <v>60</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s" s="2">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="B323" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="C323" t="s" s="2">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="D323">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s" s="2">
+        <v>799</v>
+      </c>
+      <c r="B324" t="s">
         <v>800</v>
-      </c>
-[...1 lines deleted...]
-        <v>801</v>
       </c>
       <c r="C324" t="s" s="2">
         <v>802</v>
       </c>
       <c r="D324">
-        <v>1</v>
+        <v>60</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s" s="2">
+        <v>799</v>
+      </c>
+      <c r="B325" t="s">
         <v>800</v>
-      </c>
-[...1 lines deleted...]
-        <v>801</v>
       </c>
       <c r="C325" t="s" s="2">
         <v>803</v>
       </c>
       <c r="D325">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s" s="2">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="B326" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="C326" t="s" s="2">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="D326">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="s" s="2">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="B327" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="C327" t="s" s="2">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="D327">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="s" s="2">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="B328" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="C328" t="s" s="2">
         <v>808</v>
       </c>
       <c r="D328">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="s" s="2">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="B329" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="C329" t="s" s="2">
         <v>809</v>
       </c>
       <c r="D329">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="s" s="2">
         <v>810</v>
       </c>
       <c r="B330" t="s">
         <v>811</v>
       </c>
       <c r="C330" t="s" s="2">
         <v>812</v>
       </c>
       <c r="D330">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="s" s="2">
         <v>810</v>
       </c>
       <c r="B331" t="s">
         <v>811</v>
       </c>
       <c r="C331" t="s" s="2">
         <v>813</v>
       </c>
       <c r="D331">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="s" s="2">
         <v>814</v>
       </c>
       <c r="B332" t="s">
         <v>815</v>
       </c>
       <c r="C332" t="s" s="2">
         <v>816</v>
       </c>
       <c r="D332">
         <v>50</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="s" s="2">
         <v>814</v>
       </c>
       <c r="B333" t="s">
         <v>815</v>
       </c>
       <c r="C333" t="s" s="2">
         <v>817</v>
       </c>
       <c r="D333">
         <v>1</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="s" s="2">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="B334" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="C334" t="s" s="2">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="D334">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s" s="2">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="B335" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="C335" t="s" s="2">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="D335">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="s" s="2">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="B336" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
       <c r="C336" t="s" s="2">
         <v>822</v>
       </c>
       <c r="D336">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="s" s="2">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="B337" t="s">
-        <v>821</v>
-[...2 lines deleted...]
-        <v>18809083941694</v>
+        <v>819</v>
+      </c>
+      <c r="C337" t="s" s="2">
+        <v>823</v>
       </c>
       <c r="D337">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="s" s="2">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="B338" t="s">
-        <v>821</v>
-[...2 lines deleted...]
-        <v>28809083941691</v>
+        <v>825</v>
+      </c>
+      <c r="C338" t="s" s="2">
+        <v>826</v>
       </c>
       <c r="D338">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="s" s="2">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="B339" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C339" s="3">
-        <v>18809083941700</v>
+        <v>18809083941694</v>
       </c>
       <c r="D339">
         <v>25</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="s" s="2">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="B340" t="s">
-        <v>824</v>
-[...1 lines deleted...]
-      <c r="C340" t="s" s="2">
         <v>825</v>
       </c>
+      <c r="C340" s="3">
+        <v>28809083941691</v>
+      </c>
       <c r="D340">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="s" s="2">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="B341" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="C341" s="3">
-        <v>28809083941707</v>
+        <v>18809083941700</v>
       </c>
       <c r="D341">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="s" s="2">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="B342" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C342" s="3">
-        <v>28809083941738</v>
+        <v>28809083941707</v>
       </c>
       <c r="D342">
         <v>50</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="s" s="2">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="B343" t="s">
-        <v>827</v>
-[...2 lines deleted...]
-        <v>18809083941731</v>
+        <v>828</v>
+      </c>
+      <c r="C343" t="s" s="2">
+        <v>829</v>
       </c>
       <c r="D343">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="s" s="2">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B344" t="s">
-        <v>827</v>
-[...2 lines deleted...]
-        <v>828</v>
+        <v>831</v>
+      </c>
+      <c r="C344" s="3">
+        <v>28809083941738</v>
       </c>
       <c r="D344">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="s" s="2">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="B345" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="C345" s="3">
-        <v>28809083941745</v>
+        <v>18809083941731</v>
       </c>
       <c r="D345">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="s" s="2">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="B346" t="s">
-        <v>830</v>
-[...2 lines deleted...]
-        <v>18809083941748</v>
+        <v>831</v>
+      </c>
+      <c r="C346" t="s" s="2">
+        <v>832</v>
       </c>
       <c r="D346">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="s" s="2">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="B347" t="s">
-        <v>830</v>
-[...2 lines deleted...]
-        <v>831</v>
+        <v>834</v>
+      </c>
+      <c r="C347" s="3">
+        <v>28809083941745</v>
       </c>
       <c r="D347">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s" s="2">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="B348" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="C348" s="3">
-        <v>18809083941779</v>
+        <v>18809083941748</v>
       </c>
       <c r="D348">
         <v>25</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="s" s="2">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="B349" t="s">
-        <v>833</v>
-[...2 lines deleted...]
-        <v>28809083941776</v>
+        <v>834</v>
+      </c>
+      <c r="C349" t="s" s="2">
+        <v>835</v>
       </c>
       <c r="D349">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="s" s="2">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="B350" t="s">
-        <v>833</v>
-[...2 lines deleted...]
-        <v>834</v>
+        <v>837</v>
+      </c>
+      <c r="C350" s="3">
+        <v>18809083941779</v>
       </c>
       <c r="D350">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="s" s="2">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="B351" t="s">
-        <v>836</v>
-[...1 lines deleted...]
-      <c r="C351" t="s" s="2">
         <v>837</v>
       </c>
+      <c r="C351" s="3">
+        <v>28809083941776</v>
+      </c>
       <c r="D351">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="s" s="2">
+        <v>836</v>
+      </c>
+      <c r="B352" t="s">
+        <v>837</v>
+      </c>
+      <c r="C352" t="s" s="2">
         <v>838</v>
-      </c>
-[...4 lines deleted...]
-        <v>840</v>
       </c>
       <c r="D352">
         <v>1</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="s" s="2">
+        <v>839</v>
+      </c>
+      <c r="B353" t="s">
+        <v>840</v>
+      </c>
+      <c r="C353" t="s" s="2">
         <v>841</v>
-      </c>
-[...4 lines deleted...]
-        <v>843</v>
       </c>
       <c r="D353">
         <v>1</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="s" s="2">
+        <v>842</v>
+      </c>
+      <c r="B354" t="s">
+        <v>843</v>
+      </c>
+      <c r="C354" t="s" s="2">
         <v>844</v>
-      </c>
-[...4 lines deleted...]
-        <v>846</v>
       </c>
       <c r="D354">
         <v>1</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="s" s="2">
+        <v>845</v>
+      </c>
+      <c r="B355" t="s">
+        <v>846</v>
+      </c>
+      <c r="C355" t="s" s="2">
         <v>847</v>
-      </c>
-[...4 lines deleted...]
-        <v>849</v>
       </c>
       <c r="D355">
         <v>1</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="s" s="2">
+        <v>848</v>
+      </c>
+      <c r="B356" t="s">
+        <v>849</v>
+      </c>
+      <c r="C356" t="s" s="2">
         <v>850</v>
-      </c>
-[...4 lines deleted...]
-        <v>852</v>
       </c>
       <c r="D356">
         <v>1</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="s" s="2">
+        <v>851</v>
+      </c>
+      <c r="B357" t="s">
+        <v>852</v>
+      </c>
+      <c r="C357" t="s" s="2">
         <v>853</v>
-      </c>
-[...4 lines deleted...]
-        <v>855</v>
       </c>
       <c r="D357">
         <v>1</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="s" s="2">
+        <v>854</v>
+      </c>
+      <c r="B358" t="s">
+        <v>855</v>
+      </c>
+      <c r="C358" t="s" s="2">
         <v>856</v>
-      </c>
-[...4 lines deleted...]
-        <v>858</v>
       </c>
       <c r="D358">
         <v>1</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="s" s="2">
+        <v>857</v>
+      </c>
+      <c r="B359" t="s">
+        <v>858</v>
+      </c>
+      <c r="C359" t="s" s="2">
         <v>859</v>
-      </c>
-[...4 lines deleted...]
-        <v>861</v>
       </c>
       <c r="D359">
         <v>1</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="s" s="2">
+        <v>860</v>
+      </c>
+      <c r="B360" t="s">
+        <v>861</v>
+      </c>
+      <c r="C360" t="s" s="2">
         <v>862</v>
-      </c>
-[...4 lines deleted...]
-        <v>864</v>
       </c>
       <c r="D360">
         <v>1</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="s" s="2">
+        <v>863</v>
+      </c>
+      <c r="B361" t="s">
+        <v>864</v>
+      </c>
+      <c r="C361" t="s" s="2">
         <v>865</v>
-      </c>
-[...4 lines deleted...]
-        <v>867</v>
       </c>
       <c r="D361">
         <v>1</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="s" s="2">
+        <v>866</v>
+      </c>
+      <c r="B362" t="s">
+        <v>867</v>
+      </c>
+      <c r="C362" t="s" s="2">
         <v>868</v>
-      </c>
-[...4 lines deleted...]
-        <v>870</v>
       </c>
       <c r="D362">
         <v>1</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="s" s="2">
+        <v>869</v>
+      </c>
+      <c r="B363" t="s">
+        <v>870</v>
+      </c>
+      <c r="C363" t="s" s="2">
         <v>871</v>
-      </c>
-[...4 lines deleted...]
-        <v>873</v>
       </c>
       <c r="D363">
         <v>1</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="s" s="2">
+        <v>872</v>
+      </c>
+      <c r="B364" t="s">
+        <v>873</v>
+      </c>
+      <c r="C364" t="s" s="2">
         <v>874</v>
       </c>
-      <c r="B364" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D364">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="s" s="2">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="B365" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="C365" t="s" s="2">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="D365">
         <v>1</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="s" s="2">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="B366" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C366" t="s" s="2">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D366">
         <v>1</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="s" s="2">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="B367" t="s">
-        <v>881</v>
-[...2 lines deleted...]
-        <v>882</v>
+        <v>879</v>
+      </c>
+      <c r="C367" s="3">
+        <v>18054953347490</v>
       </c>
       <c r="D367">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="s" s="2">
+        <v>881</v>
+      </c>
+      <c r="B368" t="s">
+        <v>882</v>
+      </c>
+      <c r="C368" t="s" s="2">
         <v>883</v>
-      </c>
-[...4 lines deleted...]
-        <v>885</v>
       </c>
       <c r="D368">
         <v>1</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="s" s="2">
+        <v>884</v>
+      </c>
+      <c r="B369" t="s">
+        <v>885</v>
+      </c>
+      <c r="C369" t="s" s="2">
         <v>886</v>
-      </c>
-[...4 lines deleted...]
-        <v>888</v>
       </c>
       <c r="D369">
         <v>1</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="s" s="2">
+        <v>887</v>
+      </c>
+      <c r="B370" t="s">
+        <v>888</v>
+      </c>
+      <c r="C370" t="s" s="2">
         <v>889</v>
-      </c>
-[...4 lines deleted...]
-        <v>891</v>
       </c>
       <c r="D370">
         <v>1</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="s" s="2">
+        <v>890</v>
+      </c>
+      <c r="B371" t="s">
+        <v>891</v>
+      </c>
+      <c r="C371" t="s" s="2">
         <v>892</v>
-      </c>
-[...4 lines deleted...]
-        <v>894</v>
       </c>
       <c r="D371">
         <v>1</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="s" s="2">
+        <v>893</v>
+      </c>
+      <c r="B372" t="s">
+        <v>894</v>
+      </c>
+      <c r="C372" t="s" s="2">
         <v>895</v>
-      </c>
-[...4 lines deleted...]
-        <v>897</v>
       </c>
       <c r="D372">
         <v>1</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="s" s="2">
+        <v>896</v>
+      </c>
+      <c r="B373" t="s">
+        <v>897</v>
+      </c>
+      <c r="C373" t="s" s="2">
         <v>898</v>
-      </c>
-[...4 lines deleted...]
-        <v>900</v>
       </c>
       <c r="D373">
         <v>1</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" t="s" s="2">
+        <v>899</v>
+      </c>
+      <c r="B374" t="s">
+        <v>900</v>
+      </c>
+      <c r="C374" t="s" s="2">
         <v>901</v>
-      </c>
-[...4 lines deleted...]
-        <v>903</v>
       </c>
       <c r="D374">
         <v>1</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="s" s="2">
+        <v>902</v>
+      </c>
+      <c r="B375" t="s">
+        <v>903</v>
+      </c>
+      <c r="C375" t="s" s="2">
         <v>904</v>
-      </c>
-[...4 lines deleted...]
-        <v>906</v>
       </c>
       <c r="D375">
         <v>1</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="s" s="2">
+        <v>905</v>
+      </c>
+      <c r="B376" t="s">
+        <v>906</v>
+      </c>
+      <c r="C376" t="s" s="2">
         <v>907</v>
-      </c>
-[...4 lines deleted...]
-        <v>909</v>
       </c>
       <c r="D376">
         <v>1</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="s" s="2">
+        <v>908</v>
+      </c>
+      <c r="B377" t="s">
+        <v>909</v>
+      </c>
+      <c r="C377" t="s" s="2">
         <v>910</v>
-      </c>
-[...4 lines deleted...]
-        <v>912</v>
       </c>
       <c r="D377">
         <v>1</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="s" s="2">
+        <v>911</v>
+      </c>
+      <c r="B378" t="s">
+        <v>912</v>
+      </c>
+      <c r="C378" t="s" s="2">
         <v>913</v>
-      </c>
-[...4 lines deleted...]
-        <v>915</v>
       </c>
       <c r="D378">
         <v>1</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" t="s" s="2">
+        <v>914</v>
+      </c>
+      <c r="B379" t="s">
+        <v>915</v>
+      </c>
+      <c r="C379" t="s" s="2">
         <v>916</v>
       </c>
-      <c r="B379" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D379">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" t="s" s="2">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="B380" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="C380" t="s" s="2">
         <v>919</v>
       </c>
       <c r="D380">
         <v>1</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" t="s" s="2">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="B381" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="C381" t="s" s="2">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="D381">
-        <v>5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" t="s" s="2">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="B382" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="C382" t="s" s="2">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="D382">
-        <v>200</v>
+        <v>5</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" t="s" s="2">
-        <v>922</v>
+        <v>920</v>
       </c>
       <c r="B383" t="s">
-        <v>923</v>
+        <v>921</v>
       </c>
       <c r="C383" t="s" s="2">
         <v>924</v>
       </c>
       <c r="D383">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" t="s" s="2">
-        <v>922</v>
+        <v>920</v>
       </c>
       <c r="B384" t="s">
-        <v>923</v>
+        <v>921</v>
       </c>
       <c r="C384" t="s" s="2">
         <v>925</v>
       </c>
       <c r="D384">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" t="s" s="2">
-        <v>922</v>
+        <v>926</v>
       </c>
       <c r="B385" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C385" t="s" s="2">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="D385">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" t="s" s="2">
+        <v>926</v>
+      </c>
+      <c r="B386" t="s">
         <v>927</v>
-      </c>
-[...1 lines deleted...]
-        <v>928</v>
       </c>
       <c r="C386" t="s" s="2">
         <v>929</v>
       </c>
       <c r="D386">
         <v>1</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" t="s" s="2">
+        <v>926</v>
+      </c>
+      <c r="B387" t="s">
         <v>927</v>
-      </c>
-[...1 lines deleted...]
-        <v>928</v>
       </c>
       <c r="C387" t="s" s="2">
         <v>930</v>
       </c>
       <c r="D387">
         <v>50</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" t="s" s="2">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="B388" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="C388" t="s" s="2">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="D388">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" t="s" s="2">
+        <v>931</v>
+      </c>
+      <c r="B389" t="s">
         <v>932</v>
-      </c>
-[...1 lines deleted...]
-        <v>933</v>
       </c>
       <c r="C389" t="s" s="2">
         <v>934</v>
       </c>
       <c r="D389">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" t="s" s="2">
+        <v>931</v>
+      </c>
+      <c r="B390" t="s">
         <v>932</v>
-      </c>
-[...1 lines deleted...]
-        <v>933</v>
       </c>
       <c r="C390" t="s" s="2">
         <v>935</v>
       </c>
       <c r="D390">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="s" s="2">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="B391" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="C391" t="s" s="2">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="D391">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" t="s" s="2">
+        <v>936</v>
+      </c>
+      <c r="B392" t="s">
         <v>937</v>
-      </c>
-[...1 lines deleted...]
-        <v>938</v>
       </c>
       <c r="C392" t="s" s="2">
         <v>939</v>
       </c>
       <c r="D392">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" t="s" s="2">
+        <v>936</v>
+      </c>
+      <c r="B393" t="s">
         <v>937</v>
-      </c>
-[...1 lines deleted...]
-        <v>938</v>
       </c>
       <c r="C393" t="s" s="2">
         <v>940</v>
       </c>
       <c r="D393">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" t="s" s="2">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="B394" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C394" t="s" s="2">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="D394">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" t="s" s="2">
+        <v>941</v>
+      </c>
+      <c r="B395" t="s">
         <v>942</v>
-      </c>
-[...1 lines deleted...]
-        <v>943</v>
       </c>
       <c r="C395" t="s" s="2">
         <v>944</v>
       </c>
       <c r="D395">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" t="s" s="2">
+        <v>941</v>
+      </c>
+      <c r="B396" t="s">
         <v>942</v>
-      </c>
-[...1 lines deleted...]
-        <v>943</v>
       </c>
       <c r="C396" t="s" s="2">
         <v>945</v>
       </c>
       <c r="D396">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" t="s" s="2">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="B397" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="C397" t="s" s="2">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="D397">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" t="s" s="2">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="B398" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="C398" t="s" s="2">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="D398">
-        <v>200</v>
+        <v>5</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" t="s" s="2">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="B399" t="s">
-        <v>949</v>
+        <v>947</v>
       </c>
       <c r="C399" t="s" s="2">
         <v>950</v>
       </c>
       <c r="D399">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" t="s" s="2">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="B400" t="s">
-        <v>949</v>
+        <v>947</v>
       </c>
       <c r="C400" t="s" s="2">
         <v>951</v>
       </c>
       <c r="D400">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" t="s" s="2">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="B401" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="C401" t="s" s="2">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="D401">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" t="s" s="2">
+        <v>952</v>
+      </c>
+      <c r="B402" t="s">
         <v>953</v>
-      </c>
-[...1 lines deleted...]
-        <v>954</v>
       </c>
       <c r="C402" t="s" s="2">
         <v>955</v>
       </c>
       <c r="D402">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" t="s" s="2">
+        <v>952</v>
+      </c>
+      <c r="B403" t="s">
         <v>953</v>
-      </c>
-[...1 lines deleted...]
-        <v>954</v>
       </c>
       <c r="C403" t="s" s="2">
         <v>956</v>
       </c>
       <c r="D403">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" t="s" s="2">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="B404" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="C404" t="s" s="2">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="D404">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" t="s" s="2">
+        <v>957</v>
+      </c>
+      <c r="B405" t="s">
         <v>958</v>
-      </c>
-[...1 lines deleted...]
-        <v>959</v>
       </c>
       <c r="C405" t="s" s="2">
         <v>960</v>
       </c>
       <c r="D405">
-        <v>1</v>
+        <v>200</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" t="s" s="2">
+        <v>957</v>
+      </c>
+      <c r="B406" t="s">
+        <v>958</v>
+      </c>
+      <c r="C406" t="s" s="2">
         <v>961</v>
       </c>
-      <c r="B406" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D406">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" t="s" s="2">
+        <v>962</v>
+      </c>
+      <c r="B407" t="s">
+        <v>963</v>
+      </c>
+      <c r="C407" t="s" s="2">
         <v>964</v>
-      </c>
-[...4 lines deleted...]
-        <v>966</v>
       </c>
       <c r="D407">
         <v>1</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" t="s" s="2">
+        <v>965</v>
+      </c>
+      <c r="B408" t="s">
+        <v>966</v>
+      </c>
+      <c r="C408" t="s" s="2">
         <v>967</v>
-      </c>
-[...4 lines deleted...]
-        <v>969</v>
       </c>
       <c r="D408">
         <v>1</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" t="s" s="2">
+        <v>968</v>
+      </c>
+      <c r="B409" t="s">
+        <v>969</v>
+      </c>
+      <c r="C409" t="s" s="2">
         <v>970</v>
-      </c>
-[...4 lines deleted...]
-        <v>972</v>
       </c>
       <c r="D409">
         <v>1</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" t="s" s="2">
+        <v>971</v>
+      </c>
+      <c r="B410" t="s">
+        <v>972</v>
+      </c>
+      <c r="C410" t="s" s="2">
         <v>973</v>
-      </c>
-[...4 lines deleted...]
-        <v>975</v>
       </c>
       <c r="D410">
         <v>1</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" t="s" s="2">
+        <v>974</v>
+      </c>
+      <c r="B411" t="s">
+        <v>975</v>
+      </c>
+      <c r="C411" t="s" s="2">
         <v>976</v>
-      </c>
-[...4 lines deleted...]
-        <v>978</v>
       </c>
       <c r="D411">
         <v>1</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" t="s" s="2">
+        <v>977</v>
+      </c>
+      <c r="B412" t="s">
+        <v>978</v>
+      </c>
+      <c r="C412" t="s" s="2">
         <v>979</v>
-      </c>
-[...4 lines deleted...]
-        <v>981</v>
       </c>
       <c r="D412">
         <v>1</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" t="s" s="2">
+        <v>980</v>
+      </c>
+      <c r="B413" t="s">
+        <v>981</v>
+      </c>
+      <c r="C413" t="s" s="2">
         <v>982</v>
-      </c>
-[...4 lines deleted...]
-        <v>984</v>
       </c>
       <c r="D413">
         <v>1</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" t="s" s="2">
+        <v>983</v>
+      </c>
+      <c r="B414" t="s">
+        <v>984</v>
+      </c>
+      <c r="C414" t="s" s="2">
         <v>985</v>
-      </c>
-[...4 lines deleted...]
-        <v>987</v>
       </c>
       <c r="D414">
         <v>1</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" t="s" s="2">
+        <v>986</v>
+      </c>
+      <c r="B415" t="s">
+        <v>987</v>
+      </c>
+      <c r="C415" t="s" s="2">
         <v>988</v>
-      </c>
-[...4 lines deleted...]
-        <v>990</v>
       </c>
       <c r="D415">
         <v>1</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" t="s" s="2">
+        <v>989</v>
+      </c>
+      <c r="B416" t="s">
+        <v>990</v>
+      </c>
+      <c r="C416" t="s" s="2">
         <v>991</v>
-      </c>
-[...4 lines deleted...]
-        <v>993</v>
       </c>
       <c r="D416">
         <v>1</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" t="s" s="2">
+        <v>992</v>
+      </c>
+      <c r="B417" t="s">
+        <v>993</v>
+      </c>
+      <c r="C417" t="s" s="2">
         <v>994</v>
-      </c>
-[...4 lines deleted...]
-        <v>996</v>
       </c>
       <c r="D417">
         <v>1</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" t="s" s="2">
+        <v>995</v>
+      </c>
+      <c r="B418" t="s">
+        <v>996</v>
+      </c>
+      <c r="C418" t="s" s="2">
         <v>997</v>
-      </c>
-[...4 lines deleted...]
-        <v>999</v>
       </c>
       <c r="D418">
         <v>1</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" t="s" s="2">
+        <v>998</v>
+      </c>
+      <c r="B419" t="s">
+        <v>999</v>
+      </c>
+      <c r="C419" t="s" s="2">
         <v>1000</v>
-      </c>
-[...4 lines deleted...]
-        <v>1002</v>
       </c>
       <c r="D419">
         <v>1</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" t="s" s="2">
+        <v>1001</v>
+      </c>
+      <c r="B420" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C420" t="s" s="2">
         <v>1003</v>
-      </c>
-[...4 lines deleted...]
-        <v>1005</v>
       </c>
       <c r="D420">
         <v>1</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" t="s" s="2">
+        <v>1004</v>
+      </c>
+      <c r="B421" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C421" t="s" s="2">
         <v>1006</v>
-      </c>
-[...4 lines deleted...]
-        <v>1008</v>
       </c>
       <c r="D421">
         <v>1</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" t="s" s="2">
+        <v>1007</v>
+      </c>
+      <c r="B422" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C422" t="s" s="2">
         <v>1009</v>
-      </c>
-[...4 lines deleted...]
-        <v>1011</v>
       </c>
       <c r="D422">
         <v>1</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" t="s" s="2">
+        <v>1010</v>
+      </c>
+      <c r="B423" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C423" t="s" s="2">
         <v>1012</v>
-      </c>
-[...4 lines deleted...]
-        <v>1014</v>
       </c>
       <c r="D423">
         <v>1</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" t="s" s="2">
+        <v>1013</v>
+      </c>
+      <c r="B424" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C424" t="s" s="2">
         <v>1015</v>
-      </c>
-[...4 lines deleted...]
-        <v>1017</v>
       </c>
       <c r="D424">
         <v>1</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" t="s" s="2">
+        <v>1016</v>
+      </c>
+      <c r="B425" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C425" t="s" s="2">
         <v>1018</v>
-      </c>
-[...4 lines deleted...]
-        <v>1020</v>
       </c>
       <c r="D425">
         <v>1</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" t="s" s="2">
+        <v>1019</v>
+      </c>
+      <c r="B426" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C426" t="s" s="2">
         <v>1021</v>
-      </c>
-[...4 lines deleted...]
-        <v>1023</v>
       </c>
       <c r="D426">
         <v>1</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" t="s" s="2">
+        <v>1022</v>
+      </c>
+      <c r="B427" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C427" t="s" s="2">
         <v>1024</v>
-      </c>
-[...4 lines deleted...]
-        <v>1026</v>
       </c>
       <c r="D427">
         <v>1</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" t="s" s="2">
+        <v>1025</v>
+      </c>
+      <c r="B428" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C428" t="s" s="2">
         <v>1027</v>
-      </c>
-[...4 lines deleted...]
-        <v>1029</v>
       </c>
       <c r="D428">
         <v>1</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" t="s" s="2">
+        <v>1028</v>
+      </c>
+      <c r="B429" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C429" t="s" s="2">
         <v>1030</v>
-      </c>
-[...4 lines deleted...]
-        <v>1032</v>
       </c>
       <c r="D429">
         <v>1</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" t="s" s="2">
+        <v>1031</v>
+      </c>
+      <c r="B430" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C430" t="s" s="2">
         <v>1033</v>
-      </c>
-[...4 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="D430">
         <v>1</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" t="s" s="2">
+        <v>1034</v>
+      </c>
+      <c r="B431" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C431" t="s" s="2">
         <v>1036</v>
-      </c>
-[...4 lines deleted...]
-        <v>1038</v>
       </c>
       <c r="D431">
         <v>1</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" t="s" s="2">
+        <v>1037</v>
+      </c>
+      <c r="B432" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C432" t="s" s="2">
         <v>1039</v>
-      </c>
-[...4 lines deleted...]
-        <v>1041</v>
       </c>
       <c r="D432">
         <v>1</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" t="s" s="2">
+        <v>1040</v>
+      </c>
+      <c r="B433" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C433" t="s" s="2">
         <v>1042</v>
-      </c>
-[...4 lines deleted...]
-        <v>1044</v>
       </c>
       <c r="D433">
         <v>1</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" t="s" s="2">
+        <v>1043</v>
+      </c>
+      <c r="B434" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C434" t="s" s="2">
         <v>1045</v>
-      </c>
-[...4 lines deleted...]
-        <v>1047</v>
       </c>
       <c r="D434">
         <v>1</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" t="s" s="2">
+        <v>1046</v>
+      </c>
+      <c r="B435" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C435" t="s" s="2">
         <v>1048</v>
-      </c>
-[...4 lines deleted...]
-        <v>1050</v>
       </c>
       <c r="D435">
         <v>1</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" t="s" s="2">
+        <v>1049</v>
+      </c>
+      <c r="B436" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C436" t="s" s="2">
         <v>1051</v>
-      </c>
-[...4 lines deleted...]
-        <v>1053</v>
       </c>
       <c r="D436">
         <v>1</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" t="s" s="2">
+        <v>1052</v>
+      </c>
+      <c r="B437" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C437" t="s" s="2">
         <v>1054</v>
-      </c>
-[...4 lines deleted...]
-        <v>1056</v>
       </c>
       <c r="D437">
         <v>1</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" t="s" s="2">
+        <v>1055</v>
+      </c>
+      <c r="B438" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C438" t="s" s="2">
         <v>1057</v>
-      </c>
-[...4 lines deleted...]
-        <v>1059</v>
       </c>
       <c r="D438">
         <v>1</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" t="s" s="2">
+        <v>1058</v>
+      </c>
+      <c r="B439" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C439" t="s" s="2">
         <v>1060</v>
-      </c>
-[...4 lines deleted...]
-        <v>1062</v>
       </c>
       <c r="D439">
         <v>1</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" t="s" s="2">
+        <v>1061</v>
+      </c>
+      <c r="B440" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C440" t="s" s="2">
         <v>1063</v>
-      </c>
-[...4 lines deleted...]
-        <v>1065</v>
       </c>
       <c r="D440">
         <v>1</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" t="s" s="2">
+        <v>1064</v>
+      </c>
+      <c r="B441" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C441" t="s" s="2">
         <v>1066</v>
-      </c>
-[...4 lines deleted...]
-        <v>1068</v>
       </c>
       <c r="D441">
         <v>1</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" t="s" s="2">
+        <v>1067</v>
+      </c>
+      <c r="B442" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C442" t="s" s="2">
         <v>1069</v>
-      </c>
-[...4 lines deleted...]
-        <v>1070</v>
       </c>
       <c r="D442">
         <v>1</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" t="s" s="2">
+        <v>1070</v>
+      </c>
+      <c r="B443" t="s">
         <v>1071</v>
       </c>
-      <c r="B443" t="s">
+      <c r="C443" t="s" s="2">
         <v>1072</v>
-      </c>
-[...1 lines deleted...]
-        <v>1073</v>
       </c>
       <c r="D443">
         <v>1</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" t="s" s="2">
+        <v>1073</v>
+      </c>
+      <c r="B444" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C444" t="s" s="2">
         <v>1074</v>
-      </c>
-[...4 lines deleted...]
-        <v>1076</v>
       </c>
       <c r="D444">
         <v>1</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" t="s" s="2">
+        <v>1075</v>
+      </c>
+      <c r="B445" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C445" t="s" s="2">
         <v>1077</v>
-      </c>
-[...4 lines deleted...]
-        <v>1079</v>
       </c>
       <c r="D445">
         <v>1</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" t="s" s="2">
+        <v>1078</v>
+      </c>
+      <c r="B446" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C446" t="s" s="2">
         <v>1080</v>
-      </c>
-[...4 lines deleted...]
-        <v>1082</v>
       </c>
       <c r="D446">
         <v>1</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" t="s" s="2">
+        <v>1081</v>
+      </c>
+      <c r="B447" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C447" t="s" s="2">
         <v>1083</v>
-      </c>
-[...4 lines deleted...]
-        <v>1085</v>
       </c>
       <c r="D447">
         <v>1</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" t="s" s="2">
+        <v>1084</v>
+      </c>
+      <c r="B448" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C448" t="s" s="2">
         <v>1086</v>
-      </c>
-[...4 lines deleted...]
-        <v>1088</v>
       </c>
       <c r="D448">
         <v>1</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" t="s" s="2">
+        <v>1087</v>
+      </c>
+      <c r="B449" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C449" t="s" s="2">
         <v>1089</v>
-      </c>
-[...4 lines deleted...]
-        <v>1091</v>
       </c>
       <c r="D449">
         <v>1</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" t="s" s="2">
+        <v>1090</v>
+      </c>
+      <c r="B450" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C450" t="s" s="2">
         <v>1092</v>
-      </c>
-[...4 lines deleted...]
-        <v>1094</v>
       </c>
       <c r="D450">
         <v>1</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" t="s" s="2">
+        <v>1093</v>
+      </c>
+      <c r="B451" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C451" t="s" s="2">
         <v>1095</v>
-      </c>
-[...4 lines deleted...]
-        <v>1097</v>
       </c>
       <c r="D451">
         <v>1</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" t="s" s="2">
+        <v>1096</v>
+      </c>
+      <c r="B452" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C452" t="s" s="2">
         <v>1098</v>
-      </c>
-[...4 lines deleted...]
-        <v>1100</v>
       </c>
       <c r="D452">
         <v>1</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" t="s" s="2">
+        <v>1099</v>
+      </c>
+      <c r="B453" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C453" t="s" s="2">
         <v>1101</v>
-      </c>
-[...4 lines deleted...]
-        <v>1103</v>
       </c>
       <c r="D453">
         <v>1</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" t="s" s="2">
+        <v>1102</v>
+      </c>
+      <c r="B454" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C454" t="s" s="2">
         <v>1104</v>
-      </c>
-[...4 lines deleted...]
-        <v>1106</v>
       </c>
       <c r="D454">
         <v>1</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" t="s" s="2">
+        <v>1105</v>
+      </c>
+      <c r="B455" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C455" t="s" s="2">
         <v>1107</v>
-      </c>
-[...4 lines deleted...]
-        <v>1109</v>
       </c>
       <c r="D455">
         <v>1</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" t="s" s="2">
+        <v>1108</v>
+      </c>
+      <c r="B456" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C456" t="s" s="2">
         <v>1110</v>
-      </c>
-[...4 lines deleted...]
-        <v>1111</v>
       </c>
       <c r="D456">
         <v>1</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" t="s" s="2">
+        <v>1111</v>
+      </c>
+      <c r="B457" t="s">
         <v>1112</v>
       </c>
-      <c r="B457" t="s">
+      <c r="C457" t="s" s="2">
         <v>1113</v>
-      </c>
-[...1 lines deleted...]
-        <v>1114</v>
       </c>
       <c r="D457">
         <v>1</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" t="s" s="2">
+        <v>1114</v>
+      </c>
+      <c r="B458" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C458" t="s" s="2">
         <v>1115</v>
-      </c>
-[...4 lines deleted...]
-        <v>1117</v>
       </c>
       <c r="D458">
         <v>1</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" t="s" s="2">
+        <v>1116</v>
+      </c>
+      <c r="B459" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C459" t="s" s="2">
         <v>1118</v>
-      </c>
-[...4 lines deleted...]
-        <v>1120</v>
       </c>
       <c r="D459">
         <v>1</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" t="s" s="2">
+        <v>1119</v>
+      </c>
+      <c r="B460" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C460" t="s" s="2">
         <v>1121</v>
-      </c>
-[...4 lines deleted...]
-        <v>1123</v>
       </c>
       <c r="D460">
         <v>1</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" t="s" s="2">
+        <v>1122</v>
+      </c>
+      <c r="B461" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C461" t="s" s="2">
         <v>1124</v>
-      </c>
-[...4 lines deleted...]
-        <v>1126</v>
       </c>
       <c r="D461">
         <v>1</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" t="s" s="2">
+        <v>1125</v>
+      </c>
+      <c r="B462" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C462" t="s" s="2">
         <v>1127</v>
-      </c>
-[...4 lines deleted...]
-        <v>1129</v>
       </c>
       <c r="D462">
         <v>1</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" t="s" s="2">
+        <v>1128</v>
+      </c>
+      <c r="B463" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C463" t="s" s="2">
         <v>1130</v>
-      </c>
-[...4 lines deleted...]
-        <v>1132</v>
       </c>
       <c r="D463">
         <v>1</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" t="s" s="2">
+        <v>1131</v>
+      </c>
+      <c r="B464" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C464" t="s" s="2">
         <v>1133</v>
-      </c>
-[...4 lines deleted...]
-        <v>1135</v>
       </c>
       <c r="D464">
         <v>1</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" t="s" s="2">
+        <v>1134</v>
+      </c>
+      <c r="B465" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C465" t="s" s="2">
         <v>1136</v>
-      </c>
-[...4 lines deleted...]
-        <v>1137</v>
       </c>
       <c r="D465">
         <v>1</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" t="s" s="2">
+        <v>1137</v>
+      </c>
+      <c r="B466" t="s">
         <v>1138</v>
       </c>
-      <c r="B466" t="s">
+      <c r="C466" t="s" s="2">
         <v>1139</v>
-      </c>
-[...1 lines deleted...]
-        <v>1140</v>
       </c>
       <c r="D466">
         <v>1</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" t="s" s="2">
+        <v>1140</v>
+      </c>
+      <c r="B467" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C467" t="s" s="2">
         <v>1141</v>
-      </c>
-[...4 lines deleted...]
-        <v>1143</v>
       </c>
       <c r="D467">
         <v>1</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" t="s" s="2">
+        <v>1142</v>
+      </c>
+      <c r="B468" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C468" t="s" s="2">
         <v>1144</v>
-      </c>
-[...4 lines deleted...]
-        <v>1146</v>
       </c>
       <c r="D468">
         <v>1</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" t="s" s="2">
+        <v>1145</v>
+      </c>
+      <c r="B469" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C469" t="s" s="2">
         <v>1147</v>
-      </c>
-[...4 lines deleted...]
-        <v>1149</v>
       </c>
       <c r="D469">
         <v>1</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" t="s" s="2">
+        <v>1148</v>
+      </c>
+      <c r="B470" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C470" t="s" s="2">
         <v>1150</v>
-      </c>
-[...4 lines deleted...]
-        <v>1152</v>
       </c>
       <c r="D470">
         <v>1</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" t="s" s="2">
+        <v>1151</v>
+      </c>
+      <c r="B471" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C471" t="s" s="2">
         <v>1153</v>
-      </c>
-[...4 lines deleted...]
-        <v>1155</v>
       </c>
       <c r="D471">
         <v>1</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" t="s" s="2">
+        <v>1154</v>
+      </c>
+      <c r="B472" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C472" t="s" s="2">
         <v>1156</v>
-      </c>
-[...4 lines deleted...]
-        <v>1158</v>
       </c>
       <c r="D472">
         <v>1</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" t="s" s="2">
+        <v>1157</v>
+      </c>
+      <c r="B473" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C473" t="s" s="2">
         <v>1159</v>
-      </c>
-[...4 lines deleted...]
-        <v>1161</v>
       </c>
       <c r="D473">
         <v>1</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" t="s" s="2">
+        <v>1160</v>
+      </c>
+      <c r="B474" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C474" t="s" s="2">
         <v>1162</v>
-      </c>
-[...4 lines deleted...]
-        <v>1164</v>
       </c>
       <c r="D474">
         <v>1</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" t="s" s="2">
+        <v>1163</v>
+      </c>
+      <c r="B475" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C475" t="s" s="2">
         <v>1165</v>
-      </c>
-[...4 lines deleted...]
-        <v>1167</v>
       </c>
       <c r="D475">
         <v>1</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" t="s" s="2">
+        <v>1166</v>
+      </c>
+      <c r="B476" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C476" t="s" s="2">
         <v>1168</v>
-      </c>
-[...4 lines deleted...]
-        <v>1170</v>
       </c>
       <c r="D476">
         <v>1</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" t="s" s="2">
+        <v>1169</v>
+      </c>
+      <c r="B477" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C477" t="s" s="2">
         <v>1171</v>
-      </c>
-[...4 lines deleted...]
-        <v>1173</v>
       </c>
       <c r="D477">
         <v>1</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" t="s" s="2">
+        <v>1172</v>
+      </c>
+      <c r="B478" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C478" t="s" s="2">
         <v>1174</v>
-      </c>
-[...4 lines deleted...]
-        <v>1176</v>
       </c>
       <c r="D478">
         <v>1</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" t="s" s="2">
+        <v>1175</v>
+      </c>
+      <c r="B479" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C479" t="s" s="2">
         <v>1177</v>
-      </c>
-[...4 lines deleted...]
-        <v>1179</v>
       </c>
       <c r="D479">
         <v>1</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" t="s" s="2">
+        <v>1178</v>
+      </c>
+      <c r="B480" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C480" t="s" s="2">
         <v>1180</v>
-      </c>
-[...4 lines deleted...]
-        <v>1182</v>
       </c>
       <c r="D480">
         <v>1</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" t="s" s="2">
+        <v>1181</v>
+      </c>
+      <c r="B481" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C481" t="s" s="2">
         <v>1183</v>
-      </c>
-[...4 lines deleted...]
-        <v>1185</v>
       </c>
       <c r="D481">
         <v>1</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" t="s" s="2">
+        <v>1184</v>
+      </c>
+      <c r="B482" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C482" t="s" s="2">
         <v>1186</v>
-      </c>
-[...4 lines deleted...]
-        <v>1188</v>
       </c>
       <c r="D482">
         <v>1</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" t="s" s="2">
+        <v>1187</v>
+      </c>
+      <c r="B483" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C483" t="s" s="2">
         <v>1189</v>
-      </c>
-[...4 lines deleted...]
-        <v>1191</v>
       </c>
       <c r="D483">
         <v>1</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" t="s" s="2">
+        <v>1190</v>
+      </c>
+      <c r="B484" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C484" t="s" s="2">
         <v>1192</v>
-      </c>
-[...4 lines deleted...]
-        <v>1194</v>
       </c>
       <c r="D484">
         <v>1</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" t="s" s="2">
+        <v>1193</v>
+      </c>
+      <c r="B485" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C485" t="s" s="2">
         <v>1195</v>
-      </c>
-[...4 lines deleted...]
-        <v>1197</v>
       </c>
       <c r="D485">
         <v>1</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" t="s" s="2">
+        <v>1196</v>
+      </c>
+      <c r="B486" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C486" t="s" s="2">
         <v>1198</v>
-      </c>
-[...4 lines deleted...]
-        <v>1200</v>
       </c>
       <c r="D486">
         <v>1</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" t="s" s="2">
+        <v>1199</v>
+      </c>
+      <c r="B487" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C487" t="s" s="2">
         <v>1201</v>
-      </c>
-[...4 lines deleted...]
-        <v>1203</v>
       </c>
       <c r="D487">
         <v>1</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" t="s" s="2">
+        <v>1202</v>
+      </c>
+      <c r="B488" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C488" t="s" s="2">
         <v>1204</v>
-      </c>
-[...4 lines deleted...]
-        <v>1206</v>
       </c>
       <c r="D488">
         <v>1</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" t="s" s="2">
+        <v>1205</v>
+      </c>
+      <c r="B489" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C489" t="s" s="2">
         <v>1207</v>
-      </c>
-[...4 lines deleted...]
-        <v>1209</v>
       </c>
       <c r="D489">
         <v>1</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" t="s" s="2">
+        <v>1208</v>
+      </c>
+      <c r="B490" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C490" t="s" s="2">
         <v>1210</v>
-      </c>
-[...4 lines deleted...]
-        <v>1212</v>
       </c>
       <c r="D490">
         <v>1</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" t="s" s="2">
+        <v>1211</v>
+      </c>
+      <c r="B491" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C491" t="s" s="2">
         <v>1213</v>
-      </c>
-[...4 lines deleted...]
-        <v>1215</v>
       </c>
       <c r="D491">
         <v>1</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" t="s" s="2">
+        <v>1214</v>
+      </c>
+      <c r="B492" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C492" t="s" s="2">
         <v>1216</v>
-      </c>
-[...4 lines deleted...]
-        <v>1218</v>
       </c>
       <c r="D492">
         <v>1</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" t="s" s="2">
+        <v>1217</v>
+      </c>
+      <c r="B493" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C493" t="s" s="2">
         <v>1219</v>
-      </c>
-[...4 lines deleted...]
-        <v>1221</v>
       </c>
       <c r="D493">
         <v>1</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" t="s" s="2">
+        <v>1220</v>
+      </c>
+      <c r="B494" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C494" t="s" s="2">
         <v>1222</v>
-      </c>
-[...4 lines deleted...]
-        <v>1224</v>
       </c>
       <c r="D494">
         <v>1</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" t="s" s="2">
+        <v>1223</v>
+      </c>
+      <c r="B495" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C495" t="s" s="2">
         <v>1225</v>
-      </c>
-[...4 lines deleted...]
-        <v>1227</v>
       </c>
       <c r="D495">
         <v>1</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" t="s" s="2">
+        <v>1226</v>
+      </c>
+      <c r="B496" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C496" t="s" s="2">
         <v>1228</v>
-      </c>
-[...4 lines deleted...]
-        <v>1230</v>
       </c>
       <c r="D496">
         <v>1</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" t="s" s="2">
+        <v>1229</v>
+      </c>
+      <c r="B497" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C497" t="s" s="2">
         <v>1231</v>
-      </c>
-[...4 lines deleted...]
-        <v>1233</v>
       </c>
       <c r="D497">
         <v>1</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" t="s" s="2">
+        <v>1232</v>
+      </c>
+      <c r="B498" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C498" t="s" s="2">
         <v>1234</v>
-      </c>
-[...4 lines deleted...]
-        <v>1236</v>
       </c>
       <c r="D498">
         <v>1</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" t="s" s="2">
+        <v>1235</v>
+      </c>
+      <c r="B499" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C499" t="s" s="2">
         <v>1237</v>
-      </c>
-[...4 lines deleted...]
-        <v>1239</v>
       </c>
       <c r="D499">
         <v>1</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" t="s" s="2">
+        <v>1238</v>
+      </c>
+      <c r="B500" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C500" t="s" s="2">
         <v>1240</v>
-      </c>
-[...4 lines deleted...]
-        <v>1242</v>
       </c>
       <c r="D500">
         <v>1</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" t="s" s="2">
+        <v>1241</v>
+      </c>
+      <c r="B501" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C501" t="s" s="2">
         <v>1243</v>
-      </c>
-[...4 lines deleted...]
-        <v>1245</v>
       </c>
       <c r="D501">
         <v>1</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" t="s" s="2">
+        <v>1244</v>
+      </c>
+      <c r="B502" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C502" t="s" s="2">
         <v>1246</v>
-      </c>
-[...4 lines deleted...]
-        <v>1248</v>
       </c>
       <c r="D502">
         <v>1</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" t="s" s="2">
+        <v>1247</v>
+      </c>
+      <c r="B503" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C503" t="s" s="2">
         <v>1249</v>
-      </c>
-[...4 lines deleted...]
-        <v>1251</v>
       </c>
       <c r="D503">
         <v>1</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" t="s" s="2">
+        <v>1250</v>
+      </c>
+      <c r="B504" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C504" t="s" s="2">
         <v>1252</v>
-      </c>
-[...4 lines deleted...]
-        <v>1254</v>
       </c>
       <c r="D504">
         <v>1</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" t="s" s="2">
+        <v>1253</v>
+      </c>
+      <c r="B505" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C505" t="s" s="2">
         <v>1255</v>
-      </c>
-[...4 lines deleted...]
-        <v>1257</v>
       </c>
       <c r="D505">
         <v>1</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" t="s" s="2">
+        <v>1256</v>
+      </c>
+      <c r="B506" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C506" t="s" s="2">
         <v>1258</v>
-      </c>
-[...4 lines deleted...]
-        <v>1260</v>
       </c>
       <c r="D506">
         <v>1</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" t="s" s="2">
+        <v>1259</v>
+      </c>
+      <c r="B507" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C507" t="s" s="2">
         <v>1261</v>
-      </c>
-[...4 lines deleted...]
-        <v>1263</v>
       </c>
       <c r="D507">
         <v>1</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" t="s" s="2">
+        <v>1262</v>
+      </c>
+      <c r="B508" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C508" t="s" s="2">
         <v>1264</v>
-      </c>
-[...4 lines deleted...]
-        <v>1266</v>
       </c>
       <c r="D508">
         <v>1</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" t="s" s="2">
+        <v>1265</v>
+      </c>
+      <c r="B509" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C509" t="s" s="2">
         <v>1267</v>
-      </c>
-[...4 lines deleted...]
-        <v>1269</v>
       </c>
       <c r="D509">
         <v>1</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" t="s" s="2">
+        <v>1268</v>
+      </c>
+      <c r="B510" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C510" t="s" s="2">
         <v>1270</v>
-      </c>
-[...4 lines deleted...]
-        <v>1272</v>
       </c>
       <c r="D510">
         <v>1</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" t="s" s="2">
+        <v>1271</v>
+      </c>
+      <c r="B511" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C511" t="s" s="2">
         <v>1273</v>
-      </c>
-[...4 lines deleted...]
-        <v>1275</v>
       </c>
       <c r="D511">
         <v>1</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" t="s" s="2">
+        <v>1274</v>
+      </c>
+      <c r="B512" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C512" t="s" s="2">
         <v>1276</v>
-      </c>
-[...4 lines deleted...]
-        <v>1278</v>
       </c>
       <c r="D512">
         <v>1</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" t="s" s="2">
+        <v>1277</v>
+      </c>
+      <c r="B513" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C513" t="s" s="2">
         <v>1279</v>
-      </c>
-[...4 lines deleted...]
-        <v>1281</v>
       </c>
       <c r="D513">
         <v>1</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" t="s" s="2">
+        <v>1280</v>
+      </c>
+      <c r="B514" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C514" t="s" s="2">
         <v>1282</v>
-      </c>
-[...4 lines deleted...]
-        <v>1284</v>
       </c>
       <c r="D514">
         <v>1</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" t="s" s="2">
+        <v>1283</v>
+      </c>
+      <c r="B515" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C515" t="s" s="2">
         <v>1285</v>
-      </c>
-[...4 lines deleted...]
-        <v>1287</v>
       </c>
       <c r="D515">
         <v>1</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" t="s" s="2">
+        <v>1286</v>
+      </c>
+      <c r="B516" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C516" t="s" s="2">
         <v>1288</v>
-      </c>
-[...4 lines deleted...]
-        <v>1290</v>
       </c>
       <c r="D516">
         <v>1</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" t="s" s="2">
+        <v>1289</v>
+      </c>
+      <c r="B517" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C517" t="s" s="2">
         <v>1291</v>
-      </c>
-[...4 lines deleted...]
-        <v>1293</v>
       </c>
       <c r="D517">
         <v>1</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" t="s" s="2">
+        <v>1292</v>
+      </c>
+      <c r="B518" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C518" t="s" s="2">
         <v>1294</v>
-      </c>
-[...4 lines deleted...]
-        <v>1296</v>
       </c>
       <c r="D518">
         <v>1</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" t="s" s="2">
+        <v>1295</v>
+      </c>
+      <c r="B519" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C519" t="s" s="2">
         <v>1297</v>
-      </c>
-[...4 lines deleted...]
-        <v>1299</v>
       </c>
       <c r="D519">
         <v>1</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" t="s" s="2">
+        <v>1298</v>
+      </c>
+      <c r="B520" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C520" t="s" s="2">
         <v>1300</v>
-      </c>
-[...4 lines deleted...]
-        <v>1302</v>
       </c>
       <c r="D520">
         <v>1</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" t="s" s="2">
+        <v>1301</v>
+      </c>
+      <c r="B521" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C521" t="s" s="2">
         <v>1303</v>
-      </c>
-[...4 lines deleted...]
-        <v>1305</v>
       </c>
       <c r="D521">
         <v>1</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" t="s" s="2">
+        <v>1304</v>
+      </c>
+      <c r="B522" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C522" t="s" s="2">
         <v>1306</v>
-      </c>
-[...4 lines deleted...]
-        <v>1308</v>
       </c>
       <c r="D522">
         <v>1</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" t="s" s="2">
+        <v>1307</v>
+      </c>
+      <c r="B523" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C523" t="s" s="2">
         <v>1309</v>
-      </c>
-[...4 lines deleted...]
-        <v>1311</v>
       </c>
       <c r="D523">
         <v>1</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" t="s" s="2">
+        <v>1310</v>
+      </c>
+      <c r="B524" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C524" t="s" s="2">
         <v>1312</v>
-      </c>
-[...4 lines deleted...]
-        <v>1314</v>
       </c>
       <c r="D524">
         <v>1</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" t="s" s="2">
+        <v>1313</v>
+      </c>
+      <c r="B525" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C525" t="s" s="2">
         <v>1315</v>
-      </c>
-[...4 lines deleted...]
-        <v>1317</v>
       </c>
       <c r="D525">
         <v>1</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" t="s" s="2">
+        <v>1316</v>
+      </c>
+      <c r="B526" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C526" t="s" s="2">
         <v>1318</v>
-      </c>
-[...4 lines deleted...]
-        <v>1320</v>
       </c>
       <c r="D526">
         <v>1</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" t="s" s="2">
+        <v>1319</v>
+      </c>
+      <c r="B527" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C527" t="s" s="2">
         <v>1321</v>
-      </c>
-[...4 lines deleted...]
-        <v>1323</v>
       </c>
       <c r="D527">
         <v>1</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" t="s" s="2">
+        <v>1322</v>
+      </c>
+      <c r="B528" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C528" t="s" s="2">
         <v>1324</v>
-      </c>
-[...4 lines deleted...]
-        <v>1326</v>
       </c>
       <c r="D528">
         <v>1</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" t="s" s="2">
+        <v>1325</v>
+      </c>
+      <c r="B529" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C529" t="s" s="2">
         <v>1327</v>
-      </c>
-[...4 lines deleted...]
-        <v>1329</v>
       </c>
       <c r="D529">
         <v>1</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" t="s" s="2">
+        <v>1328</v>
+      </c>
+      <c r="B530" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C530" t="s" s="2">
         <v>1330</v>
-      </c>
-[...4 lines deleted...]
-        <v>1332</v>
       </c>
       <c r="D530">
         <v>1</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" t="s" s="2">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="B531" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="C531" t="s" s="2">
         <v>1333</v>
       </c>
       <c r="D531">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" t="s" s="2">
         <v>1334</v>
       </c>
       <c r="B532" t="s">
         <v>1335</v>
       </c>
       <c r="C532" t="s" s="2">
         <v>1336</v>
       </c>
       <c r="D532">
         <v>1</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" t="s" s="2">
+        <v>1334</v>
+      </c>
+      <c r="B533" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C533" t="s" s="2">
         <v>1337</v>
       </c>
-      <c r="B533" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D533">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" t="s" s="2">
+        <v>1338</v>
+      </c>
+      <c r="B534" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C534" t="s" s="2">
         <v>1340</v>
-      </c>
-[...4 lines deleted...]
-        <v>1342</v>
       </c>
       <c r="D534">
         <v>1</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" t="s" s="2">
+        <v>1341</v>
+      </c>
+      <c r="B535" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C535" t="s" s="2">
         <v>1343</v>
-      </c>
-[...4 lines deleted...]
-        <v>1345</v>
       </c>
       <c r="D535">
         <v>1</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" t="s" s="2">
+        <v>1344</v>
+      </c>
+      <c r="B536" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C536" t="s" s="2">
         <v>1346</v>
-      </c>
-[...4 lines deleted...]
-        <v>1348</v>
       </c>
       <c r="D536">
         <v>1</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" t="s" s="2">
+        <v>1347</v>
+      </c>
+      <c r="B537" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C537" t="s" s="2">
         <v>1349</v>
-      </c>
-[...4 lines deleted...]
-        <v>1351</v>
       </c>
       <c r="D537">
         <v>1</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" t="s" s="2">
+        <v>1350</v>
+      </c>
+      <c r="B538" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C538" t="s" s="2">
         <v>1352</v>
-      </c>
-[...4 lines deleted...]
-        <v>1354</v>
       </c>
       <c r="D538">
         <v>1</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" t="s" s="2">
+        <v>1353</v>
+      </c>
+      <c r="B539" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C539" t="s" s="2">
         <v>1355</v>
-      </c>
-[...4 lines deleted...]
-        <v>1357</v>
       </c>
       <c r="D539">
         <v>1</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" t="s" s="2">
+        <v>1356</v>
+      </c>
+      <c r="B540" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C540" t="s" s="2">
         <v>1358</v>
-      </c>
-[...4 lines deleted...]
-        <v>1360</v>
       </c>
       <c r="D540">
         <v>1</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" t="s" s="2">
+        <v>1359</v>
+      </c>
+      <c r="B541" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C541" t="s" s="2">
         <v>1361</v>
-      </c>
-[...4 lines deleted...]
-        <v>1363</v>
       </c>
       <c r="D541">
         <v>1</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" t="s" s="2">
+        <v>1362</v>
+      </c>
+      <c r="B542" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C542" t="s" s="2">
         <v>1364</v>
-      </c>
-[...4 lines deleted...]
-        <v>1366</v>
       </c>
       <c r="D542">
         <v>1</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" t="s" s="2">
+        <v>1365</v>
+      </c>
+      <c r="B543" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C543" t="s" s="2">
         <v>1367</v>
-      </c>
-[...4 lines deleted...]
-        <v>1369</v>
       </c>
       <c r="D543">
         <v>1</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" t="s" s="2">
+        <v>1368</v>
+      </c>
+      <c r="B544" t="s">
+        <v>1369</v>
+      </c>
+      <c r="C544" t="s" s="2">
         <v>1370</v>
-      </c>
-[...4 lines deleted...]
-        <v>1372</v>
       </c>
       <c r="D544">
         <v>1</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" t="s" s="2">
+        <v>1371</v>
+      </c>
+      <c r="B545" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C545" t="s" s="2">
         <v>1373</v>
-      </c>
-[...4 lines deleted...]
-        <v>1375</v>
       </c>
       <c r="D545">
         <v>1</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" t="s" s="2">
+        <v>1374</v>
+      </c>
+      <c r="B546" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C546" t="s" s="2">
         <v>1376</v>
-      </c>
-[...4 lines deleted...]
-        <v>1378</v>
       </c>
       <c r="D546">
         <v>1</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" t="s" s="2">
+        <v>1377</v>
+      </c>
+      <c r="B547" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C547" t="s" s="2">
         <v>1379</v>
-      </c>
-[...4 lines deleted...]
-        <v>1381</v>
       </c>
       <c r="D547">
         <v>1</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" t="s" s="2">
+        <v>1380</v>
+      </c>
+      <c r="B548" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C548" t="s" s="2">
         <v>1382</v>
-      </c>
-[...4 lines deleted...]
-        <v>1384</v>
       </c>
       <c r="D548">
         <v>1</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" t="s" s="2">
+        <v>1383</v>
+      </c>
+      <c r="B549" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C549" t="s" s="2">
         <v>1385</v>
-      </c>
-[...4 lines deleted...]
-        <v>1387</v>
       </c>
       <c r="D549">
         <v>1</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" t="s" s="2">
+        <v>1386</v>
+      </c>
+      <c r="B550" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C550" t="s" s="2">
         <v>1388</v>
-      </c>
-[...4 lines deleted...]
-        <v>1390</v>
       </c>
       <c r="D550">
         <v>1</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" t="s" s="2">
+        <v>1389</v>
+      </c>
+      <c r="B551" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C551" t="s" s="2">
         <v>1391</v>
-      </c>
-[...4 lines deleted...]
-        <v>1393</v>
       </c>
       <c r="D551">
         <v>1</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" t="s" s="2">
+        <v>1392</v>
+      </c>
+      <c r="B552" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C552" t="s" s="2">
         <v>1394</v>
-      </c>
-[...4 lines deleted...]
-        <v>1396</v>
       </c>
       <c r="D552">
         <v>1</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" t="s" s="2">
+        <v>1395</v>
+      </c>
+      <c r="B553" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C553" t="s" s="2">
         <v>1397</v>
-      </c>
-[...4 lines deleted...]
-        <v>1399</v>
       </c>
       <c r="D553">
         <v>1</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" t="s" s="2">
+        <v>1398</v>
+      </c>
+      <c r="B554" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C554" t="s" s="2">
         <v>1400</v>
-      </c>
-[...4 lines deleted...]
-        <v>1402</v>
       </c>
       <c r="D554">
         <v>1</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" t="s" s="2">
+        <v>1401</v>
+      </c>
+      <c r="B555" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C555" t="s" s="2">
         <v>1403</v>
-      </c>
-[...4 lines deleted...]
-        <v>1405</v>
       </c>
       <c r="D555">
         <v>1</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" t="s" s="2">
+        <v>1404</v>
+      </c>
+      <c r="B556" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C556" t="s" s="2">
         <v>1406</v>
-      </c>
-[...4 lines deleted...]
-        <v>1408</v>
       </c>
       <c r="D556">
         <v>1</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" t="s" s="2">
+        <v>1407</v>
+      </c>
+      <c r="B557" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C557" t="s" s="2">
         <v>1409</v>
-      </c>
-[...4 lines deleted...]
-        <v>1411</v>
       </c>
       <c r="D557">
         <v>1</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" t="s" s="2">
+        <v>1410</v>
+      </c>
+      <c r="B558" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C558" t="s" s="2">
         <v>1412</v>
-      </c>
-[...4 lines deleted...]
-        <v>1414</v>
       </c>
       <c r="D558">
         <v>1</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" t="s" s="2">
+        <v>1413</v>
+      </c>
+      <c r="B559" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C559" t="s" s="2">
         <v>1415</v>
-      </c>
-[...4 lines deleted...]
-        <v>1417</v>
       </c>
       <c r="D559">
         <v>1</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" t="s" s="2">
+        <v>1416</v>
+      </c>
+      <c r="B560" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C560" t="s" s="2">
         <v>1418</v>
-      </c>
-[...4 lines deleted...]
-        <v>1420</v>
       </c>
       <c r="D560">
         <v>1</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" t="s" s="2">
+        <v>1419</v>
+      </c>
+      <c r="B561" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C561" t="s" s="2">
         <v>1421</v>
-      </c>
-[...4 lines deleted...]
-        <v>1423</v>
       </c>
       <c r="D561">
         <v>1</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" t="s" s="2">
+        <v>1422</v>
+      </c>
+      <c r="B562" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C562" t="s" s="2">
         <v>1424</v>
-      </c>
-[...4 lines deleted...]
-        <v>1426</v>
       </c>
       <c r="D562">
         <v>1</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" t="s" s="2">
+        <v>1425</v>
+      </c>
+      <c r="B563" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C563" t="s" s="2">
         <v>1427</v>
-      </c>
-[...4 lines deleted...]
-        <v>1429</v>
       </c>
       <c r="D563">
         <v>1</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" t="s" s="2">
+        <v>1428</v>
+      </c>
+      <c r="B564" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C564" t="s" s="2">
         <v>1430</v>
-      </c>
-[...4 lines deleted...]
-        <v>1432</v>
       </c>
       <c r="D564">
         <v>1</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" t="s" s="2">
+        <v>1431</v>
+      </c>
+      <c r="B565" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C565" t="s" s="2">
         <v>1433</v>
-      </c>
-[...4 lines deleted...]
-        <v>1435</v>
       </c>
       <c r="D565">
         <v>1</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" t="s" s="2">
+        <v>1434</v>
+      </c>
+      <c r="B566" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C566" t="s" s="2">
         <v>1436</v>
-      </c>
-[...4 lines deleted...]
-        <v>1438</v>
       </c>
       <c r="D566">
         <v>1</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" t="s" s="2">
+        <v>1437</v>
+      </c>
+      <c r="B567" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C567" t="s" s="2">
         <v>1439</v>
-      </c>
-[...4 lines deleted...]
-        <v>1441</v>
       </c>
       <c r="D567">
         <v>1</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" t="s" s="2">
+        <v>1440</v>
+      </c>
+      <c r="B568" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C568" t="s" s="2">
         <v>1442</v>
-      </c>
-[...4 lines deleted...]
-        <v>1444</v>
       </c>
       <c r="D568">
         <v>1</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" t="s" s="2">
+        <v>1443</v>
+      </c>
+      <c r="B569" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C569" t="s" s="2">
         <v>1445</v>
-      </c>
-[...4 lines deleted...]
-        <v>1447</v>
       </c>
       <c r="D569">
         <v>1</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" t="s" s="2">
+        <v>1446</v>
+      </c>
+      <c r="B570" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C570" t="s" s="2">
         <v>1448</v>
-      </c>
-[...4 lines deleted...]
-        <v>1450</v>
       </c>
       <c r="D570">
         <v>1</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" t="s" s="2">
+        <v>1449</v>
+      </c>
+      <c r="B571" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C571" t="s" s="2">
         <v>1451</v>
-      </c>
-[...4 lines deleted...]
-        <v>1453</v>
       </c>
       <c r="D571">
         <v>1</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" t="s" s="2">
+        <v>1452</v>
+      </c>
+      <c r="B572" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C572" t="s" s="2">
         <v>1454</v>
-      </c>
-[...4 lines deleted...]
-        <v>1456</v>
       </c>
       <c r="D572">
         <v>1</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" t="s" s="2">
+        <v>1455</v>
+      </c>
+      <c r="B573" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C573" t="s" s="2">
         <v>1457</v>
-      </c>
-[...4 lines deleted...]
-        <v>1459</v>
       </c>
       <c r="D573">
         <v>1</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" t="s" s="2">
+        <v>1458</v>
+      </c>
+      <c r="B574" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C574" t="s" s="2">
         <v>1460</v>
-      </c>
-[...4 lines deleted...]
-        <v>1462</v>
       </c>
       <c r="D574">
         <v>1</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" t="s" s="2">
+        <v>1461</v>
+      </c>
+      <c r="B575" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C575" t="s" s="2">
         <v>1463</v>
-      </c>
-[...4 lines deleted...]
-        <v>1465</v>
       </c>
       <c r="D575">
         <v>1</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" t="s" s="2">
+        <v>1464</v>
+      </c>
+      <c r="B576" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C576" t="s" s="2">
         <v>1466</v>
-      </c>
-[...4 lines deleted...]
-        <v>1468</v>
       </c>
       <c r="D576">
         <v>1</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" t="s" s="2">
+        <v>1467</v>
+      </c>
+      <c r="B577" t="s">
+        <v>1468</v>
+      </c>
+      <c r="C577" t="s" s="2">
         <v>1469</v>
-      </c>
-[...4 lines deleted...]
-        <v>1471</v>
       </c>
       <c r="D577">
         <v>1</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" t="s" s="2">
+        <v>1470</v>
+      </c>
+      <c r="B578" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C578" t="s" s="2">
         <v>1472</v>
-      </c>
-[...4 lines deleted...]
-        <v>1474</v>
       </c>
       <c r="D578">
         <v>1</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" t="s" s="2">
+        <v>1473</v>
+      </c>
+      <c r="B579" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C579" t="s" s="2">
         <v>1475</v>
-      </c>
-[...4 lines deleted...]
-        <v>1477</v>
       </c>
       <c r="D579">
         <v>1</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" t="s" s="2">
+        <v>1476</v>
+      </c>
+      <c r="B580" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C580" t="s" s="2">
         <v>1478</v>
-      </c>
-[...4 lines deleted...]
-        <v>1480</v>
       </c>
       <c r="D580">
         <v>1</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" t="s" s="2">
+        <v>1479</v>
+      </c>
+      <c r="B581" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C581" t="s" s="2">
         <v>1481</v>
-      </c>
-[...4 lines deleted...]
-        <v>1483</v>
       </c>
       <c r="D581">
         <v>1</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" t="s" s="2">
+        <v>1482</v>
+      </c>
+      <c r="B582" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C582" t="s" s="2">
         <v>1484</v>
-      </c>
-[...4 lines deleted...]
-        <v>1486</v>
       </c>
       <c r="D582">
         <v>1</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" t="s" s="2">
+        <v>1485</v>
+      </c>
+      <c r="B583" t="s">
+        <v>1486</v>
+      </c>
+      <c r="C583" t="s" s="2">
         <v>1487</v>
-      </c>
-[...4 lines deleted...]
-        <v>1489</v>
       </c>
       <c r="D583">
         <v>1</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" t="s" s="2">
+        <v>1488</v>
+      </c>
+      <c r="B584" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C584" t="s" s="2">
         <v>1490</v>
-      </c>
-[...4 lines deleted...]
-        <v>1492</v>
       </c>
       <c r="D584">
         <v>1</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" t="s" s="2">
+        <v>1491</v>
+      </c>
+      <c r="B585" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C585" t="s" s="2">
         <v>1493</v>
-      </c>
-[...4 lines deleted...]
-        <v>1495</v>
       </c>
       <c r="D585">
         <v>1</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" t="s" s="2">
+        <v>1494</v>
+      </c>
+      <c r="B586" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C586" t="s" s="2">
         <v>1496</v>
-      </c>
-[...4 lines deleted...]
-        <v>1498</v>
       </c>
       <c r="D586">
         <v>1</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" t="s" s="2">
+        <v>1497</v>
+      </c>
+      <c r="B587" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C587" t="s" s="2">
         <v>1499</v>
-      </c>
-[...4 lines deleted...]
-        <v>1501</v>
       </c>
       <c r="D587">
         <v>1</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" t="s" s="2">
+        <v>1500</v>
+      </c>
+      <c r="B588" t="s">
+        <v>1501</v>
+      </c>
+      <c r="C588" t="s" s="2">
         <v>1502</v>
-      </c>
-[...4 lines deleted...]
-        <v>1504</v>
       </c>
       <c r="D588">
         <v>1</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" t="s" s="2">
+        <v>1503</v>
+      </c>
+      <c r="B589" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C589" t="s" s="2">
         <v>1505</v>
-      </c>
-[...4 lines deleted...]
-        <v>1507</v>
       </c>
       <c r="D589">
         <v>1</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" t="s" s="2">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="B590" t="s">
-        <v>1506</v>
-[...2 lines deleted...]
-        <v>15060914590006</v>
+        <v>1507</v>
+      </c>
+      <c r="C590" t="s" s="2">
+        <v>1508</v>
       </c>
       <c r="D590">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" t="s" s="2">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="B591" t="s">
-        <v>1509</v>
-[...2 lines deleted...]
-        <v>15060914590013</v>
+        <v>1510</v>
+      </c>
+      <c r="C591" t="s" s="2">
+        <v>1511</v>
       </c>
       <c r="D591">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" t="s" s="2">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="B592" t="s">
-        <v>1509</v>
-[...1 lines deleted...]
-      <c r="C592" t="s" s="2">
         <v>1510</v>
       </c>
+      <c r="C592" s="3">
+        <v>15060914590006</v>
+      </c>
       <c r="D592">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" t="s" s="2">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="B593" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="C593" s="3">
-        <v>15060914590075</v>
+        <v>15060914590013</v>
       </c>
       <c r="D593">
         <v>25</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" t="s" s="2">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="B594" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="C594" t="s" s="2">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="D594">
         <v>1</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" t="s" s="2">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="B595" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="C595" s="3">
-        <v>15060914590020</v>
+        <v>15060914590075</v>
       </c>
       <c r="D595">
         <v>25</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" t="s" s="2">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="B596" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="C596" t="s" s="2">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="D596">
         <v>1</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" t="s" s="2">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="B597" t="s">
-        <v>1518</v>
-[...1 lines deleted...]
-      <c r="C597" t="s" s="2">
         <v>1519</v>
       </c>
+      <c r="C597" s="3">
+        <v>15060914590020</v>
+      </c>
       <c r="D597">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" t="s" s="2">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="B598" t="s">
-        <v>1518</v>
-[...2 lines deleted...]
-        <v>15060914590037</v>
+        <v>1519</v>
+      </c>
+      <c r="C598" t="s" s="2">
+        <v>1520</v>
       </c>
       <c r="D598">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" t="s" s="2">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="B599" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="C599" t="s" s="2">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="D599">
         <v>1</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" t="s" s="2">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="B600" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="C600" s="3">
-        <v>15060914590044</v>
+        <v>15060914590037</v>
       </c>
       <c r="D600">
         <v>25</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" t="s" s="2">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="B601" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="C601" t="s" s="2">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="D601">
         <v>1</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" t="s" s="2">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="B602" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="C602" s="3">
-        <v>15060914590051</v>
+        <v>15060914590044</v>
       </c>
       <c r="D602">
         <v>25</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" t="s" s="2">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="B603" t="s">
-        <v>1527</v>
-[...1 lines deleted...]
-      <c r="C603" t="s" s="2">
         <v>1528</v>
       </c>
+      <c r="C603" s="3">
+        <v>15060914590051</v>
+      </c>
       <c r="D603">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" t="s" s="2">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="B604" t="s">
-        <v>1527</v>
-[...2 lines deleted...]
-        <v>15060914590105</v>
+        <v>1528</v>
+      </c>
+      <c r="C604" t="s" s="2">
+        <v>1529</v>
       </c>
       <c r="D604">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" t="s" s="2">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="B605" t="s">
-        <v>1530</v>
-[...2 lines deleted...]
-        <v>15060914590082</v>
+        <v>1531</v>
+      </c>
+      <c r="C605" t="s" s="2">
+        <v>1532</v>
       </c>
       <c r="D605">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" t="s" s="2">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="B606" t="s">
-        <v>1530</v>
-[...1 lines deleted...]
-      <c r="C606" t="s" s="2">
         <v>1531</v>
       </c>
+      <c r="C606" s="3">
+        <v>15060914590105</v>
+      </c>
       <c r="D606">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" t="s" s="2">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="B607" t="s">
-        <v>1533</v>
-[...1 lines deleted...]
-      <c r="C607" t="s" s="2">
         <v>1534</v>
       </c>
+      <c r="C607" s="3">
+        <v>15060914590082</v>
+      </c>
       <c r="D607">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" t="s" s="2">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="B608" t="s">
-        <v>1533</v>
-[...2 lines deleted...]
-        <v>15060914590099</v>
+        <v>1534</v>
+      </c>
+      <c r="C608" t="s" s="2">
+        <v>1535</v>
       </c>
       <c r="D608">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" t="s" s="2">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="B609" t="s">
-        <v>1536</v>
-[...2 lines deleted...]
-        <v>15060914590068</v>
+        <v>1537</v>
+      </c>
+      <c r="C609" t="s" s="2">
+        <v>1538</v>
       </c>
       <c r="D609">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" t="s" s="2">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="B610" t="s">
-        <v>1536</v>
-[...1 lines deleted...]
-      <c r="C610" t="s" s="2">
         <v>1537</v>
       </c>
+      <c r="C610" s="3">
+        <v>15060914590099</v>
+      </c>
       <c r="D610">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" t="s" s="2">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="B611" t="s">
-        <v>1539</v>
-[...1 lines deleted...]
-      <c r="C611" t="s" s="2">
         <v>1540</v>
       </c>
+      <c r="C611" s="3">
+        <v>15060914590068</v>
+      </c>
       <c r="D611">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" t="s" s="2">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="B612" t="s">
-        <v>1539</v>
-[...2 lines deleted...]
-        <v>15060914590112</v>
+        <v>1540</v>
+      </c>
+      <c r="C612" t="s" s="2">
+        <v>1541</v>
       </c>
       <c r="D612">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" t="s" s="2">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="B613" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="C613" t="s" s="2">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="D613">
         <v>1</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" t="s" s="2">
-        <v>1544</v>
+        <v>1542</v>
       </c>
       <c r="B614" t="s">
-        <v>1545</v>
-[...2 lines deleted...]
-        <v>1546</v>
+        <v>1543</v>
+      </c>
+      <c r="C614" s="3">
+        <v>15060914590112</v>
       </c>
       <c r="D614">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" t="s" s="2">
+        <v>1545</v>
+      </c>
+      <c r="B615" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C615" t="s" s="2">
         <v>1547</v>
-      </c>
-[...4 lines deleted...]
-        <v>1549</v>
       </c>
       <c r="D615">
         <v>1</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" t="s" s="2">
+        <v>1548</v>
+      </c>
+      <c r="B616" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C616" t="s" s="2">
         <v>1550</v>
-      </c>
-[...4 lines deleted...]
-        <v>1552</v>
       </c>
       <c r="D616">
         <v>1</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" t="s" s="2">
+        <v>1551</v>
+      </c>
+      <c r="B617" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C617" t="s" s="2">
         <v>1553</v>
-      </c>
-[...4 lines deleted...]
-        <v>1555</v>
       </c>
       <c r="D617">
         <v>1</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" t="s" s="2">
+        <v>1554</v>
+      </c>
+      <c r="B618" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C618" t="s" s="2">
         <v>1556</v>
-      </c>
-[...4 lines deleted...]
-        <v>1558</v>
       </c>
       <c r="D618">
         <v>1</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" t="s" s="2">
+        <v>1557</v>
+      </c>
+      <c r="B619" t="s">
+        <v>1558</v>
+      </c>
+      <c r="C619" t="s" s="2">
         <v>1559</v>
-      </c>
-[...4 lines deleted...]
-        <v>1561</v>
       </c>
       <c r="D619">
         <v>1</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" t="s" s="2">
+        <v>1560</v>
+      </c>
+      <c r="B620" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C620" t="s" s="2">
         <v>1562</v>
-      </c>
-[...4 lines deleted...]
-        <v>1564</v>
       </c>
       <c r="D620">
         <v>1</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" t="s" s="2">
+        <v>1563</v>
+      </c>
+      <c r="B621" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C621" t="s" s="2">
         <v>1565</v>
-      </c>
-[...4 lines deleted...]
-        <v>1567</v>
       </c>
       <c r="D621">
         <v>1</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" t="s" s="2">
+        <v>1566</v>
+      </c>
+      <c r="B622" t="s">
+        <v>1567</v>
+      </c>
+      <c r="C622" t="s" s="2">
         <v>1568</v>
-      </c>
-[...4 lines deleted...]
-        <v>1570</v>
       </c>
       <c r="D622">
         <v>1</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" t="s" s="2">
+        <v>1569</v>
+      </c>
+      <c r="B623" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C623" t="s" s="2">
         <v>1571</v>
-      </c>
-[...4 lines deleted...]
-        <v>1573</v>
       </c>
       <c r="D623">
         <v>1</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" t="s" s="2">
+        <v>1572</v>
+      </c>
+      <c r="B624" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C624" t="s" s="2">
         <v>1574</v>
-      </c>
-[...4 lines deleted...]
-        <v>1576</v>
       </c>
       <c r="D624">
         <v>1</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" t="s" s="2">
+        <v>1575</v>
+      </c>
+      <c r="B625" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C625" t="s" s="2">
         <v>1577</v>
-      </c>
-[...4 lines deleted...]
-        <v>1579</v>
       </c>
       <c r="D625">
         <v>1</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" t="s" s="2">
+        <v>1578</v>
+      </c>
+      <c r="B626" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C626" t="s" s="2">
         <v>1580</v>
-      </c>
-[...4 lines deleted...]
-        <v>1582</v>
       </c>
       <c r="D626">
         <v>1</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" t="s" s="2">
+        <v>1581</v>
+      </c>
+      <c r="B627" t="s">
+        <v>1582</v>
+      </c>
+      <c r="C627" t="s" s="2">
         <v>1583</v>
-      </c>
-[...4 lines deleted...]
-        <v>1585</v>
       </c>
       <c r="D627">
         <v>1</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" t="s" s="2">
+        <v>1584</v>
+      </c>
+      <c r="B628" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C628" t="s" s="2">
         <v>1586</v>
-      </c>
-[...4 lines deleted...]
-        <v>1588</v>
       </c>
       <c r="D628">
         <v>1</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" t="s" s="2">
+        <v>1587</v>
+      </c>
+      <c r="B629" t="s">
+        <v>1588</v>
+      </c>
+      <c r="C629" t="s" s="2">
         <v>1589</v>
-      </c>
-[...4 lines deleted...]
-        <v>1591</v>
       </c>
       <c r="D629">
         <v>1</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" t="s" s="2">
+        <v>1590</v>
+      </c>
+      <c r="B630" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C630" t="s" s="2">
         <v>1592</v>
-      </c>
-[...4 lines deleted...]
-        <v>1594</v>
       </c>
       <c r="D630">
         <v>1</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" t="s" s="2">
+        <v>1593</v>
+      </c>
+      <c r="B631" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C631" t="s" s="2">
         <v>1595</v>
-      </c>
-[...4 lines deleted...]
-        <v>1597</v>
       </c>
       <c r="D631">
         <v>1</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" t="s" s="2">
+        <v>1596</v>
+      </c>
+      <c r="B632" t="s">
+        <v>1597</v>
+      </c>
+      <c r="C632" t="s" s="2">
         <v>1598</v>
-      </c>
-[...4 lines deleted...]
-        <v>1600</v>
       </c>
       <c r="D632">
         <v>1</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" t="s" s="2">
+        <v>1599</v>
+      </c>
+      <c r="B633" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C633" t="s" s="2">
         <v>1601</v>
-      </c>
-[...4 lines deleted...]
-        <v>1603</v>
       </c>
       <c r="D633">
         <v>1</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" t="s" s="2">
+        <v>1602</v>
+      </c>
+      <c r="B634" t="s">
+        <v>1603</v>
+      </c>
+      <c r="C634" t="s" s="2">
         <v>1604</v>
-      </c>
-[...4 lines deleted...]
-        <v>1606</v>
       </c>
       <c r="D634">
         <v>1</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" t="s" s="2">
+        <v>1605</v>
+      </c>
+      <c r="B635" t="s">
+        <v>1606</v>
+      </c>
+      <c r="C635" t="s" s="2">
         <v>1607</v>
-      </c>
-[...4 lines deleted...]
-        <v>1609</v>
       </c>
       <c r="D635">
         <v>1</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" t="s" s="2">
+        <v>1608</v>
+      </c>
+      <c r="B636" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C636" t="s" s="2">
         <v>1610</v>
-      </c>
-[...4 lines deleted...]
-        <v>1612</v>
       </c>
       <c r="D636">
         <v>1</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" t="s" s="2">
+        <v>1611</v>
+      </c>
+      <c r="B637" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C637" t="s" s="2">
         <v>1613</v>
-      </c>
-[...4 lines deleted...]
-        <v>1615</v>
       </c>
       <c r="D637">
         <v>1</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" t="s" s="2">
+        <v>1614</v>
+      </c>
+      <c r="B638" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C638" t="s" s="2">
         <v>1616</v>
-      </c>
-[...4 lines deleted...]
-        <v>1618</v>
       </c>
       <c r="D638">
         <v>1</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" t="s" s="2">
+        <v>1617</v>
+      </c>
+      <c r="B639" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C639" t="s" s="2">
         <v>1619</v>
-      </c>
-[...4 lines deleted...]
-        <v>1621</v>
       </c>
       <c r="D639">
         <v>1</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" t="s" s="2">
+        <v>1620</v>
+      </c>
+      <c r="B640" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C640" t="s" s="2">
         <v>1622</v>
-      </c>
-[...4 lines deleted...]
-        <v>1624</v>
       </c>
       <c r="D640">
         <v>1</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" t="s" s="2">
+        <v>1623</v>
+      </c>
+      <c r="B641" t="s">
+        <v>1624</v>
+      </c>
+      <c r="C641" t="s" s="2">
         <v>1625</v>
-      </c>
-[...4 lines deleted...]
-        <v>1627</v>
       </c>
       <c r="D641">
         <v>1</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" t="s" s="2">
+        <v>1626</v>
+      </c>
+      <c r="B642" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C642" t="s" s="2">
         <v>1628</v>
       </c>
-      <c r="B642" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D642">
-        <v>15</v>
+        <v>1</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" t="s" s="2">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="B643" t="s">
-        <v>1629</v>
-[...2 lines deleted...]
-        <v>35060120957987</v>
+        <v>1630</v>
+      </c>
+      <c r="C643" t="s" s="2">
+        <v>1631</v>
       </c>
       <c r="D643">
-        <v>240</v>
+        <v>1</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" t="s" s="2">
-        <v>1628</v>
+        <v>1632</v>
       </c>
       <c r="B644" t="s">
-        <v>1629</v>
+        <v>1633</v>
       </c>
       <c r="C644" s="3">
-        <v>15060120957983</v>
+        <v>25060120957980</v>
       </c>
       <c r="D644">
-        <v>1</v>
+        <v>15</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" t="s" s="2">
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="B645" t="s">
-        <v>1631</v>
-[...2 lines deleted...]
-        <v>1632</v>
+        <v>1633</v>
+      </c>
+      <c r="C645" s="3">
+        <v>35060120957987</v>
       </c>
       <c r="D645">
-        <v>1</v>
+        <v>240</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" t="s" s="2">
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="B646" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="C646" s="3">
-        <v>16939029817584</v>
+        <v>15060120957983</v>
       </c>
       <c r="D646">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" t="s" s="2">
-        <v>1630</v>
+        <v>1634</v>
       </c>
       <c r="B647" t="s">
-        <v>1631</v>
-[...2 lines deleted...]
-        <v>26939029817581</v>
+        <v>1635</v>
+      </c>
+      <c r="C647" t="s" s="2">
+        <v>1636</v>
       </c>
       <c r="D647">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" t="s" s="2">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="B648" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="C648" s="3">
-        <v>26939029817598</v>
+        <v>16939029817584</v>
       </c>
       <c r="D648">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" t="s" s="2">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="B649" t="s">
-        <v>1634</v>
-[...1 lines deleted...]
-      <c r="C649" t="s" s="2">
         <v>1635</v>
       </c>
+      <c r="C649" s="3">
+        <v>26939029817581</v>
+      </c>
       <c r="D649">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" t="s" s="2">
-        <v>1633</v>
+        <v>1637</v>
       </c>
       <c r="B650" t="s">
-        <v>1634</v>
+        <v>1638</v>
       </c>
       <c r="C650" s="3">
-        <v>16939029817591</v>
+        <v>26939029817598</v>
       </c>
       <c r="D650">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" t="s" s="2">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="B651" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="C651" t="s" s="2">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="D651">
         <v>1</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" t="s" s="2">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="B652" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="C652" s="3">
-        <v>16939029817607</v>
+        <v>16939029817591</v>
       </c>
       <c r="D652">
         <v>5</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" t="s" s="2">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="B653" t="s">
-        <v>1637</v>
-[...2 lines deleted...]
-        <v>26939029817604</v>
+        <v>1641</v>
+      </c>
+      <c r="C653" t="s" s="2">
+        <v>1642</v>
       </c>
       <c r="D653">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" t="s" s="2">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="B654" t="s">
-        <v>1640</v>
-[...1 lines deleted...]
-      <c r="C654" t="s" s="2">
         <v>1641</v>
       </c>
+      <c r="C654" s="3">
+        <v>16939029817607</v>
+      </c>
       <c r="D654">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" t="s" s="2">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="B655" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="C655" s="3">
-        <v>26939029817611</v>
+        <v>26939029817604</v>
       </c>
       <c r="D655">
         <v>20</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" t="s" s="2">
-        <v>1639</v>
+        <v>1643</v>
       </c>
       <c r="B656" t="s">
-        <v>1640</v>
-[...2 lines deleted...]
-        <v>16939029817614</v>
+        <v>1644</v>
+      </c>
+      <c r="C656" t="s" s="2">
+        <v>1645</v>
       </c>
       <c r="D656">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" t="s" s="2">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="B657" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="C657" s="3">
-        <v>16939029817577</v>
+        <v>26939029817611</v>
       </c>
       <c r="D657">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" t="s" s="2">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="B658" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="C658" s="3">
-        <v>26939029817574</v>
+        <v>16939029817614</v>
       </c>
       <c r="D658">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" t="s" s="2">
-        <v>1642</v>
+        <v>1646</v>
       </c>
       <c r="B659" t="s">
-        <v>1643</v>
-[...2 lines deleted...]
-        <v>1644</v>
+        <v>1647</v>
+      </c>
+      <c r="C659" s="3">
+        <v>16939029817577</v>
       </c>
       <c r="D659">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" t="s" s="2">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="B660" t="s">
-        <v>1646</v>
-[...1 lines deleted...]
-      <c r="C660" t="s" s="2">
         <v>1647</v>
       </c>
+      <c r="C660" s="3">
+        <v>26939029817574</v>
+      </c>
       <c r="D660">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" t="s" s="2">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="B661" t="s">
-        <v>1646</v>
-[...2 lines deleted...]
-        <v>26939029817628</v>
+        <v>1647</v>
+      </c>
+      <c r="C661" t="s" s="2">
+        <v>1648</v>
       </c>
       <c r="D661">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" t="s" s="2">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="B662" t="s">
-        <v>1646</v>
-[...2 lines deleted...]
-        <v>16939029817621</v>
+        <v>1650</v>
+      </c>
+      <c r="C662" t="s" s="2">
+        <v>1651</v>
       </c>
       <c r="D662">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" t="s" s="2">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="B663" t="s">
-        <v>1649</v>
-[...1 lines deleted...]
-      <c r="C663" t="s" s="2">
         <v>1650</v>
       </c>
+      <c r="C663" s="3">
+        <v>26939029817628</v>
+      </c>
       <c r="D663">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" t="s" s="2">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="B664" t="s">
-        <v>1649</v>
-[...2 lines deleted...]
-        <v>1651</v>
+        <v>1650</v>
+      </c>
+      <c r="C664" s="3">
+        <v>16939029817621</v>
       </c>
       <c r="D664">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" t="s" s="2">
-        <v>1648</v>
+        <v>1652</v>
       </c>
       <c r="B665" t="s">
-        <v>1649</v>
+        <v>1653</v>
       </c>
       <c r="C665" t="s" s="2">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="D665">
-        <v>1</v>
+        <v>40</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" t="s" s="2">
+        <v>1652</v>
+      </c>
+      <c r="B666" t="s">
         <v>1653</v>
-      </c>
-[...1 lines deleted...]
-        <v>1654</v>
       </c>
       <c r="C666" t="s" s="2">
         <v>1655</v>
       </c>
       <c r="D666">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" t="s" s="2">
+        <v>1652</v>
+      </c>
+      <c r="B667" t="s">
+        <v>1653</v>
+      </c>
+      <c r="C667" t="s" s="2">
         <v>1656</v>
-      </c>
-[...4 lines deleted...]
-        <v>1658</v>
       </c>
       <c r="D667">
         <v>1</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" t="s" s="2">
+        <v>1657</v>
+      </c>
+      <c r="B668" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C668" t="s" s="2">
         <v>1659</v>
-      </c>
-[...4 lines deleted...]
-        <v>1661</v>
       </c>
       <c r="D668">
         <v>1</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" t="s" s="2">
+        <v>1660</v>
+      </c>
+      <c r="B669" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C669" t="s" s="2">
         <v>1662</v>
-      </c>
-[...4 lines deleted...]
-        <v>30845854061255</v>
       </c>
       <c r="D669">
         <v>1</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" t="s" s="2">
+        <v>1663</v>
+      </c>
+      <c r="B670" t="s">
         <v>1664</v>
       </c>
-      <c r="B670" t="s">
+      <c r="C670" t="s" s="2">
         <v>1665</v>
-      </c>
-[...1 lines deleted...]
-        <v>1666</v>
       </c>
       <c r="D670">
         <v>1</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" t="s" s="2">
-        <v>1664</v>
+        <v>1666</v>
       </c>
       <c r="B671" t="s">
-        <v>1665</v>
+        <v>1667</v>
       </c>
       <c r="C671" t="s" s="2">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="D671">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" t="s" s="2">
-        <v>1668</v>
+        <v>1666</v>
       </c>
       <c r="B672" t="s">
-        <v>1669</v>
-[...2 lines deleted...]
-        <v>1670</v>
+        <v>1667</v>
+      </c>
+      <c r="C672" s="3">
+        <v>18809083949003</v>
       </c>
       <c r="D672">
-        <v>1</v>
+        <v>40</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" t="s" s="2">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="B673" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="C673" t="s" s="2">
         <v>1671</v>
       </c>
       <c r="D673">
-        <v>55</v>
+        <v>10</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" t="s" s="2">
+        <v>1669</v>
+      </c>
+      <c r="B674" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C674" t="s" s="2">
         <v>1672</v>
-      </c>
-[...4 lines deleted...]
-        <v>1674</v>
       </c>
       <c r="D674">
         <v>1</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" t="s" s="2">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="B675" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="C675" t="s" s="2">
         <v>1675</v>
       </c>
       <c r="D675">
-        <v>20</v>
+        <v>55</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" t="s" s="2">
+        <v>1673</v>
+      </c>
+      <c r="B676" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C676" t="s" s="2">
         <v>1676</v>
-      </c>
-[...4 lines deleted...]
-        <v>1678</v>
       </c>
       <c r="D676">
         <v>1</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" t="s" s="2">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="B677" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="C677" t="s" s="2">
         <v>1679</v>
       </c>
       <c r="D677">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" t="s" s="2">
+        <v>1677</v>
+      </c>
+      <c r="B678" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C678" t="s" s="2">
         <v>1680</v>
       </c>
-      <c r="B678" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D678">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" t="s" s="2">
+        <v>1681</v>
+      </c>
+      <c r="B679" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C679" t="s" s="2">
         <v>1683</v>
-      </c>
-[...4 lines deleted...]
-        <v>1685</v>
       </c>
       <c r="D679">
         <v>1</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" t="s" s="2">
-        <v>1686</v>
+        <v>1681</v>
       </c>
       <c r="B680" t="s">
-        <v>1687</v>
-[...2 lines deleted...]
-        <v>20845854061616</v>
+        <v>1682</v>
+      </c>
+      <c r="C680" t="s" s="2">
+        <v>1684</v>
       </c>
       <c r="D680">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" t="s" s="2">
+        <v>1685</v>
+      </c>
+      <c r="B681" t="s">
         <v>1686</v>
       </c>
-      <c r="B681" t="s">
+      <c r="C681" t="s" s="2">
         <v>1687</v>
       </c>
-      <c r="C681" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="D681">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" t="s" s="2">
         <v>1688</v>
       </c>
       <c r="B682" t="s">
         <v>1689</v>
       </c>
       <c r="C682" t="s" s="2">
         <v>1690</v>
       </c>
       <c r="D682">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" t="s" s="2">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="B683" t="s">
-        <v>1689</v>
-[...2 lines deleted...]
-        <v>1691</v>
+        <v>1692</v>
+      </c>
+      <c r="C683" s="3">
+        <v>20845854061616</v>
       </c>
       <c r="D683">
         <v>1</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" t="s" s="2">
+        <v>1691</v>
+      </c>
+      <c r="B684" t="s">
         <v>1692</v>
       </c>
-      <c r="B684" t="s">
-[...3 lines deleted...]
-        <v>1694</v>
+      <c r="C684" s="3">
+        <v>30845854061613</v>
       </c>
       <c r="D684">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" t="s" s="2">
-        <v>1692</v>
+        <v>1693</v>
       </c>
       <c r="B685" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="C685" t="s" s="2">
         <v>1695</v>
       </c>
       <c r="D685">
         <v>10</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" t="s" s="2">
+        <v>1693</v>
+      </c>
+      <c r="B686" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C686" t="s" s="2">
         <v>1696</v>
-      </c>
-[...4 lines deleted...]
-        <v>1698</v>
       </c>
       <c r="D686">
         <v>1</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" t="s" s="2">
+        <v>1697</v>
+      </c>
+      <c r="B687" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C687" t="s" s="2">
         <v>1699</v>
-      </c>
-[...4 lines deleted...]
-        <v>1701</v>
       </c>
       <c r="D687">
         <v>1</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" t="s" s="2">
-        <v>1702</v>
+        <v>1697</v>
       </c>
       <c r="B688" t="s">
-        <v>1703</v>
+        <v>1698</v>
       </c>
       <c r="C688" t="s" s="2">
-        <v>1704</v>
+        <v>1700</v>
       </c>
       <c r="D688">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" t="s" s="2">
+        <v>1701</v>
+      </c>
+      <c r="B689" t="s">
         <v>1702</v>
       </c>
-      <c r="B689" t="s">
+      <c r="C689" t="s" s="2">
         <v>1703</v>
       </c>
-      <c r="C689" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D689">
-        <v>200</v>
+        <v>1</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" t="s" s="2">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="B690" t="s">
-        <v>1703</v>
+        <v>1705</v>
       </c>
       <c r="C690" t="s" s="2">
         <v>1706</v>
       </c>
       <c r="D690">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" t="s" s="2">
         <v>1707</v>
       </c>
       <c r="B691" t="s">
         <v>1708</v>
       </c>
       <c r="C691" t="s" s="2">
         <v>1709</v>
       </c>
       <c r="D691">
         <v>1</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" t="s" s="2">
         <v>1707</v>
       </c>
       <c r="B692" t="s">
         <v>1708</v>
       </c>
       <c r="C692" t="s" s="2">
         <v>1710</v>
       </c>
       <c r="D692">
-        <v>10</v>
+        <v>200</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" t="s" s="2">
         <v>1707</v>
       </c>
       <c r="B693" t="s">
         <v>1708</v>
       </c>
       <c r="C693" t="s" s="2">
         <v>1711</v>
       </c>
       <c r="D693">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" t="s" s="2">
         <v>1712</v>
       </c>
       <c r="B694" t="s">
         <v>1713</v>
       </c>
       <c r="C694" t="s" s="2">
         <v>1714</v>
       </c>
       <c r="D694">
         <v>1</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" t="s" s="2">
+        <v>1712</v>
+      </c>
+      <c r="B695" t="s">
+        <v>1713</v>
+      </c>
+      <c r="C695" t="s" s="2">
         <v>1715</v>
       </c>
-      <c r="B695" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D695">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" t="s" s="2">
-        <v>1718</v>
+        <v>1712</v>
       </c>
       <c r="B696" t="s">
-        <v>1719</v>
+        <v>1713</v>
       </c>
       <c r="C696" t="s" s="2">
-        <v>1720</v>
+        <v>1716</v>
       </c>
       <c r="D696">
-        <v>7</v>
+        <v>200</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" t="s" s="2">
+        <v>1717</v>
+      </c>
+      <c r="B697" t="s">
         <v>1718</v>
       </c>
-      <c r="B697" t="s">
+      <c r="C697" t="s" s="2">
         <v>1719</v>
       </c>
-      <c r="C697" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D697">
-        <v>35</v>
+        <v>1</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" t="s" s="2">
-        <v>1718</v>
+        <v>1720</v>
       </c>
       <c r="B698" t="s">
-        <v>1719</v>
+        <v>1721</v>
       </c>
       <c r="C698" t="s" s="2">
         <v>1722</v>
       </c>
       <c r="D698">
         <v>1</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" t="s" s="2">
         <v>1723</v>
       </c>
       <c r="B699" t="s">
         <v>1724</v>
       </c>
       <c r="C699" t="s" s="2">
         <v>1725</v>
       </c>
       <c r="D699">
-        <v>35</v>
+        <v>7</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" t="s" s="2">
         <v>1723</v>
       </c>
       <c r="B700" t="s">
         <v>1724</v>
       </c>
       <c r="C700" t="s" s="2">
         <v>1726</v>
       </c>
       <c r="D700">
-        <v>7</v>
+        <v>35</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" t="s" s="2">
         <v>1723</v>
       </c>
       <c r="B701" t="s">
         <v>1724</v>
       </c>
       <c r="C701" t="s" s="2">
         <v>1727</v>
       </c>
       <c r="D701">
         <v>1</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" t="s" s="2">
         <v>1728</v>
       </c>
       <c r="B702" t="s">
-        <v>1724</v>
+        <v>1729</v>
       </c>
       <c r="C702" t="s" s="2">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="D702">
-        <v>1</v>
+        <v>35</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" t="s" s="2">
         <v>1728</v>
       </c>
       <c r="B703" t="s">
-        <v>1724</v>
+        <v>1729</v>
       </c>
       <c r="C703" t="s" s="2">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="D703">
         <v>7</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" t="s" s="2">
         <v>1728</v>
       </c>
       <c r="B704" t="s">
-        <v>1724</v>
+        <v>1729</v>
       </c>
       <c r="C704" t="s" s="2">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="D704">
-        <v>35</v>
+        <v>1</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" t="s" s="2">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="B705" t="s">
-        <v>1733</v>
+        <v>1729</v>
       </c>
       <c r="C705" t="s" s="2">
         <v>1734</v>
       </c>
       <c r="D705">
         <v>1</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" t="s" s="2">
+        <v>1733</v>
+      </c>
+      <c r="B706" t="s">
+        <v>1729</v>
+      </c>
+      <c r="C706" t="s" s="2">
         <v>1735</v>
       </c>
-      <c r="B706" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D706">
-        <v>1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" t="s" s="2">
-        <v>1735</v>
+        <v>1733</v>
       </c>
       <c r="B707" t="s">
-        <v>1724</v>
+        <v>1729</v>
       </c>
       <c r="C707" t="s" s="2">
-        <v>1737</v>
+        <v>1736</v>
       </c>
       <c r="D707">
         <v>35</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" t="s" s="2">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="B708" t="s">
-        <v>1724</v>
+        <v>1738</v>
       </c>
       <c r="C708" t="s" s="2">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="D708">
-        <v>7</v>
+        <v>1</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" t="s" s="2">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="B709" t="s">
-        <v>1724</v>
+        <v>1729</v>
       </c>
       <c r="C709" t="s" s="2">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="D709">
         <v>1</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" t="s" s="2">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="B710" t="s">
-        <v>1724</v>
+        <v>1729</v>
       </c>
       <c r="C710" t="s" s="2">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="D710">
         <v>35</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" t="s" s="2">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="B711" t="s">
-        <v>1724</v>
+        <v>1729</v>
       </c>
       <c r="C711" t="s" s="2">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="D711">
         <v>7</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" t="s" s="2">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="B712" t="s">
-        <v>1744</v>
+        <v>1729</v>
       </c>
       <c r="C712" t="s" s="2">
         <v>1745</v>
       </c>
       <c r="D712">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" t="s" s="2">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="B713" t="s">
-        <v>1744</v>
+        <v>1729</v>
       </c>
       <c r="C713" t="s" s="2">
         <v>1746</v>
       </c>
       <c r="D713">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" t="s" s="2">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="B714" t="s">
-        <v>1744</v>
+        <v>1729</v>
       </c>
       <c r="C714" t="s" s="2">
         <v>1747</v>
       </c>
       <c r="D714">
-        <v>1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" t="s" s="2">
         <v>1748</v>
       </c>
       <c r="B715" t="s">
-        <v>1724</v>
+        <v>1749</v>
       </c>
       <c r="C715" t="s" s="2">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="D715">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" t="s" s="2">
         <v>1748</v>
       </c>
       <c r="B716" t="s">
-        <v>1724</v>
+        <v>1749</v>
       </c>
       <c r="C716" t="s" s="2">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="D716">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" t="s" s="2">
         <v>1748</v>
       </c>
       <c r="B717" t="s">
-        <v>1724</v>
+        <v>1749</v>
       </c>
       <c r="C717" t="s" s="2">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="D717">
         <v>1</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" t="s" s="2">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="B718" t="s">
-        <v>1724</v>
+        <v>1729</v>
       </c>
       <c r="C718" t="s" s="2">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="D718">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" t="s" s="2">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="B719" t="s">
-        <v>1724</v>
+        <v>1729</v>
       </c>
       <c r="C719" t="s" s="2">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="D719">
         <v>10</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" t="s" s="2">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="B720" t="s">
-        <v>1724</v>
+        <v>1729</v>
       </c>
       <c r="C720" t="s" s="2">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="D720">
         <v>1</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" t="s" s="2">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="B721" t="s">
-        <v>1757</v>
+        <v>1729</v>
       </c>
       <c r="C721" t="s" s="2">
         <v>1758</v>
       </c>
       <c r="D721">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" t="s" s="2">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="B722" t="s">
-        <v>1757</v>
+        <v>1729</v>
       </c>
       <c r="C722" t="s" s="2">
         <v>1759</v>
       </c>
       <c r="D722">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" t="s" s="2">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="B723" t="s">
-        <v>1757</v>
+        <v>1729</v>
       </c>
       <c r="C723" t="s" s="2">
         <v>1760</v>
       </c>
       <c r="D723">
         <v>1</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" t="s" s="2">
         <v>1761</v>
       </c>
       <c r="B724" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C724" t="s" s="2">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="D724">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" t="s" s="2">
         <v>1761</v>
       </c>
       <c r="B725" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C725" t="s" s="2">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="D725">
         <v>50</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" t="s" s="2">
         <v>1761</v>
       </c>
       <c r="B726" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C726" t="s" s="2">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="D726">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" t="s" s="2">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="B727" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C727" t="s" s="2">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="D727">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" t="s" s="2">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="B728" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C728" t="s" s="2">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="D728">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" t="s" s="2">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="B729" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C729" t="s" s="2">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="D729">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" t="s" s="2">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="B730" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C730" t="s" s="2">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="D730">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" t="s" s="2">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="B731" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C731" t="s" s="2">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="D731">
         <v>1</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" t="s" s="2">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="B732" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C732" t="s" s="2">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="D732">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" t="s" s="2">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="B733" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C733" t="s" s="2">
-        <v>1774</v>
+        <v>1775</v>
       </c>
       <c r="D733">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" t="s" s="2">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="B734" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C734" t="s" s="2">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="D734">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" t="s" s="2">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="B735" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C735" t="s" s="2">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="D735">
         <v>10</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" t="s" s="2">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="B736" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C736" t="s" s="2">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="D736">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" t="s" s="2">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="B737" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C737" t="s" s="2">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="D737">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" t="s" s="2">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="B738" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C738" t="s" s="2">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="D738">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" t="s" s="2">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="B739" t="s">
-        <v>1724</v>
+        <v>1762</v>
       </c>
       <c r="C739" t="s" s="2">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="D739">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" t="s" s="2">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="B740" t="s">
-        <v>1724</v>
+        <v>1762</v>
       </c>
       <c r="C740" t="s" s="2">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="D740">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" t="s" s="2">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="B741" t="s">
-        <v>1724</v>
+        <v>1762</v>
       </c>
       <c r="C741" t="s" s="2">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="D741">
         <v>1</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" t="s" s="2">
-        <v>1785</v>
+        <v>1786</v>
       </c>
       <c r="B742" t="s">
-        <v>1757</v>
+        <v>1729</v>
       </c>
       <c r="C742" t="s" s="2">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="D742">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" t="s" s="2">
-        <v>1785</v>
+        <v>1786</v>
       </c>
       <c r="B743" t="s">
-        <v>1757</v>
+        <v>1729</v>
       </c>
       <c r="C743" t="s" s="2">
-        <v>1787</v>
+        <v>1788</v>
       </c>
       <c r="D743">
         <v>50</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" t="s" s="2">
-        <v>1785</v>
+        <v>1786</v>
       </c>
       <c r="B744" t="s">
-        <v>1757</v>
+        <v>1729</v>
       </c>
       <c r="C744" t="s" s="2">
-        <v>1788</v>
+        <v>1789</v>
       </c>
       <c r="D744">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" t="s" s="2">
-        <v>1789</v>
+        <v>1790</v>
       </c>
       <c r="B745" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C745" t="s" s="2">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="D745">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" t="s" s="2">
-        <v>1789</v>
+        <v>1790</v>
       </c>
       <c r="B746" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C746" t="s" s="2">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="D746">
         <v>50</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" t="s" s="2">
-        <v>1789</v>
+        <v>1790</v>
       </c>
       <c r="B747" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C747" t="s" s="2">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="D747">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" t="s" s="2">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="B748" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C748" t="s" s="2">
-        <v>1794</v>
+        <v>1795</v>
       </c>
       <c r="D748">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" t="s" s="2">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="B749" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C749" t="s" s="2">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="D749">
         <v>50</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" t="s" s="2">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="B750" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="C750" t="s" s="2">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="D750">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" t="s" s="2">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="B751" t="s">
-        <v>1798</v>
+        <v>1762</v>
       </c>
       <c r="C751" t="s" s="2">
         <v>1799</v>
       </c>
       <c r="D751">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" t="s" s="2">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="B752" t="s">
-        <v>1798</v>
+        <v>1762</v>
       </c>
       <c r="C752" t="s" s="2">
         <v>1800</v>
       </c>
       <c r="D752">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" t="s" s="2">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="B753" t="s">
-        <v>1798</v>
+        <v>1762</v>
       </c>
       <c r="C753" t="s" s="2">
         <v>1801</v>
       </c>
       <c r="D753">
         <v>10</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" t="s" s="2">
         <v>1802</v>
       </c>
       <c r="B754" t="s">
         <v>1803</v>
       </c>
       <c r="C754" t="s" s="2">
         <v>1804</v>
       </c>
       <c r="D754">
         <v>50</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" t="s" s="2">
         <v>1802</v>
       </c>
       <c r="B755" t="s">
         <v>1803</v>
       </c>
       <c r="C755" t="s" s="2">
         <v>1805</v>
       </c>
       <c r="D755">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" t="s" s="2">
         <v>1802</v>
       </c>
       <c r="B756" t="s">
         <v>1803</v>
       </c>
       <c r="C756" t="s" s="2">
         <v>1806</v>
       </c>
       <c r="D756">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" t="s" s="2">
         <v>1807</v>
       </c>
       <c r="B757" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="C757" t="s" s="2">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="D757">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" t="s" s="2">
         <v>1807</v>
       </c>
       <c r="B758" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="C758" t="s" s="2">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="D758">
         <v>50</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" t="s" s="2">
         <v>1807</v>
       </c>
       <c r="B759" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="C759" t="s" s="2">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="D759">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" t="s" s="2">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="B760" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="C760" t="s" s="2">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="D760">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" t="s" s="2">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="B761" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="C761" t="s" s="2">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="D761">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" t="s" s="2">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="B762" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="C762" t="s" s="2">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="D762">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" t="s" s="2">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="B763" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="C763" t="s" s="2">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="D763">
         <v>10</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" t="s" s="2">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="B764" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="C764" t="s" s="2">
-        <v>1817</v>
+        <v>1818</v>
       </c>
       <c r="D764">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" t="s" s="2">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="B765" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="C765" t="s" s="2">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="D765">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" t="s" s="2">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="B766" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="C766" t="s" s="2">
-        <v>1820</v>
+        <v>1821</v>
       </c>
       <c r="D766">
         <v>50</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" t="s" s="2">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="B767" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="C767" t="s" s="2">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="D767">
         <v>10</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" t="s" s="2">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="B768" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="C768" t="s" s="2">
-        <v>1822</v>
+        <v>1823</v>
       </c>
       <c r="D768">
         <v>1</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" t="s" s="2">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="B769" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="C769" t="s" s="2">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="D769">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" t="s" s="2">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="B770" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="C770" t="s" s="2">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="D770">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" t="s" s="2">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="B771" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="C771" t="s" s="2">
-        <v>1826</v>
+        <v>1827</v>
       </c>
       <c r="D771">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" t="s" s="2">
-        <v>1827</v>
+        <v>1828</v>
       </c>
       <c r="B772" t="s">
-        <v>1828</v>
+        <v>1808</v>
       </c>
       <c r="C772" t="s" s="2">
         <v>1829</v>
       </c>
       <c r="D772">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" t="s" s="2">
-        <v>1827</v>
+        <v>1828</v>
       </c>
       <c r="B773" t="s">
-        <v>1828</v>
+        <v>1808</v>
       </c>
       <c r="C773" t="s" s="2">
         <v>1830</v>
       </c>
       <c r="D773">
         <v>10</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" t="s" s="2">
-        <v>1827</v>
+        <v>1828</v>
       </c>
       <c r="B774" t="s">
-        <v>1828</v>
+        <v>1808</v>
       </c>
       <c r="C774" t="s" s="2">
         <v>1831</v>
       </c>
       <c r="D774">
         <v>1</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" t="s" s="2">
         <v>1832</v>
       </c>
       <c r="B775" t="s">
         <v>1833</v>
       </c>
       <c r="C775" t="s" s="2">
         <v>1834</v>
       </c>
       <c r="D775">
         <v>1</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" t="s" s="2">
         <v>1832</v>
@@ -21558,751 +21582,751 @@
     <row r="778">
       <c r="A778" t="s" s="2">
         <v>1837</v>
       </c>
       <c r="B778" t="s">
         <v>1838</v>
       </c>
       <c r="C778" t="s" s="2">
         <v>1839</v>
       </c>
       <c r="D778">
         <v>10</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" t="s" s="2">
         <v>1837</v>
       </c>
       <c r="B779" t="s">
         <v>1838</v>
       </c>
       <c r="C779" t="s" s="2">
         <v>1840</v>
       </c>
       <c r="D779">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" t="s" s="2">
         <v>1837</v>
       </c>
       <c r="B780" t="s">
         <v>1838</v>
       </c>
       <c r="C780" t="s" s="2">
         <v>1841</v>
       </c>
       <c r="D780">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" t="s" s="2">
         <v>1842</v>
       </c>
       <c r="B781" t="s">
-        <v>1724</v>
+        <v>1843</v>
       </c>
       <c r="C781" t="s" s="2">
-        <v>1843</v>
+        <v>1844</v>
       </c>
       <c r="D781">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" t="s" s="2">
         <v>1842</v>
       </c>
       <c r="B782" t="s">
-        <v>1724</v>
+        <v>1843</v>
       </c>
       <c r="C782" t="s" s="2">
-        <v>1844</v>
+        <v>1845</v>
       </c>
       <c r="D782">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" t="s" s="2">
         <v>1842</v>
       </c>
       <c r="B783" t="s">
-        <v>1724</v>
+        <v>1843</v>
       </c>
       <c r="C783" t="s" s="2">
-        <v>1845</v>
+        <v>1846</v>
       </c>
       <c r="D783">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" t="s" s="2">
-        <v>1846</v>
+        <v>1847</v>
       </c>
       <c r="B784" t="s">
-        <v>1847</v>
+        <v>1729</v>
       </c>
       <c r="C784" t="s" s="2">
         <v>1848</v>
       </c>
       <c r="D784">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" t="s" s="2">
-        <v>1846</v>
+        <v>1847</v>
       </c>
       <c r="B785" t="s">
-        <v>1847</v>
+        <v>1729</v>
       </c>
       <c r="C785" t="s" s="2">
         <v>1849</v>
       </c>
       <c r="D785">
-        <v>7</v>
+        <v>1</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" t="s" s="2">
-        <v>1846</v>
+        <v>1847</v>
       </c>
       <c r="B786" t="s">
-        <v>1847</v>
+        <v>1729</v>
       </c>
       <c r="C786" t="s" s="2">
         <v>1850</v>
       </c>
       <c r="D786">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" t="s" s="2">
-        <v>1846</v>
+        <v>1851</v>
       </c>
       <c r="B787" t="s">
-        <v>1847</v>
+        <v>1852</v>
       </c>
       <c r="C787" t="s" s="2">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="D787">
-        <v>35</v>
+        <v>1</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" t="s" s="2">
-        <v>1846</v>
+        <v>1851</v>
       </c>
       <c r="B788" t="s">
-        <v>1847</v>
+        <v>1852</v>
       </c>
       <c r="C788" t="s" s="2">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="D788">
-        <v>30</v>
+        <v>7</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" t="s" s="2">
-        <v>1853</v>
+        <v>1851</v>
       </c>
       <c r="B789" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
       <c r="C789" t="s" s="2">
         <v>1855</v>
       </c>
       <c r="D789">
         <v>10</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" t="s" s="2">
-        <v>1853</v>
+        <v>1851</v>
       </c>
       <c r="B790" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
       <c r="C790" t="s" s="2">
         <v>1856</v>
       </c>
       <c r="D790">
         <v>35</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" t="s" s="2">
-        <v>1853</v>
+        <v>1851</v>
       </c>
       <c r="B791" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
       <c r="C791" t="s" s="2">
         <v>1857</v>
       </c>
       <c r="D791">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" t="s" s="2">
-        <v>1853</v>
+        <v>1858</v>
       </c>
       <c r="B792" t="s">
-        <v>1854</v>
+        <v>1859</v>
       </c>
       <c r="C792" t="s" s="2">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="D792">
         <v>7</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" t="s" s="2">
-        <v>1853</v>
+        <v>1858</v>
       </c>
       <c r="B793" t="s">
-        <v>1854</v>
+        <v>1859</v>
       </c>
       <c r="C793" t="s" s="2">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="D793">
         <v>30</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" t="s" s="2">
-        <v>1860</v>
+        <v>1858</v>
       </c>
       <c r="B794" t="s">
-        <v>1861</v>
+        <v>1859</v>
       </c>
       <c r="C794" t="s" s="2">
         <v>1862</v>
       </c>
       <c r="D794">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" t="s" s="2">
-        <v>1860</v>
+        <v>1858</v>
       </c>
       <c r="B795" t="s">
-        <v>1861</v>
+        <v>1859</v>
       </c>
       <c r="C795" t="s" s="2">
         <v>1863</v>
       </c>
       <c r="D795">
-        <v>35</v>
+        <v>1</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" t="s" s="2">
-        <v>1860</v>
+        <v>1858</v>
       </c>
       <c r="B796" t="s">
-        <v>1861</v>
+        <v>1859</v>
       </c>
       <c r="C796" t="s" s="2">
         <v>1864</v>
       </c>
       <c r="D796">
-        <v>7</v>
+        <v>35</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" t="s" s="2">
         <v>1865</v>
       </c>
       <c r="B797" t="s">
         <v>1866</v>
       </c>
       <c r="C797" t="s" s="2">
         <v>1867</v>
       </c>
       <c r="D797">
-        <v>30</v>
+        <v>7</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" t="s" s="2">
         <v>1865</v>
       </c>
       <c r="B798" t="s">
         <v>1866</v>
       </c>
       <c r="C798" t="s" s="2">
         <v>1868</v>
       </c>
       <c r="D798">
-        <v>7</v>
+        <v>1</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" t="s" s="2">
         <v>1865</v>
       </c>
       <c r="B799" t="s">
         <v>1866</v>
       </c>
       <c r="C799" t="s" s="2">
         <v>1869</v>
       </c>
       <c r="D799">
         <v>35</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" t="s" s="2">
-        <v>1865</v>
+        <v>1870</v>
       </c>
       <c r="B800" t="s">
-        <v>1866</v>
+        <v>1871</v>
       </c>
       <c r="C800" t="s" s="2">
-        <v>1870</v>
+        <v>1872</v>
       </c>
       <c r="D800">
-        <v>1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" t="s" s="2">
-        <v>1865</v>
+        <v>1870</v>
       </c>
       <c r="B801" t="s">
-        <v>1866</v>
+        <v>1871</v>
       </c>
       <c r="C801" t="s" s="2">
-        <v>1871</v>
+        <v>1873</v>
       </c>
       <c r="D801">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" t="s" s="2">
-        <v>1872</v>
+        <v>1870</v>
       </c>
       <c r="B802" t="s">
-        <v>1873</v>
+        <v>1871</v>
       </c>
       <c r="C802" t="s" s="2">
         <v>1874</v>
       </c>
       <c r="D802">
-        <v>7</v>
+        <v>30</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" t="s" s="2">
-        <v>1872</v>
+        <v>1870</v>
       </c>
       <c r="B803" t="s">
-        <v>1873</v>
+        <v>1871</v>
       </c>
       <c r="C803" t="s" s="2">
         <v>1875</v>
       </c>
       <c r="D803">
-        <v>35</v>
+        <v>1</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" t="s" s="2">
-        <v>1872</v>
+        <v>1870</v>
       </c>
       <c r="B804" t="s">
-        <v>1873</v>
+        <v>1871</v>
       </c>
       <c r="C804" t="s" s="2">
         <v>1876</v>
       </c>
       <c r="D804">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" t="s" s="2">
-        <v>1872</v>
+        <v>1877</v>
       </c>
       <c r="B805" t="s">
-        <v>1873</v>
+        <v>1878</v>
       </c>
       <c r="C805" t="s" s="2">
-        <v>1877</v>
+        <v>1879</v>
       </c>
       <c r="D805">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" t="s" s="2">
-        <v>1872</v>
+        <v>1877</v>
       </c>
       <c r="B806" t="s">
-        <v>1873</v>
+        <v>1878</v>
       </c>
       <c r="C806" t="s" s="2">
-        <v>1878</v>
+        <v>1880</v>
       </c>
       <c r="D806">
-        <v>1</v>
+        <v>35</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" t="s" s="2">
-        <v>1879</v>
+        <v>1877</v>
       </c>
       <c r="B807" t="s">
-        <v>1880</v>
+        <v>1878</v>
       </c>
       <c r="C807" t="s" s="2">
         <v>1881</v>
       </c>
       <c r="D807">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" t="s" s="2">
-        <v>1879</v>
+        <v>1877</v>
       </c>
       <c r="B808" t="s">
-        <v>1880</v>
+        <v>1878</v>
       </c>
       <c r="C808" t="s" s="2">
         <v>1882</v>
       </c>
       <c r="D808">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" t="s" s="2">
-        <v>1879</v>
+        <v>1877</v>
       </c>
       <c r="B809" t="s">
-        <v>1880</v>
+        <v>1878</v>
       </c>
       <c r="C809" t="s" s="2">
         <v>1883</v>
       </c>
       <c r="D809">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" t="s" s="2">
         <v>1884</v>
       </c>
       <c r="B810" t="s">
         <v>1885</v>
       </c>
       <c r="C810" t="s" s="2">
         <v>1886</v>
       </c>
       <c r="D810">
         <v>10</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" t="s" s="2">
         <v>1884</v>
       </c>
       <c r="B811" t="s">
         <v>1885</v>
       </c>
       <c r="C811" t="s" s="2">
         <v>1887</v>
       </c>
       <c r="D811">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" t="s" s="2">
         <v>1884</v>
       </c>
       <c r="B812" t="s">
         <v>1885</v>
       </c>
       <c r="C812" t="s" s="2">
         <v>1888</v>
       </c>
       <c r="D812">
-        <v>7</v>
+        <v>1</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" t="s" s="2">
-        <v>1884</v>
+        <v>1889</v>
       </c>
       <c r="B813" t="s">
-        <v>1885</v>
+        <v>1890</v>
       </c>
       <c r="C813" t="s" s="2">
-        <v>1889</v>
+        <v>1891</v>
       </c>
       <c r="D813">
-        <v>35</v>
+        <v>10</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" t="s" s="2">
-        <v>1884</v>
+        <v>1889</v>
       </c>
       <c r="B814" t="s">
-        <v>1885</v>
+        <v>1890</v>
       </c>
       <c r="C814" t="s" s="2">
-        <v>1890</v>
+        <v>1892</v>
       </c>
       <c r="D814">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" t="s" s="2">
-        <v>1891</v>
+        <v>1889</v>
       </c>
       <c r="B815" t="s">
-        <v>1892</v>
+        <v>1890</v>
       </c>
       <c r="C815" t="s" s="2">
         <v>1893</v>
       </c>
       <c r="D815">
-        <v>1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" t="s" s="2">
-        <v>1891</v>
+        <v>1889</v>
       </c>
       <c r="B816" t="s">
-        <v>1892</v>
+        <v>1890</v>
       </c>
       <c r="C816" t="s" s="2">
         <v>1894</v>
       </c>
       <c r="D816">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" t="s" s="2">
-        <v>1891</v>
+        <v>1889</v>
       </c>
       <c r="B817" t="s">
-        <v>1892</v>
+        <v>1890</v>
       </c>
       <c r="C817" t="s" s="2">
         <v>1895</v>
       </c>
       <c r="D817">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" t="s" s="2">
         <v>1896</v>
       </c>
       <c r="B818" t="s">
         <v>1897</v>
       </c>
       <c r="C818" t="s" s="2">
         <v>1898</v>
       </c>
       <c r="D818">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" t="s" s="2">
         <v>1896</v>
       </c>
       <c r="B819" t="s">
         <v>1897</v>
       </c>
       <c r="C819" t="s" s="2">
         <v>1899</v>
       </c>
       <c r="D819">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" t="s" s="2">
         <v>1896</v>
       </c>
       <c r="B820" t="s">
         <v>1897</v>
       </c>
       <c r="C820" t="s" s="2">
         <v>1900</v>
       </c>
       <c r="D820">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" t="s" s="2">
         <v>1901</v>
       </c>
       <c r="B821" t="s">
         <v>1902</v>
       </c>
       <c r="C821" t="s" s="2">
         <v>1903</v>
       </c>
       <c r="D821">
         <v>50</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" t="s" s="2">
         <v>1901</v>
       </c>
       <c r="B822" t="s">
         <v>1902</v>
       </c>
       <c r="C822" t="s" s="2">
         <v>1904</v>
       </c>
       <c r="D822">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" t="s" s="2">
         <v>1901</v>
       </c>
       <c r="B823" t="s">
         <v>1902</v>
       </c>
       <c r="C823" t="s" s="2">
         <v>1905</v>
       </c>
       <c r="D823">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" t="s" s="2">
         <v>1906</v>
       </c>
       <c r="B824" t="s">
         <v>1907</v>
       </c>
       <c r="C824" t="s" s="2">
         <v>1908</v>
       </c>
       <c r="D824">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" t="s" s="2">
         <v>1906</v>
       </c>
       <c r="B825" t="s">
         <v>1907</v>
       </c>
       <c r="C825" t="s" s="2">
         <v>1909</v>
       </c>
       <c r="D825">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" t="s" s="2">
         <v>1906</v>
       </c>
       <c r="B826" t="s">
         <v>1907</v>
       </c>
       <c r="C826" t="s" s="2">
         <v>1910</v>
       </c>
       <c r="D826">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" t="s" s="2">
         <v>1911</v>
       </c>
       <c r="B827" t="s">
         <v>1912</v>
       </c>
       <c r="C827" t="s" s="2">
         <v>1913</v>
       </c>
       <c r="D827">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" t="s" s="2">
         <v>1911</v>
       </c>
       <c r="B828" t="s">
         <v>1912</v>
       </c>
       <c r="C828" t="s" s="2">
         <v>1914</v>
       </c>
       <c r="D828">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" t="s" s="2">
         <v>1911</v>
       </c>
       <c r="B829" t="s">
         <v>1912</v>
       </c>
       <c r="C829" t="s" s="2">
         <v>1915</v>
       </c>
       <c r="D829">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" t="s" s="2">
         <v>1916</v>
       </c>
       <c r="B830" t="s">
         <v>1917</v>
       </c>
       <c r="C830" t="s" s="2">
         <v>1918</v>
       </c>
       <c r="D830">
         <v>1</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" t="s" s="2">
         <v>1916</v>
       </c>
       <c r="B831" t="s">
         <v>1917</v>
       </c>
       <c r="C831" t="s" s="2">
         <v>1919</v>
@@ -22328,191 +22352,191 @@
     <row r="833">
       <c r="A833" t="s" s="2">
         <v>1921</v>
       </c>
       <c r="B833" t="s">
         <v>1922</v>
       </c>
       <c r="C833" t="s" s="2">
         <v>1923</v>
       </c>
       <c r="D833">
         <v>10</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" t="s" s="2">
         <v>1921</v>
       </c>
       <c r="B834" t="s">
         <v>1922</v>
       </c>
       <c r="C834" t="s" s="2">
         <v>1924</v>
       </c>
       <c r="D834">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" t="s" s="2">
         <v>1921</v>
       </c>
       <c r="B835" t="s">
         <v>1922</v>
       </c>
       <c r="C835" t="s" s="2">
         <v>1925</v>
       </c>
       <c r="D835">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" t="s" s="2">
         <v>1926</v>
       </c>
       <c r="B836" t="s">
         <v>1927</v>
       </c>
       <c r="C836" t="s" s="2">
         <v>1928</v>
       </c>
       <c r="D836">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" t="s" s="2">
         <v>1926</v>
       </c>
       <c r="B837" t="s">
         <v>1927</v>
       </c>
       <c r="C837" t="s" s="2">
         <v>1929</v>
       </c>
       <c r="D837">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" t="s" s="2">
         <v>1926</v>
       </c>
       <c r="B838" t="s">
         <v>1927</v>
       </c>
       <c r="C838" t="s" s="2">
         <v>1930</v>
       </c>
       <c r="D838">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" t="s" s="2">
         <v>1931</v>
       </c>
       <c r="B839" t="s">
         <v>1932</v>
       </c>
       <c r="C839" t="s" s="2">
         <v>1933</v>
       </c>
       <c r="D839">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" t="s" s="2">
         <v>1931</v>
       </c>
       <c r="B840" t="s">
         <v>1932</v>
       </c>
       <c r="C840" t="s" s="2">
         <v>1934</v>
       </c>
       <c r="D840">
         <v>1</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" t="s" s="2">
         <v>1931</v>
       </c>
       <c r="B841" t="s">
         <v>1932</v>
       </c>
       <c r="C841" t="s" s="2">
         <v>1935</v>
       </c>
       <c r="D841">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" t="s" s="2">
         <v>1936</v>
       </c>
       <c r="B842" t="s">
         <v>1937</v>
       </c>
       <c r="C842" t="s" s="2">
         <v>1938</v>
       </c>
       <c r="D842">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" t="s" s="2">
         <v>1936</v>
       </c>
       <c r="B843" t="s">
         <v>1937</v>
       </c>
       <c r="C843" t="s" s="2">
         <v>1939</v>
       </c>
       <c r="D843">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" t="s" s="2">
         <v>1936</v>
       </c>
       <c r="B844" t="s">
         <v>1937</v>
       </c>
       <c r="C844" t="s" s="2">
         <v>1940</v>
       </c>
       <c r="D844">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" t="s" s="2">
         <v>1941</v>
       </c>
       <c r="B845" t="s">
         <v>1942</v>
       </c>
       <c r="C845" t="s" s="2">
         <v>1943</v>
       </c>
       <c r="D845">
         <v>1</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" t="s" s="2">
         <v>1941</v>
       </c>
       <c r="B846" t="s">
         <v>1942</v>
       </c>
       <c r="C846" t="s" s="2">
         <v>1944</v>
@@ -22524,219 +22548,219 @@
     <row r="847">
       <c r="A847" t="s" s="2">
         <v>1941</v>
       </c>
       <c r="B847" t="s">
         <v>1942</v>
       </c>
       <c r="C847" t="s" s="2">
         <v>1945</v>
       </c>
       <c r="D847">
         <v>30</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" t="s" s="2">
         <v>1946</v>
       </c>
       <c r="B848" t="s">
         <v>1947</v>
       </c>
       <c r="C848" t="s" s="2">
         <v>1948</v>
       </c>
       <c r="D848">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" t="s" s="2">
         <v>1946</v>
       </c>
       <c r="B849" t="s">
         <v>1947</v>
       </c>
       <c r="C849" t="s" s="2">
         <v>1949</v>
       </c>
       <c r="D849">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" t="s" s="2">
         <v>1946</v>
       </c>
       <c r="B850" t="s">
         <v>1947</v>
       </c>
       <c r="C850" t="s" s="2">
         <v>1950</v>
       </c>
       <c r="D850">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" t="s" s="2">
         <v>1951</v>
       </c>
       <c r="B851" t="s">
         <v>1952</v>
       </c>
       <c r="C851" t="s" s="2">
         <v>1953</v>
       </c>
       <c r="D851">
         <v>10</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" t="s" s="2">
         <v>1951</v>
       </c>
       <c r="B852" t="s">
         <v>1952</v>
       </c>
       <c r="C852" t="s" s="2">
         <v>1954</v>
       </c>
       <c r="D852">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" t="s" s="2">
         <v>1951</v>
       </c>
       <c r="B853" t="s">
         <v>1952</v>
       </c>
       <c r="C853" t="s" s="2">
         <v>1955</v>
       </c>
       <c r="D853">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" t="s" s="2">
         <v>1956</v>
       </c>
       <c r="B854" t="s">
         <v>1957</v>
       </c>
       <c r="C854" t="s" s="2">
         <v>1958</v>
       </c>
       <c r="D854">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" t="s" s="2">
         <v>1956</v>
       </c>
       <c r="B855" t="s">
         <v>1957</v>
       </c>
       <c r="C855" t="s" s="2">
         <v>1959</v>
       </c>
       <c r="D855">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" t="s" s="2">
+        <v>1956</v>
+      </c>
+      <c r="B856" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C856" t="s" s="2">
         <v>1960</v>
       </c>
-      <c r="B856" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D856">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" t="s" s="2">
+        <v>1961</v>
+      </c>
+      <c r="B857" t="s">
+        <v>1962</v>
+      </c>
+      <c r="C857" t="s" s="2">
         <v>1963</v>
       </c>
-      <c r="B857" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D857">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" t="s" s="2">
-        <v>1966</v>
+        <v>1961</v>
       </c>
       <c r="B858" t="s">
-        <v>1967</v>
+        <v>1962</v>
       </c>
       <c r="C858" t="s" s="2">
-        <v>1968</v>
+        <v>1964</v>
       </c>
       <c r="D858">
-        <v>90</v>
+        <v>1</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" t="s" s="2">
+        <v>1965</v>
+      </c>
+      <c r="B859" t="s">
         <v>1966</v>
       </c>
-      <c r="B859" t="s">
+      <c r="C859" t="s" s="2">
         <v>1967</v>
-      </c>
-[...1 lines deleted...]
-        <v>1969</v>
       </c>
       <c r="D859">
         <v>1</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" t="s" s="2">
-        <v>1966</v>
+        <v>1968</v>
       </c>
       <c r="B860" t="s">
-        <v>1967</v>
+        <v>1969</v>
       </c>
       <c r="C860" t="s" s="2">
         <v>1970</v>
       </c>
       <c r="D860">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" t="s" s="2">
         <v>1971</v>
       </c>
       <c r="B861" t="s">
         <v>1972</v>
       </c>
       <c r="C861" t="s" s="2">
         <v>1973</v>
       </c>
       <c r="D861">
         <v>90</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" t="s" s="2">
         <v>1971</v>
       </c>
       <c r="B862" t="s">
         <v>1972</v>
       </c>
       <c r="C862" t="s" s="2">
         <v>1974</v>
@@ -22748,8842 +22772,8898 @@
     <row r="863">
       <c r="A863" t="s" s="2">
         <v>1971</v>
       </c>
       <c r="B863" t="s">
         <v>1972</v>
       </c>
       <c r="C863" t="s" s="2">
         <v>1975</v>
       </c>
       <c r="D863">
         <v>30</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" t="s" s="2">
         <v>1976</v>
       </c>
       <c r="B864" t="s">
         <v>1977</v>
       </c>
       <c r="C864" t="s" s="2">
         <v>1978</v>
       </c>
       <c r="D864">
-        <v>1</v>
+        <v>90</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" t="s" s="2">
         <v>1976</v>
       </c>
       <c r="B865" t="s">
         <v>1977</v>
       </c>
       <c r="C865" t="s" s="2">
         <v>1979</v>
       </c>
       <c r="D865">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" t="s" s="2">
+        <v>1976</v>
+      </c>
+      <c r="B866" t="s">
+        <v>1977</v>
+      </c>
+      <c r="C866" t="s" s="2">
         <v>1980</v>
-      </c>
-[...4 lines deleted...]
-        <v>1982</v>
       </c>
       <c r="D866">
         <v>30</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" t="s" s="2">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="B867" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
       <c r="C867" t="s" s="2">
         <v>1983</v>
       </c>
       <c r="D867">
         <v>1</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" t="s" s="2">
+        <v>1981</v>
+      </c>
+      <c r="B868" t="s">
+        <v>1982</v>
+      </c>
+      <c r="C868" t="s" s="2">
         <v>1984</v>
       </c>
-      <c r="B868" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D868">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" t="s" s="2">
+        <v>1985</v>
+      </c>
+      <c r="B869" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C869" t="s" s="2">
         <v>1987</v>
       </c>
-      <c r="B869" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D869">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" t="s" s="2">
-        <v>1990</v>
+        <v>1985</v>
       </c>
       <c r="B870" t="s">
-        <v>1991</v>
+        <v>1986</v>
       </c>
       <c r="C870" t="s" s="2">
-        <v>1992</v>
+        <v>1988</v>
       </c>
       <c r="D870">
         <v>1</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" t="s" s="2">
-        <v>1993</v>
+        <v>1989</v>
       </c>
       <c r="B871" t="s">
-        <v>1994</v>
+        <v>1990</v>
       </c>
       <c r="C871" t="s" s="2">
-        <v>1995</v>
+        <v>1991</v>
       </c>
       <c r="D871">
         <v>1</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" t="s" s="2">
-        <v>1996</v>
+        <v>1992</v>
       </c>
       <c r="B872" t="s">
-        <v>1997</v>
+        <v>1993</v>
       </c>
       <c r="C872" t="s" s="2">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="D872">
         <v>1</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" t="s" s="2">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="B873" t="s">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="C873" t="s" s="2">
-        <v>2001</v>
+        <v>1997</v>
       </c>
       <c r="D873">
         <v>1</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" t="s" s="2">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="B874" t="s">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="C874" t="s" s="2">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="D874">
         <v>1</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" t="s" s="2">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="B875" t="s">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="C875" t="s" s="2">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="D875">
         <v>1</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" t="s" s="2">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="B876" t="s">
-        <v>2009</v>
+        <v>2005</v>
       </c>
       <c r="C876" t="s" s="2">
-        <v>2010</v>
+        <v>2006</v>
       </c>
       <c r="D876">
         <v>1</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" t="s" s="2">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="B877" t="s">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="C877" t="s" s="2">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="D877">
         <v>1</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" t="s" s="2">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="B878" t="s">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="C878" t="s" s="2">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="D878">
         <v>1</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" t="s" s="2">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="B879" t="s">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="C879" t="s" s="2">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="D879">
         <v>1</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" t="s" s="2">
+        <v>2016</v>
+      </c>
+      <c r="B880" t="s">
         <v>2017</v>
       </c>
-      <c r="B880" t="s">
+      <c r="C880" t="s" s="2">
         <v>2018</v>
       </c>
-      <c r="C880" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D880">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" t="s" s="2">
+        <v>2019</v>
+      </c>
+      <c r="B881" t="s">
+        <v>2020</v>
+      </c>
+      <c r="C881" t="s" s="2">
         <v>2021</v>
       </c>
-      <c r="B881" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D881">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" t="s" s="2">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B882" t="s">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C882" t="s" s="2">
         <v>2024</v>
       </c>
       <c r="D882">
         <v>1</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" t="s" s="2">
+        <v>2022</v>
+      </c>
+      <c r="B883" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C883" t="s" s="2">
         <v>2025</v>
       </c>
-      <c r="B883" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D883">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" t="s" s="2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B884" t="s">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="C884" t="s" s="2">
         <v>2028</v>
       </c>
       <c r="D884">
         <v>5</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" t="s" s="2">
+        <v>2026</v>
+      </c>
+      <c r="B885" t="s">
+        <v>2027</v>
+      </c>
+      <c r="C885" t="s" s="2">
         <v>2029</v>
-      </c>
-[...4 lines deleted...]
-        <v>2031</v>
       </c>
       <c r="D885">
         <v>1</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" t="s" s="2">
+        <v>2030</v>
+      </c>
+      <c r="B886" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C886" t="s" s="2">
         <v>2032</v>
-      </c>
-[...4 lines deleted...]
-        <v>2034</v>
       </c>
       <c r="D886">
         <v>1</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" t="s" s="2">
-        <v>2035</v>
+        <v>2030</v>
       </c>
       <c r="B887" t="s">
-        <v>2036</v>
+        <v>2031</v>
       </c>
       <c r="C887" t="s" s="2">
-        <v>2037</v>
+        <v>2033</v>
       </c>
       <c r="D887">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" t="s" s="2">
-        <v>2038</v>
+        <v>2034</v>
       </c>
       <c r="B888" t="s">
-        <v>2039</v>
+        <v>2035</v>
       </c>
       <c r="C888" t="s" s="2">
-        <v>2040</v>
+        <v>2036</v>
       </c>
       <c r="D888">
         <v>1</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" t="s" s="2">
-        <v>2041</v>
+        <v>2037</v>
       </c>
       <c r="B889" t="s">
-        <v>2042</v>
+        <v>2038</v>
       </c>
       <c r="C889" t="s" s="2">
-        <v>2043</v>
+        <v>2039</v>
       </c>
       <c r="D889">
         <v>1</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" t="s" s="2">
-        <v>2044</v>
+        <v>2040</v>
       </c>
       <c r="B890" t="s">
-        <v>2045</v>
+        <v>2041</v>
       </c>
       <c r="C890" t="s" s="2">
-        <v>2046</v>
+        <v>2042</v>
       </c>
       <c r="D890">
         <v>1</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" t="s" s="2">
-        <v>2047</v>
+        <v>2043</v>
       </c>
       <c r="B891" t="s">
-        <v>2048</v>
+        <v>2044</v>
       </c>
       <c r="C891" t="s" s="2">
-        <v>2049</v>
+        <v>2045</v>
       </c>
       <c r="D891">
         <v>1</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" t="s" s="2">
-        <v>2050</v>
+        <v>2046</v>
       </c>
       <c r="B892" t="s">
-        <v>2051</v>
+        <v>2047</v>
       </c>
       <c r="C892" t="s" s="2">
-        <v>2052</v>
+        <v>2048</v>
       </c>
       <c r="D892">
         <v>1</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" t="s" s="2">
-        <v>2053</v>
+        <v>2049</v>
       </c>
       <c r="B893" t="s">
-        <v>2054</v>
+        <v>2050</v>
       </c>
       <c r="C893" t="s" s="2">
-        <v>2055</v>
+        <v>2051</v>
       </c>
       <c r="D893">
         <v>1</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" t="s" s="2">
-        <v>2056</v>
+        <v>2052</v>
       </c>
       <c r="B894" t="s">
-        <v>2057</v>
+        <v>2053</v>
       </c>
       <c r="C894" t="s" s="2">
-        <v>2058</v>
+        <v>2054</v>
       </c>
       <c r="D894">
         <v>1</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" t="s" s="2">
-        <v>2059</v>
+        <v>2055</v>
       </c>
       <c r="B895" t="s">
-        <v>2060</v>
+        <v>2056</v>
       </c>
       <c r="C895" t="s" s="2">
-        <v>2061</v>
+        <v>2057</v>
       </c>
       <c r="D895">
         <v>1</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" t="s" s="2">
-        <v>2062</v>
+        <v>2058</v>
       </c>
       <c r="B896" t="s">
-        <v>2063</v>
+        <v>2059</v>
       </c>
       <c r="C896" t="s" s="2">
-        <v>2064</v>
+        <v>2060</v>
       </c>
       <c r="D896">
         <v>1</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" t="s" s="2">
-        <v>2065</v>
+        <v>2061</v>
       </c>
       <c r="B897" t="s">
-        <v>2066</v>
+        <v>2062</v>
       </c>
       <c r="C897" t="s" s="2">
-        <v>2067</v>
+        <v>2063</v>
       </c>
       <c r="D897">
         <v>1</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" t="s" s="2">
-        <v>2068</v>
+        <v>2064</v>
       </c>
       <c r="B898" t="s">
-        <v>2069</v>
+        <v>2065</v>
       </c>
       <c r="C898" t="s" s="2">
-        <v>2070</v>
+        <v>2066</v>
       </c>
       <c r="D898">
         <v>1</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" t="s" s="2">
-        <v>2071</v>
+        <v>2067</v>
       </c>
       <c r="B899" t="s">
-        <v>2072</v>
+        <v>2068</v>
       </c>
       <c r="C899" t="s" s="2">
-        <v>2073</v>
+        <v>2069</v>
       </c>
       <c r="D899">
         <v>1</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" t="s" s="2">
-        <v>2074</v>
+        <v>2070</v>
       </c>
       <c r="B900" t="s">
-        <v>2075</v>
+        <v>2071</v>
       </c>
       <c r="C900" t="s" s="2">
-        <v>2076</v>
+        <v>2072</v>
       </c>
       <c r="D900">
         <v>1</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" t="s" s="2">
-        <v>2077</v>
+        <v>2073</v>
       </c>
       <c r="B901" t="s">
-        <v>2078</v>
+        <v>2074</v>
       </c>
       <c r="C901" t="s" s="2">
-        <v>2079</v>
+        <v>2075</v>
       </c>
       <c r="D901">
         <v>1</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" t="s" s="2">
-        <v>2080</v>
+        <v>2076</v>
       </c>
       <c r="B902" t="s">
-        <v>2081</v>
+        <v>2077</v>
       </c>
       <c r="C902" t="s" s="2">
-        <v>2082</v>
+        <v>2078</v>
       </c>
       <c r="D902">
         <v>1</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" t="s" s="2">
-        <v>2083</v>
+        <v>2079</v>
       </c>
       <c r="B903" t="s">
-        <v>2084</v>
+        <v>2080</v>
       </c>
       <c r="C903" t="s" s="2">
-        <v>2085</v>
+        <v>2081</v>
       </c>
       <c r="D903">
         <v>1</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" t="s" s="2">
-        <v>2086</v>
+        <v>2082</v>
       </c>
       <c r="B904" t="s">
-        <v>2087</v>
+        <v>2083</v>
       </c>
       <c r="C904" t="s" s="2">
-        <v>2088</v>
+        <v>2084</v>
       </c>
       <c r="D904">
         <v>1</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" t="s" s="2">
-        <v>2089</v>
+        <v>2085</v>
       </c>
       <c r="B905" t="s">
-        <v>2090</v>
+        <v>2086</v>
       </c>
       <c r="C905" t="s" s="2">
-        <v>2091</v>
+        <v>2087</v>
       </c>
       <c r="D905">
         <v>1</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" t="s" s="2">
-        <v>2092</v>
+        <v>2088</v>
       </c>
       <c r="B906" t="s">
-        <v>2093</v>
+        <v>2089</v>
       </c>
       <c r="C906" t="s" s="2">
-        <v>2094</v>
+        <v>2090</v>
       </c>
       <c r="D906">
         <v>1</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" t="s" s="2">
-        <v>2095</v>
+        <v>2091</v>
       </c>
       <c r="B907" t="s">
-        <v>2096</v>
+        <v>2092</v>
       </c>
       <c r="C907" t="s" s="2">
-        <v>2097</v>
+        <v>2093</v>
       </c>
       <c r="D907">
         <v>1</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" t="s" s="2">
-        <v>2098</v>
+        <v>2094</v>
       </c>
       <c r="B908" t="s">
-        <v>2099</v>
+        <v>2095</v>
       </c>
       <c r="C908" t="s" s="2">
-        <v>2100</v>
+        <v>2096</v>
       </c>
       <c r="D908">
         <v>1</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" t="s" s="2">
-        <v>2101</v>
+        <v>2097</v>
       </c>
       <c r="B909" t="s">
-        <v>2102</v>
+        <v>2098</v>
       </c>
       <c r="C909" t="s" s="2">
-        <v>2103</v>
+        <v>2099</v>
       </c>
       <c r="D909">
         <v>1</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" t="s" s="2">
-        <v>2104</v>
+        <v>2100</v>
       </c>
       <c r="B910" t="s">
-        <v>2105</v>
+        <v>2101</v>
       </c>
       <c r="C910" t="s" s="2">
-        <v>2106</v>
+        <v>2102</v>
       </c>
       <c r="D910">
         <v>1</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" t="s" s="2">
-        <v>2107</v>
+        <v>2103</v>
       </c>
       <c r="B911" t="s">
-        <v>2108</v>
+        <v>2104</v>
       </c>
       <c r="C911" t="s" s="2">
-        <v>2109</v>
+        <v>2105</v>
       </c>
       <c r="D911">
         <v>1</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" t="s" s="2">
-        <v>2110</v>
+        <v>2106</v>
       </c>
       <c r="B912" t="s">
-        <v>2111</v>
+        <v>2107</v>
       </c>
       <c r="C912" t="s" s="2">
-        <v>2112</v>
+        <v>2108</v>
       </c>
       <c r="D912">
         <v>1</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" t="s" s="2">
-        <v>2113</v>
+        <v>2109</v>
       </c>
       <c r="B913" t="s">
-        <v>2114</v>
+        <v>2110</v>
       </c>
       <c r="C913" t="s" s="2">
-        <v>2115</v>
+        <v>2111</v>
       </c>
       <c r="D913">
         <v>1</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" t="s" s="2">
-        <v>2116</v>
+        <v>2112</v>
       </c>
       <c r="B914" t="s">
-        <v>2117</v>
+        <v>2113</v>
       </c>
       <c r="C914" t="s" s="2">
-        <v>2118</v>
+        <v>2114</v>
       </c>
       <c r="D914">
         <v>1</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" t="s" s="2">
-        <v>2119</v>
+        <v>2115</v>
       </c>
       <c r="B915" t="s">
-        <v>2120</v>
-[...2 lines deleted...]
-        <v>19330453315566</v>
+        <v>2116</v>
+      </c>
+      <c r="C915" t="s" s="2">
+        <v>2117</v>
       </c>
       <c r="D915">
-        <v>40</v>
+        <v>1</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" t="s" s="2">
-        <v>2121</v>
+        <v>2118</v>
       </c>
       <c r="B916" t="s">
-        <v>2122</v>
+        <v>2119</v>
       </c>
       <c r="C916" t="s" s="2">
-        <v>2123</v>
+        <v>2120</v>
       </c>
       <c r="D916">
         <v>1</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" t="s" s="2">
         <v>2121</v>
       </c>
       <c r="B917" t="s">
         <v>2122</v>
       </c>
-      <c r="C917" s="3">
-        <v>13760278264033</v>
+      <c r="C917" t="s" s="2">
+        <v>2123</v>
       </c>
       <c r="D917">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" t="s" s="2">
         <v>2124</v>
       </c>
       <c r="B918" t="s">
         <v>2125</v>
       </c>
-      <c r="C918" t="s" s="2">
-        <v>2126</v>
+      <c r="C918" s="3">
+        <v>19330453315566</v>
       </c>
       <c r="D918">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" t="s" s="2">
-        <v>2124</v>
+        <v>2126</v>
       </c>
       <c r="B919" t="s">
-        <v>2125</v>
+        <v>2127</v>
       </c>
       <c r="C919" t="s" s="2">
-        <v>2127</v>
+        <v>2128</v>
       </c>
       <c r="D919">
         <v>1</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" t="s" s="2">
-        <v>2128</v>
+        <v>2126</v>
       </c>
       <c r="B920" t="s">
-        <v>2129</v>
-[...2 lines deleted...]
-        <v>2130</v>
+        <v>2127</v>
+      </c>
+      <c r="C920" s="3">
+        <v>13760278264033</v>
       </c>
       <c r="D920">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" t="s" s="2">
-        <v>2128</v>
+        <v>2129</v>
       </c>
       <c r="B921" t="s">
-        <v>2129</v>
+        <v>2130</v>
       </c>
       <c r="C921" t="s" s="2">
         <v>2131</v>
       </c>
       <c r="D921">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" t="s" s="2">
+        <v>2129</v>
+      </c>
+      <c r="B922" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C922" t="s" s="2">
         <v>2132</v>
-      </c>
-[...4 lines deleted...]
-        <v>2134</v>
       </c>
       <c r="D922">
         <v>1</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" t="s" s="2">
+        <v>2133</v>
+      </c>
+      <c r="B923" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C923" t="s" s="2">
         <v>2135</v>
       </c>
-      <c r="B923" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D923">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" t="s" s="2">
-        <v>2138</v>
+        <v>2133</v>
       </c>
       <c r="B924" t="s">
-        <v>2139</v>
+        <v>2134</v>
       </c>
       <c r="C924" t="s" s="2">
-        <v>2140</v>
+        <v>2136</v>
       </c>
       <c r="D924">
         <v>1</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" t="s" s="2">
-        <v>2141</v>
+        <v>2137</v>
       </c>
       <c r="B925" t="s">
-        <v>2142</v>
+        <v>2138</v>
       </c>
       <c r="C925" t="s" s="2">
-        <v>2143</v>
+        <v>2139</v>
       </c>
       <c r="D925">
         <v>1</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" t="s" s="2">
-        <v>2144</v>
+        <v>2140</v>
       </c>
       <c r="B926" t="s">
-        <v>2145</v>
+        <v>2141</v>
       </c>
       <c r="C926" t="s" s="2">
-        <v>2146</v>
+        <v>2142</v>
       </c>
       <c r="D926">
         <v>1</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" t="s" s="2">
-        <v>2147</v>
+        <v>2143</v>
       </c>
       <c r="B927" t="s">
-        <v>2148</v>
+        <v>2144</v>
       </c>
       <c r="C927" t="s" s="2">
-        <v>2149</v>
+        <v>2145</v>
       </c>
       <c r="D927">
         <v>1</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" t="s" s="2">
-        <v>2150</v>
+        <v>2146</v>
       </c>
       <c r="B928" t="s">
-        <v>2151</v>
+        <v>2147</v>
       </c>
       <c r="C928" t="s" s="2">
-        <v>2152</v>
+        <v>2148</v>
       </c>
       <c r="D928">
         <v>1</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" t="s" s="2">
-        <v>2153</v>
+        <v>2149</v>
       </c>
       <c r="B929" t="s">
-        <v>2154</v>
+        <v>2150</v>
       </c>
       <c r="C929" t="s" s="2">
-        <v>2155</v>
+        <v>2151</v>
       </c>
       <c r="D929">
         <v>1</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" t="s" s="2">
-        <v>2156</v>
+        <v>2152</v>
       </c>
       <c r="B930" t="s">
-        <v>2157</v>
+        <v>2153</v>
       </c>
       <c r="C930" t="s" s="2">
-        <v>2158</v>
+        <v>2154</v>
       </c>
       <c r="D930">
         <v>1</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" t="s" s="2">
-        <v>2159</v>
+        <v>2155</v>
       </c>
       <c r="B931" t="s">
-        <v>2160</v>
+        <v>2156</v>
       </c>
       <c r="C931" t="s" s="2">
-        <v>2161</v>
+        <v>2157</v>
       </c>
       <c r="D931">
         <v>1</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" t="s" s="2">
-        <v>2162</v>
+        <v>2158</v>
       </c>
       <c r="B932" t="s">
-        <v>2163</v>
+        <v>2159</v>
       </c>
       <c r="C932" t="s" s="2">
-        <v>2164</v>
+        <v>2160</v>
       </c>
       <c r="D932">
         <v>1</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" t="s" s="2">
-        <v>2165</v>
+        <v>2161</v>
       </c>
       <c r="B933" t="s">
-        <v>2166</v>
+        <v>2162</v>
       </c>
       <c r="C933" t="s" s="2">
-        <v>2167</v>
+        <v>2163</v>
       </c>
       <c r="D933">
         <v>1</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" t="s" s="2">
-        <v>2168</v>
+        <v>2164</v>
       </c>
       <c r="B934" t="s">
-        <v>2169</v>
+        <v>2165</v>
       </c>
       <c r="C934" t="s" s="2">
-        <v>2170</v>
+        <v>2166</v>
       </c>
       <c r="D934">
         <v>1</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" t="s" s="2">
-        <v>2171</v>
+        <v>2167</v>
       </c>
       <c r="B935" t="s">
-        <v>2172</v>
+        <v>2168</v>
       </c>
       <c r="C935" t="s" s="2">
-        <v>2173</v>
+        <v>2169</v>
       </c>
       <c r="D935">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" t="s" s="2">
-        <v>2174</v>
+        <v>2170</v>
       </c>
       <c r="B936" t="s">
-        <v>2175</v>
+        <v>2171</v>
       </c>
       <c r="C936" t="s" s="2">
-        <v>2176</v>
+        <v>2172</v>
       </c>
       <c r="D936">
         <v>1</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" t="s" s="2">
-        <v>2177</v>
+        <v>2173</v>
       </c>
       <c r="B937" t="s">
-        <v>2178</v>
+        <v>2174</v>
       </c>
       <c r="C937" t="s" s="2">
-        <v>2179</v>
+        <v>2175</v>
       </c>
       <c r="D937">
         <v>1</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" t="s" s="2">
-        <v>2180</v>
+        <v>2176</v>
       </c>
       <c r="B938" t="s">
-        <v>2181</v>
+        <v>2177</v>
       </c>
       <c r="C938" t="s" s="2">
-        <v>2182</v>
+        <v>2178</v>
       </c>
       <c r="D938">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" t="s" s="2">
-        <v>2183</v>
+        <v>2179</v>
       </c>
       <c r="B939" t="s">
-        <v>2184</v>
+        <v>2180</v>
       </c>
       <c r="C939" t="s" s="2">
-        <v>2185</v>
+        <v>2181</v>
       </c>
       <c r="D939">
         <v>1</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" t="s" s="2">
-        <v>2186</v>
+        <v>2182</v>
       </c>
       <c r="B940" t="s">
-        <v>2187</v>
+        <v>2183</v>
       </c>
       <c r="C940" t="s" s="2">
-        <v>2188</v>
+        <v>2184</v>
       </c>
       <c r="D940">
         <v>1</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" t="s" s="2">
-        <v>2189</v>
+        <v>2185</v>
       </c>
       <c r="B941" t="s">
-        <v>2190</v>
+        <v>2186</v>
       </c>
       <c r="C941" t="s" s="2">
-        <v>2191</v>
+        <v>2187</v>
       </c>
       <c r="D941">
         <v>1</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" t="s" s="2">
-        <v>2192</v>
+        <v>2188</v>
       </c>
       <c r="B942" t="s">
-        <v>2193</v>
+        <v>2189</v>
       </c>
       <c r="C942" t="s" s="2">
-        <v>2194</v>
+        <v>2190</v>
       </c>
       <c r="D942">
         <v>1</v>
       </c>
     </row>
     <row r="943">
       <c r="A943" t="s" s="2">
-        <v>2195</v>
+        <v>2191</v>
       </c>
       <c r="B943" t="s">
-        <v>2196</v>
+        <v>2192</v>
       </c>
       <c r="C943" t="s" s="2">
-        <v>2197</v>
+        <v>2193</v>
       </c>
       <c r="D943">
         <v>1</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" t="s" s="2">
-        <v>2198</v>
+        <v>2194</v>
       </c>
       <c r="B944" t="s">
-        <v>2199</v>
+        <v>2195</v>
       </c>
       <c r="C944" t="s" s="2">
-        <v>2200</v>
+        <v>2196</v>
       </c>
       <c r="D944">
         <v>1</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" t="s" s="2">
-        <v>2201</v>
+        <v>2197</v>
       </c>
       <c r="B945" t="s">
-        <v>2202</v>
+        <v>2198</v>
       </c>
       <c r="C945" t="s" s="2">
-        <v>2203</v>
+        <v>2199</v>
       </c>
       <c r="D945">
         <v>1</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" t="s" s="2">
-        <v>2204</v>
+        <v>2200</v>
       </c>
       <c r="B946" t="s">
-        <v>2205</v>
+        <v>2201</v>
       </c>
       <c r="C946" t="s" s="2">
-        <v>2206</v>
+        <v>2202</v>
       </c>
       <c r="D946">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" t="s" s="2">
-        <v>2207</v>
+        <v>2203</v>
       </c>
       <c r="B947" t="s">
-        <v>2208</v>
+        <v>2204</v>
       </c>
       <c r="C947" t="s" s="2">
-        <v>2209</v>
+        <v>2205</v>
       </c>
       <c r="D947">
         <v>1</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" t="s" s="2">
+        <v>2206</v>
+      </c>
+      <c r="B948" t="s">
         <v>2207</v>
       </c>
-      <c r="B948" t="s">
+      <c r="C948" t="s" s="2">
         <v>2208</v>
       </c>
-      <c r="C948" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D948">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" t="s" s="2">
+        <v>2209</v>
+      </c>
+      <c r="B949" t="s">
+        <v>2210</v>
+      </c>
+      <c r="C949" t="s" s="2">
         <v>2211</v>
       </c>
-      <c r="B949" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D949">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" t="s" s="2">
+        <v>2212</v>
+      </c>
+      <c r="B950" t="s">
+        <v>2213</v>
+      </c>
+      <c r="C950" t="s" s="2">
         <v>2214</v>
-      </c>
-[...4 lines deleted...]
-        <v>2216</v>
       </c>
       <c r="D950">
         <v>1</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" t="s" s="2">
-        <v>2217</v>
+        <v>2212</v>
       </c>
       <c r="B951" t="s">
-        <v>2218</v>
+        <v>2213</v>
       </c>
       <c r="C951" t="s" s="2">
-        <v>2219</v>
+        <v>2215</v>
       </c>
       <c r="D951">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" t="s" s="2">
-        <v>2220</v>
+        <v>2216</v>
       </c>
       <c r="B952" t="s">
-        <v>2221</v>
+        <v>2217</v>
       </c>
       <c r="C952" t="s" s="2">
-        <v>2222</v>
+        <v>2218</v>
       </c>
       <c r="D952">
         <v>1</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" t="s" s="2">
-        <v>2223</v>
+        <v>2219</v>
       </c>
       <c r="B953" t="s">
-        <v>2224</v>
+        <v>2220</v>
       </c>
       <c r="C953" t="s" s="2">
-        <v>2225</v>
+        <v>2221</v>
       </c>
       <c r="D953">
         <v>1</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" t="s" s="2">
-        <v>2226</v>
+        <v>2222</v>
       </c>
       <c r="B954" t="s">
-        <v>2227</v>
+        <v>2223</v>
       </c>
       <c r="C954" t="s" s="2">
-        <v>2228</v>
+        <v>2224</v>
       </c>
       <c r="D954">
         <v>1</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" t="s" s="2">
-        <v>2229</v>
+        <v>2225</v>
       </c>
       <c r="B955" t="s">
-        <v>2230</v>
+        <v>2226</v>
       </c>
       <c r="C955" t="s" s="2">
-        <v>2231</v>
+        <v>2227</v>
       </c>
       <c r="D955">
         <v>1</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" t="s" s="2">
-        <v>2232</v>
+        <v>2228</v>
       </c>
       <c r="B956" t="s">
-        <v>2233</v>
+        <v>2229</v>
       </c>
       <c r="C956" t="s" s="2">
-        <v>2234</v>
+        <v>2230</v>
       </c>
       <c r="D956">
         <v>1</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" t="s" s="2">
-        <v>2235</v>
+        <v>2231</v>
       </c>
       <c r="B957" t="s">
-        <v>2236</v>
+        <v>2232</v>
       </c>
       <c r="C957" t="s" s="2">
-        <v>2237</v>
+        <v>2233</v>
       </c>
       <c r="D957">
         <v>1</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" t="s" s="2">
-        <v>2238</v>
+        <v>2234</v>
       </c>
       <c r="B958" t="s">
-        <v>2239</v>
+        <v>2235</v>
       </c>
       <c r="C958" t="s" s="2">
-        <v>2240</v>
+        <v>2236</v>
       </c>
       <c r="D958">
         <v>1</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" t="s" s="2">
-        <v>2241</v>
+        <v>2237</v>
       </c>
       <c r="B959" t="s">
-        <v>2242</v>
+        <v>2238</v>
       </c>
       <c r="C959" t="s" s="2">
-        <v>2243</v>
+        <v>2239</v>
       </c>
       <c r="D959">
         <v>1</v>
       </c>
     </row>
     <row r="960">
       <c r="A960" t="s" s="2">
-        <v>2244</v>
+        <v>2240</v>
       </c>
       <c r="B960" t="s">
-        <v>2245</v>
+        <v>2241</v>
       </c>
       <c r="C960" t="s" s="2">
-        <v>2246</v>
+        <v>2242</v>
       </c>
       <c r="D960">
         <v>1</v>
       </c>
     </row>
     <row r="961">
       <c r="A961" t="s" s="2">
-        <v>2247</v>
+        <v>2243</v>
       </c>
       <c r="B961" t="s">
-        <v>2248</v>
+        <v>2244</v>
       </c>
       <c r="C961" t="s" s="2">
-        <v>2249</v>
+        <v>2245</v>
       </c>
       <c r="D961">
         <v>1</v>
       </c>
     </row>
     <row r="962">
       <c r="A962" t="s" s="2">
-        <v>2250</v>
+        <v>2246</v>
       </c>
       <c r="B962" t="s">
-        <v>2251</v>
+        <v>2247</v>
       </c>
       <c r="C962" t="s" s="2">
-        <v>2252</v>
+        <v>2248</v>
       </c>
       <c r="D962">
         <v>1</v>
       </c>
     </row>
     <row r="963">
       <c r="A963" t="s" s="2">
-        <v>2253</v>
+        <v>2249</v>
       </c>
       <c r="B963" t="s">
-        <v>2254</v>
+        <v>2250</v>
       </c>
       <c r="C963" t="s" s="2">
-        <v>2255</v>
+        <v>2251</v>
       </c>
       <c r="D963">
         <v>1</v>
       </c>
     </row>
     <row r="964">
       <c r="A964" t="s" s="2">
-        <v>2256</v>
+        <v>2252</v>
       </c>
       <c r="B964" t="s">
-        <v>2257</v>
+        <v>2253</v>
       </c>
       <c r="C964" t="s" s="2">
-        <v>2258</v>
+        <v>2254</v>
       </c>
       <c r="D964">
         <v>1</v>
       </c>
     </row>
     <row r="965">
       <c r="A965" t="s" s="2">
-        <v>2259</v>
+        <v>2255</v>
       </c>
       <c r="B965" t="s">
-        <v>2260</v>
+        <v>2256</v>
       </c>
       <c r="C965" t="s" s="2">
-        <v>2261</v>
+        <v>2257</v>
       </c>
       <c r="D965">
         <v>1</v>
       </c>
     </row>
     <row r="966">
       <c r="A966" t="s" s="2">
-        <v>2262</v>
+        <v>2258</v>
       </c>
       <c r="B966" t="s">
-        <v>2263</v>
+        <v>2259</v>
       </c>
       <c r="C966" t="s" s="2">
-        <v>2264</v>
+        <v>2260</v>
       </c>
       <c r="D966">
         <v>1</v>
       </c>
     </row>
     <row r="967">
       <c r="A967" t="s" s="2">
-        <v>2265</v>
+        <v>2261</v>
       </c>
       <c r="B967" t="s">
-        <v>2266</v>
+        <v>2262</v>
       </c>
       <c r="C967" t="s" s="2">
-        <v>2267</v>
+        <v>2263</v>
       </c>
       <c r="D967">
         <v>1</v>
       </c>
     </row>
     <row r="968">
       <c r="A968" t="s" s="2">
-        <v>2268</v>
+        <v>2264</v>
       </c>
       <c r="B968" t="s">
-        <v>2269</v>
+        <v>2265</v>
       </c>
       <c r="C968" t="s" s="2">
-        <v>2270</v>
+        <v>2266</v>
       </c>
       <c r="D968">
         <v>1</v>
       </c>
     </row>
     <row r="969">
       <c r="A969" t="s" s="2">
-        <v>2271</v>
+        <v>2267</v>
       </c>
       <c r="B969" t="s">
-        <v>2272</v>
+        <v>2268</v>
       </c>
       <c r="C969" t="s" s="2">
-        <v>2273</v>
+        <v>2269</v>
       </c>
       <c r="D969">
         <v>1</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" t="s" s="2">
-        <v>2274</v>
+        <v>2270</v>
       </c>
       <c r="B970" t="s">
-        <v>2275</v>
+        <v>2271</v>
       </c>
       <c r="C970" t="s" s="2">
-        <v>2276</v>
+        <v>2272</v>
       </c>
       <c r="D970">
         <v>1</v>
       </c>
     </row>
     <row r="971">
       <c r="A971" t="s" s="2">
-        <v>2277</v>
+        <v>2273</v>
       </c>
       <c r="B971" t="s">
-        <v>2278</v>
+        <v>2274</v>
       </c>
       <c r="C971" t="s" s="2">
-        <v>2279</v>
+        <v>2275</v>
       </c>
       <c r="D971">
         <v>1</v>
       </c>
     </row>
     <row r="972">
       <c r="A972" t="s" s="2">
-        <v>2280</v>
+        <v>2276</v>
       </c>
       <c r="B972" t="s">
-        <v>2281</v>
+        <v>2277</v>
       </c>
       <c r="C972" t="s" s="2">
-        <v>2282</v>
+        <v>2278</v>
       </c>
       <c r="D972">
         <v>1</v>
       </c>
     </row>
     <row r="973">
       <c r="A973" t="s" s="2">
-        <v>2283</v>
+        <v>2279</v>
       </c>
       <c r="B973" t="s">
-        <v>2284</v>
+        <v>2280</v>
       </c>
       <c r="C973" t="s" s="2">
-        <v>2285</v>
+        <v>2281</v>
       </c>
       <c r="D973">
         <v>1</v>
       </c>
     </row>
     <row r="974">
       <c r="A974" t="s" s="2">
-        <v>2286</v>
+        <v>2282</v>
       </c>
       <c r="B974" t="s">
-        <v>2287</v>
+        <v>2283</v>
       </c>
       <c r="C974" t="s" s="2">
-        <v>2288</v>
+        <v>2284</v>
       </c>
       <c r="D974">
         <v>1</v>
       </c>
     </row>
     <row r="975">
       <c r="A975" t="s" s="2">
-        <v>2289</v>
+        <v>2285</v>
       </c>
       <c r="B975" t="s">
-        <v>2290</v>
+        <v>2286</v>
       </c>
       <c r="C975" t="s" s="2">
-        <v>2291</v>
+        <v>2287</v>
       </c>
       <c r="D975">
         <v>1</v>
       </c>
     </row>
     <row r="976">
       <c r="A976" t="s" s="2">
-        <v>2292</v>
+        <v>2288</v>
       </c>
       <c r="B976" t="s">
-        <v>2293</v>
+        <v>2289</v>
       </c>
       <c r="C976" t="s" s="2">
-        <v>2294</v>
+        <v>2290</v>
       </c>
       <c r="D976">
         <v>1</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" t="s" s="2">
-        <v>2295</v>
+        <v>2291</v>
       </c>
       <c r="B977" t="s">
-        <v>2296</v>
+        <v>2292</v>
       </c>
       <c r="C977" t="s" s="2">
-        <v>2297</v>
+        <v>2293</v>
       </c>
       <c r="D977">
         <v>1</v>
       </c>
     </row>
     <row r="978">
       <c r="A978" t="s" s="2">
-        <v>2298</v>
+        <v>2294</v>
       </c>
       <c r="B978" t="s">
-        <v>2299</v>
+        <v>2295</v>
       </c>
       <c r="C978" t="s" s="2">
-        <v>2300</v>
+        <v>2296</v>
       </c>
       <c r="D978">
         <v>1</v>
       </c>
     </row>
     <row r="979">
       <c r="A979" t="s" s="2">
-        <v>2301</v>
+        <v>2297</v>
       </c>
       <c r="B979" t="s">
-        <v>2302</v>
+        <v>2298</v>
       </c>
       <c r="C979" t="s" s="2">
-        <v>2303</v>
+        <v>2299</v>
       </c>
       <c r="D979">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="980">
       <c r="A980" t="s" s="2">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="B980" t="s">
-        <v>2305</v>
+        <v>2301</v>
       </c>
       <c r="C980" t="s" s="2">
-        <v>2306</v>
+        <v>2302</v>
       </c>
       <c r="D980">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="981">
       <c r="A981" t="s" s="2">
-        <v>2307</v>
+        <v>2303</v>
       </c>
       <c r="B981" t="s">
-        <v>2308</v>
+        <v>2304</v>
       </c>
       <c r="C981" t="s" s="2">
-        <v>2309</v>
+        <v>2305</v>
       </c>
       <c r="D981">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="982">
       <c r="A982" t="s" s="2">
-        <v>2310</v>
+        <v>2306</v>
       </c>
       <c r="B982" t="s">
-        <v>2311</v>
+        <v>2307</v>
       </c>
       <c r="C982" t="s" s="2">
-        <v>2312</v>
+        <v>2308</v>
       </c>
       <c r="D982">
         <v>10</v>
       </c>
     </row>
     <row r="983">
       <c r="A983" t="s" s="2">
-        <v>2313</v>
+        <v>2309</v>
       </c>
       <c r="B983" t="s">
-        <v>2314</v>
+        <v>2310</v>
       </c>
       <c r="C983" t="s" s="2">
-        <v>2315</v>
+        <v>2311</v>
       </c>
       <c r="D983">
         <v>10</v>
       </c>
     </row>
     <row r="984">
       <c r="A984" t="s" s="2">
-        <v>2316</v>
+        <v>2312</v>
       </c>
       <c r="B984" t="s">
-        <v>2317</v>
+        <v>2313</v>
       </c>
       <c r="C984" t="s" s="2">
-        <v>2318</v>
+        <v>2314</v>
       </c>
       <c r="D984">
         <v>10</v>
       </c>
     </row>
     <row r="985">
       <c r="A985" t="s" s="2">
-        <v>2319</v>
+        <v>2315</v>
       </c>
       <c r="B985" t="s">
-        <v>2320</v>
+        <v>2316</v>
       </c>
       <c r="C985" t="s" s="2">
-        <v>2321</v>
+        <v>2317</v>
       </c>
       <c r="D985">
         <v>10</v>
       </c>
     </row>
     <row r="986">
       <c r="A986" t="s" s="2">
-        <v>2322</v>
+        <v>2318</v>
       </c>
       <c r="B986" t="s">
-        <v>2323</v>
+        <v>2319</v>
       </c>
       <c r="C986" t="s" s="2">
-        <v>2324</v>
+        <v>2320</v>
       </c>
       <c r="D986">
         <v>10</v>
       </c>
     </row>
     <row r="987">
       <c r="A987" t="s" s="2">
-        <v>2325</v>
+        <v>2321</v>
       </c>
       <c r="B987" t="s">
-        <v>2326</v>
+        <v>2322</v>
       </c>
       <c r="C987" t="s" s="2">
-        <v>2327</v>
+        <v>2323</v>
       </c>
       <c r="D987">
         <v>10</v>
       </c>
     </row>
     <row r="988">
       <c r="A988" t="s" s="2">
-        <v>2328</v>
+        <v>2324</v>
       </c>
       <c r="B988" t="s">
-        <v>2329</v>
+        <v>2325</v>
       </c>
       <c r="C988" t="s" s="2">
-        <v>2330</v>
+        <v>2326</v>
       </c>
       <c r="D988">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="989">
       <c r="A989" t="s" s="2">
-        <v>2331</v>
+        <v>2327</v>
       </c>
       <c r="B989" t="s">
-        <v>2332</v>
+        <v>2328</v>
       </c>
       <c r="C989" t="s" s="2">
-        <v>2333</v>
+        <v>2329</v>
       </c>
       <c r="D989">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="990">
       <c r="A990" t="s" s="2">
-        <v>2334</v>
+        <v>2330</v>
       </c>
       <c r="B990" t="s">
-        <v>2335</v>
+        <v>2331</v>
       </c>
       <c r="C990" t="s" s="2">
-        <v>2336</v>
+        <v>2332</v>
       </c>
       <c r="D990">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="991">
       <c r="A991" t="s" s="2">
-        <v>2337</v>
+        <v>2333</v>
       </c>
       <c r="B991" t="s">
-        <v>2338</v>
+        <v>2334</v>
       </c>
       <c r="C991" t="s" s="2">
-        <v>2339</v>
+        <v>2335</v>
       </c>
       <c r="D991">
         <v>1</v>
       </c>
     </row>
     <row r="992">
       <c r="A992" t="s" s="2">
-        <v>2340</v>
+        <v>2336</v>
       </c>
       <c r="B992" t="s">
-        <v>2341</v>
+        <v>2337</v>
       </c>
       <c r="C992" t="s" s="2">
-        <v>2342</v>
+        <v>2338</v>
       </c>
       <c r="D992">
         <v>1</v>
       </c>
     </row>
     <row r="993">
       <c r="A993" t="s" s="2">
-        <v>2343</v>
+        <v>2339</v>
       </c>
       <c r="B993" t="s">
-        <v>2344</v>
+        <v>2340</v>
       </c>
       <c r="C993" t="s" s="2">
-        <v>2345</v>
+        <v>2341</v>
       </c>
       <c r="D993">
         <v>1</v>
       </c>
     </row>
     <row r="994">
       <c r="A994" t="s" s="2">
-        <v>2346</v>
+        <v>2342</v>
       </c>
       <c r="B994" t="s">
-        <v>2347</v>
+        <v>2343</v>
       </c>
       <c r="C994" t="s" s="2">
-        <v>2348</v>
+        <v>2344</v>
       </c>
       <c r="D994">
         <v>1</v>
       </c>
     </row>
     <row r="995">
       <c r="A995" t="s" s="2">
-        <v>2349</v>
+        <v>2345</v>
       </c>
       <c r="B995" t="s">
-        <v>2350</v>
+        <v>2346</v>
       </c>
       <c r="C995" t="s" s="2">
-        <v>2351</v>
+        <v>2347</v>
       </c>
       <c r="D995">
         <v>1</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" t="s" s="2">
-        <v>2352</v>
+        <v>2348</v>
       </c>
       <c r="B996" t="s">
-        <v>2353</v>
+        <v>2349</v>
       </c>
       <c r="C996" t="s" s="2">
-        <v>2354</v>
+        <v>2350</v>
       </c>
       <c r="D996">
         <v>1</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" t="s" s="2">
-        <v>2355</v>
+        <v>2351</v>
       </c>
       <c r="B997" t="s">
-        <v>2356</v>
+        <v>2352</v>
       </c>
       <c r="C997" t="s" s="2">
-        <v>2357</v>
+        <v>2353</v>
       </c>
       <c r="D997">
         <v>1</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" t="s" s="2">
-        <v>2358</v>
+        <v>2354</v>
       </c>
       <c r="B998" t="s">
-        <v>2359</v>
+        <v>2355</v>
       </c>
       <c r="C998" t="s" s="2">
-        <v>2360</v>
+        <v>2356</v>
       </c>
       <c r="D998">
         <v>1</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" t="s" s="2">
-        <v>2361</v>
+        <v>2357</v>
       </c>
       <c r="B999" t="s">
-        <v>2362</v>
+        <v>2358</v>
       </c>
       <c r="C999" t="s" s="2">
-        <v>2363</v>
+        <v>2359</v>
       </c>
       <c r="D999">
         <v>1</v>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" t="s" s="2">
-        <v>2364</v>
+        <v>2360</v>
       </c>
       <c r="B1000" t="s">
-        <v>2365</v>
+        <v>2361</v>
       </c>
       <c r="C1000" t="s" s="2">
-        <v>2366</v>
+        <v>2362</v>
       </c>
       <c r="D1000">
         <v>1</v>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" t="s" s="2">
-        <v>2367</v>
+        <v>2363</v>
       </c>
       <c r="B1001" t="s">
-        <v>2368</v>
+        <v>2364</v>
       </c>
       <c r="C1001" t="s" s="2">
-        <v>2369</v>
+        <v>2365</v>
       </c>
       <c r="D1001">
         <v>1</v>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" t="s" s="2">
-        <v>2370</v>
+        <v>2366</v>
       </c>
       <c r="B1002" t="s">
-        <v>2371</v>
+        <v>2367</v>
       </c>
       <c r="C1002" t="s" s="2">
-        <v>2372</v>
+        <v>2368</v>
       </c>
       <c r="D1002">
         <v>1</v>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" t="s" s="2">
-        <v>2373</v>
+        <v>2369</v>
       </c>
       <c r="B1003" t="s">
-        <v>2374</v>
+        <v>2370</v>
       </c>
       <c r="C1003" t="s" s="2">
-        <v>2375</v>
+        <v>2371</v>
       </c>
       <c r="D1003">
         <v>1</v>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" t="s" s="2">
-        <v>2376</v>
+        <v>2372</v>
       </c>
       <c r="B1004" t="s">
-        <v>2377</v>
+        <v>2373</v>
       </c>
       <c r="C1004" t="s" s="2">
-        <v>2378</v>
+        <v>2374</v>
       </c>
       <c r="D1004">
         <v>1</v>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" t="s" s="2">
-        <v>2379</v>
+        <v>2375</v>
       </c>
       <c r="B1005" t="s">
-        <v>2380</v>
+        <v>2376</v>
       </c>
       <c r="C1005" t="s" s="2">
-        <v>2381</v>
+        <v>2377</v>
       </c>
       <c r="D1005">
         <v>1</v>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" t="s" s="2">
-        <v>2382</v>
+        <v>2378</v>
       </c>
       <c r="B1006" t="s">
-        <v>2383</v>
+        <v>2379</v>
       </c>
       <c r="C1006" t="s" s="2">
-        <v>2384</v>
+        <v>2380</v>
       </c>
       <c r="D1006">
         <v>1</v>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" t="s" s="2">
-        <v>2385</v>
+        <v>2381</v>
       </c>
       <c r="B1007" t="s">
-        <v>2386</v>
+        <v>2382</v>
       </c>
       <c r="C1007" t="s" s="2">
-        <v>2387</v>
+        <v>2383</v>
       </c>
       <c r="D1007">
         <v>1</v>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" t="s" s="2">
-        <v>2388</v>
+        <v>2384</v>
       </c>
       <c r="B1008" t="s">
-        <v>2389</v>
+        <v>2385</v>
       </c>
       <c r="C1008" t="s" s="2">
-        <v>2390</v>
+        <v>2386</v>
       </c>
       <c r="D1008">
         <v>1</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" t="s" s="2">
-        <v>2391</v>
+        <v>2387</v>
       </c>
       <c r="B1009" t="s">
-        <v>2392</v>
+        <v>2388</v>
       </c>
       <c r="C1009" t="s" s="2">
-        <v>2393</v>
+        <v>2389</v>
       </c>
       <c r="D1009">
         <v>1</v>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" t="s" s="2">
-        <v>2394</v>
+        <v>2390</v>
       </c>
       <c r="B1010" t="s">
-        <v>2395</v>
+        <v>2391</v>
       </c>
       <c r="C1010" t="s" s="2">
-        <v>2396</v>
+        <v>2392</v>
       </c>
       <c r="D1010">
         <v>1</v>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" t="s" s="2">
-        <v>2397</v>
+        <v>2393</v>
       </c>
       <c r="B1011" t="s">
-        <v>2398</v>
+        <v>2394</v>
       </c>
       <c r="C1011" t="s" s="2">
-        <v>2399</v>
+        <v>2395</v>
       </c>
       <c r="D1011">
         <v>1</v>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" t="s" s="2">
-        <v>2400</v>
+        <v>2396</v>
       </c>
       <c r="B1012" t="s">
-        <v>2401</v>
+        <v>2397</v>
       </c>
       <c r="C1012" t="s" s="2">
-        <v>2402</v>
+        <v>2398</v>
       </c>
       <c r="D1012">
         <v>1</v>
       </c>
     </row>
     <row r="1013">
       <c r="A1013" t="s" s="2">
-        <v>2403</v>
+        <v>2399</v>
       </c>
       <c r="B1013" t="s">
-        <v>2404</v>
+        <v>2400</v>
       </c>
       <c r="C1013" t="s" s="2">
-        <v>2405</v>
+        <v>2401</v>
       </c>
       <c r="D1013">
         <v>1</v>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" t="s" s="2">
-        <v>2406</v>
+        <v>2402</v>
       </c>
       <c r="B1014" t="s">
-        <v>2407</v>
+        <v>2403</v>
       </c>
       <c r="C1014" t="s" s="2">
-        <v>2408</v>
+        <v>2404</v>
       </c>
       <c r="D1014">
         <v>1</v>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" t="s" s="2">
-        <v>2409</v>
+        <v>2405</v>
       </c>
       <c r="B1015" t="s">
-        <v>2410</v>
+        <v>2406</v>
       </c>
       <c r="C1015" t="s" s="2">
-        <v>2411</v>
+        <v>2407</v>
       </c>
       <c r="D1015">
         <v>1</v>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" t="s" s="2">
-        <v>2412</v>
+        <v>2408</v>
       </c>
       <c r="B1016" t="s">
-        <v>2413</v>
+        <v>2409</v>
       </c>
       <c r="C1016" t="s" s="2">
-        <v>2414</v>
+        <v>2410</v>
       </c>
       <c r="D1016">
         <v>1</v>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" t="s" s="2">
-        <v>2415</v>
+        <v>2411</v>
       </c>
       <c r="B1017" t="s">
-        <v>2416</v>
+        <v>2412</v>
       </c>
       <c r="C1017" t="s" s="2">
-        <v>2417</v>
+        <v>2413</v>
       </c>
       <c r="D1017">
         <v>1</v>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" t="s" s="2">
-        <v>2418</v>
+        <v>2414</v>
       </c>
       <c r="B1018" t="s">
-        <v>2419</v>
+        <v>2415</v>
       </c>
       <c r="C1018" t="s" s="2">
-        <v>2420</v>
+        <v>2416</v>
       </c>
       <c r="D1018">
         <v>1</v>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" t="s" s="2">
-        <v>2421</v>
+        <v>2417</v>
       </c>
       <c r="B1019" t="s">
-        <v>2422</v>
+        <v>2418</v>
       </c>
       <c r="C1019" t="s" s="2">
-        <v>2423</v>
+        <v>2419</v>
       </c>
       <c r="D1019">
         <v>1</v>
       </c>
     </row>
     <row r="1020">
       <c r="A1020" t="s" s="2">
-        <v>2424</v>
+        <v>2420</v>
       </c>
       <c r="B1020" t="s">
-        <v>2425</v>
+        <v>2421</v>
       </c>
       <c r="C1020" t="s" s="2">
-        <v>2426</v>
+        <v>2422</v>
       </c>
       <c r="D1020">
         <v>1</v>
       </c>
     </row>
     <row r="1021">
       <c r="A1021" t="s" s="2">
-        <v>2427</v>
+        <v>2423</v>
       </c>
       <c r="B1021" t="s">
-        <v>2428</v>
+        <v>2424</v>
       </c>
       <c r="C1021" t="s" s="2">
-        <v>2429</v>
+        <v>2425</v>
       </c>
       <c r="D1021">
         <v>1</v>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" t="s" s="2">
-        <v>2430</v>
+        <v>2426</v>
       </c>
       <c r="B1022" t="s">
-        <v>2431</v>
+        <v>2427</v>
       </c>
       <c r="C1022" t="s" s="2">
-        <v>2432</v>
+        <v>2428</v>
       </c>
       <c r="D1022">
         <v>1</v>
       </c>
     </row>
     <row r="1023">
       <c r="A1023" t="s" s="2">
-        <v>2433</v>
+        <v>2429</v>
       </c>
       <c r="B1023" t="s">
-        <v>2434</v>
+        <v>2430</v>
       </c>
       <c r="C1023" t="s" s="2">
-        <v>2435</v>
+        <v>2431</v>
       </c>
       <c r="D1023">
         <v>1</v>
       </c>
     </row>
     <row r="1024">
       <c r="A1024" t="s" s="2">
-        <v>2436</v>
+        <v>2432</v>
       </c>
       <c r="B1024" t="s">
-        <v>2437</v>
+        <v>2433</v>
       </c>
       <c r="C1024" t="s" s="2">
-        <v>2438</v>
+        <v>2434</v>
       </c>
       <c r="D1024">
         <v>1</v>
       </c>
     </row>
     <row r="1025">
       <c r="A1025" t="s" s="2">
-        <v>2439</v>
+        <v>2435</v>
       </c>
       <c r="B1025" t="s">
-        <v>2440</v>
+        <v>2436</v>
       </c>
       <c r="C1025" t="s" s="2">
-        <v>2441</v>
+        <v>2437</v>
       </c>
       <c r="D1025">
         <v>1</v>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" t="s" s="2">
-        <v>2442</v>
+        <v>2438</v>
       </c>
       <c r="B1026" t="s">
-        <v>2443</v>
+        <v>2439</v>
       </c>
       <c r="C1026" t="s" s="2">
-        <v>2444</v>
+        <v>2440</v>
       </c>
       <c r="D1026">
         <v>1</v>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" t="s" s="2">
-        <v>2445</v>
+        <v>2441</v>
       </c>
       <c r="B1027" t="s">
-        <v>2446</v>
+        <v>2442</v>
       </c>
       <c r="C1027" t="s" s="2">
-        <v>2447</v>
+        <v>2443</v>
       </c>
       <c r="D1027">
         <v>1</v>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" t="s" s="2">
-        <v>2448</v>
+        <v>2444</v>
       </c>
       <c r="B1028" t="s">
-        <v>2449</v>
+        <v>2445</v>
       </c>
       <c r="C1028" t="s" s="2">
-        <v>2450</v>
+        <v>2446</v>
       </c>
       <c r="D1028">
         <v>1</v>
       </c>
     </row>
     <row r="1029">
       <c r="A1029" t="s" s="2">
-        <v>2451</v>
+        <v>2447</v>
       </c>
       <c r="B1029" t="s">
-        <v>2452</v>
+        <v>2448</v>
       </c>
       <c r="C1029" t="s" s="2">
-        <v>2453</v>
+        <v>2449</v>
       </c>
       <c r="D1029">
         <v>1</v>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" t="s" s="2">
-        <v>2454</v>
+        <v>2450</v>
       </c>
       <c r="B1030" t="s">
-        <v>2455</v>
+        <v>2451</v>
       </c>
       <c r="C1030" t="s" s="2">
-        <v>2456</v>
+        <v>2452</v>
       </c>
       <c r="D1030">
         <v>1</v>
       </c>
     </row>
     <row r="1031">
       <c r="A1031" t="s" s="2">
-        <v>2457</v>
+        <v>2453</v>
       </c>
       <c r="B1031" t="s">
-        <v>2458</v>
+        <v>2454</v>
       </c>
       <c r="C1031" t="s" s="2">
-        <v>2459</v>
+        <v>2455</v>
       </c>
       <c r="D1031">
         <v>1</v>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" t="s" s="2">
-        <v>2460</v>
+        <v>2456</v>
       </c>
       <c r="B1032" t="s">
-        <v>2461</v>
+        <v>2457</v>
       </c>
       <c r="C1032" t="s" s="2">
-        <v>2462</v>
+        <v>2458</v>
       </c>
       <c r="D1032">
         <v>1</v>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" t="s" s="2">
-        <v>2463</v>
+        <v>2459</v>
       </c>
       <c r="B1033" t="s">
-        <v>2464</v>
+        <v>2460</v>
       </c>
       <c r="C1033" t="s" s="2">
-        <v>2465</v>
+        <v>2461</v>
       </c>
       <c r="D1033">
         <v>1</v>
       </c>
     </row>
     <row r="1034">
       <c r="A1034" t="s" s="2">
-        <v>2466</v>
+        <v>2462</v>
       </c>
       <c r="B1034" t="s">
-        <v>2467</v>
+        <v>2463</v>
       </c>
       <c r="C1034" t="s" s="2">
-        <v>2468</v>
+        <v>2464</v>
       </c>
       <c r="D1034">
         <v>1</v>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" t="s" s="2">
-        <v>2469</v>
+        <v>2465</v>
       </c>
       <c r="B1035" t="s">
-        <v>2470</v>
+        <v>2466</v>
       </c>
       <c r="C1035" t="s" s="2">
-        <v>2471</v>
+        <v>2467</v>
       </c>
       <c r="D1035">
         <v>1</v>
       </c>
     </row>
     <row r="1036">
       <c r="A1036" t="s" s="2">
-        <v>2472</v>
+        <v>2468</v>
       </c>
       <c r="B1036" t="s">
-        <v>2473</v>
+        <v>2469</v>
       </c>
       <c r="C1036" t="s" s="2">
-        <v>2474</v>
+        <v>2470</v>
       </c>
       <c r="D1036">
         <v>1</v>
       </c>
     </row>
     <row r="1037">
       <c r="A1037" t="s" s="2">
-        <v>2475</v>
+        <v>2471</v>
       </c>
       <c r="B1037" t="s">
-        <v>2476</v>
+        <v>2472</v>
       </c>
       <c r="C1037" t="s" s="2">
-        <v>2477</v>
+        <v>2473</v>
       </c>
       <c r="D1037">
         <v>1</v>
       </c>
     </row>
     <row r="1038">
       <c r="A1038" t="s" s="2">
-        <v>2478</v>
+        <v>2474</v>
       </c>
       <c r="B1038" t="s">
-        <v>2479</v>
+        <v>2475</v>
       </c>
       <c r="C1038" t="s" s="2">
-        <v>2480</v>
+        <v>2476</v>
       </c>
       <c r="D1038">
         <v>1</v>
       </c>
     </row>
     <row r="1039">
       <c r="A1039" t="s" s="2">
-        <v>2481</v>
+        <v>2477</v>
       </c>
       <c r="B1039" t="s">
-        <v>2482</v>
+        <v>2478</v>
       </c>
       <c r="C1039" t="s" s="2">
-        <v>2483</v>
+        <v>2479</v>
       </c>
       <c r="D1039">
         <v>1</v>
       </c>
     </row>
     <row r="1040">
       <c r="A1040" t="s" s="2">
-        <v>2484</v>
+        <v>2480</v>
       </c>
       <c r="B1040" t="s">
-        <v>2485</v>
+        <v>2481</v>
       </c>
       <c r="C1040" t="s" s="2">
-        <v>2486</v>
+        <v>2482</v>
       </c>
       <c r="D1040">
         <v>1</v>
       </c>
     </row>
     <row r="1041">
       <c r="A1041" t="s" s="2">
-        <v>2487</v>
+        <v>2483</v>
       </c>
       <c r="B1041" t="s">
-        <v>2488</v>
+        <v>2484</v>
       </c>
       <c r="C1041" t="s" s="2">
-        <v>2489</v>
+        <v>2485</v>
       </c>
       <c r="D1041">
         <v>1</v>
       </c>
     </row>
     <row r="1042">
       <c r="A1042" t="s" s="2">
-        <v>2490</v>
+        <v>2486</v>
       </c>
       <c r="B1042" t="s">
-        <v>2491</v>
+        <v>2487</v>
       </c>
       <c r="C1042" t="s" s="2">
-        <v>2492</v>
+        <v>2488</v>
       </c>
       <c r="D1042">
         <v>1</v>
       </c>
     </row>
     <row r="1043">
       <c r="A1043" t="s" s="2">
-        <v>2493</v>
+        <v>2489</v>
       </c>
       <c r="B1043" t="s">
-        <v>2494</v>
+        <v>2490</v>
       </c>
       <c r="C1043" t="s" s="2">
-        <v>2495</v>
+        <v>2491</v>
       </c>
       <c r="D1043">
         <v>1</v>
       </c>
     </row>
     <row r="1044">
       <c r="A1044" t="s" s="2">
-        <v>2496</v>
+        <v>2492</v>
       </c>
       <c r="B1044" t="s">
-        <v>2497</v>
+        <v>2493</v>
       </c>
       <c r="C1044" t="s" s="2">
-        <v>2498</v>
+        <v>2494</v>
       </c>
       <c r="D1044">
         <v>1</v>
       </c>
     </row>
     <row r="1045">
       <c r="A1045" t="s" s="2">
-        <v>2499</v>
+        <v>2495</v>
       </c>
       <c r="B1045" t="s">
-        <v>2500</v>
+        <v>2496</v>
       </c>
       <c r="C1045" t="s" s="2">
-        <v>2501</v>
+        <v>2497</v>
       </c>
       <c r="D1045">
         <v>1</v>
       </c>
     </row>
     <row r="1046">
       <c r="A1046" t="s" s="2">
-        <v>2502</v>
+        <v>2498</v>
       </c>
       <c r="B1046" t="s">
-        <v>2503</v>
+        <v>2499</v>
       </c>
       <c r="C1046" t="s" s="2">
-        <v>2504</v>
+        <v>2500</v>
       </c>
       <c r="D1046">
         <v>1</v>
       </c>
     </row>
     <row r="1047">
       <c r="A1047" t="s" s="2">
-        <v>2505</v>
+        <v>2501</v>
       </c>
       <c r="B1047" t="s">
-        <v>2506</v>
+        <v>2502</v>
       </c>
       <c r="C1047" t="s" s="2">
-        <v>2507</v>
+        <v>2503</v>
       </c>
       <c r="D1047">
         <v>1</v>
       </c>
     </row>
     <row r="1048">
       <c r="A1048" t="s" s="2">
-        <v>2508</v>
+        <v>2504</v>
       </c>
       <c r="B1048" t="s">
-        <v>2509</v>
+        <v>2505</v>
       </c>
       <c r="C1048" t="s" s="2">
-        <v>2510</v>
+        <v>2506</v>
       </c>
       <c r="D1048">
         <v>1</v>
       </c>
     </row>
     <row r="1049">
       <c r="A1049" t="s" s="2">
-        <v>2511</v>
+        <v>2507</v>
       </c>
       <c r="B1049" t="s">
-        <v>2512</v>
+        <v>2508</v>
       </c>
       <c r="C1049" t="s" s="2">
-        <v>2513</v>
+        <v>2509</v>
       </c>
       <c r="D1049">
         <v>1</v>
       </c>
     </row>
     <row r="1050">
       <c r="A1050" t="s" s="2">
-        <v>2514</v>
+        <v>2510</v>
       </c>
       <c r="B1050" t="s">
-        <v>2515</v>
+        <v>2511</v>
       </c>
       <c r="C1050" t="s" s="2">
-        <v>2516</v>
+        <v>2512</v>
       </c>
       <c r="D1050">
         <v>1</v>
       </c>
     </row>
     <row r="1051">
       <c r="A1051" t="s" s="2">
-        <v>2517</v>
+        <v>2513</v>
       </c>
       <c r="B1051" t="s">
-        <v>2518</v>
+        <v>2514</v>
       </c>
       <c r="C1051" t="s" s="2">
-        <v>2519</v>
+        <v>2515</v>
       </c>
       <c r="D1051">
         <v>1</v>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" t="s" s="2">
-        <v>2520</v>
+        <v>2516</v>
       </c>
       <c r="B1052" t="s">
-        <v>2521</v>
+        <v>2517</v>
       </c>
       <c r="C1052" t="s" s="2">
-        <v>2522</v>
+        <v>2518</v>
       </c>
       <c r="D1052">
         <v>1</v>
       </c>
     </row>
     <row r="1053">
       <c r="A1053" t="s" s="2">
-        <v>2523</v>
+        <v>2519</v>
       </c>
       <c r="B1053" t="s">
-        <v>2524</v>
+        <v>2520</v>
       </c>
       <c r="C1053" t="s" s="2">
-        <v>2525</v>
+        <v>2521</v>
       </c>
       <c r="D1053">
         <v>1</v>
       </c>
     </row>
     <row r="1054">
       <c r="A1054" t="s" s="2">
-        <v>2526</v>
+        <v>2522</v>
       </c>
       <c r="B1054" t="s">
-        <v>2527</v>
+        <v>2523</v>
       </c>
       <c r="C1054" t="s" s="2">
-        <v>2528</v>
+        <v>2524</v>
       </c>
       <c r="D1054">
         <v>1</v>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" t="s" s="2">
-        <v>2529</v>
+        <v>2525</v>
       </c>
       <c r="B1055" t="s">
-        <v>2530</v>
+        <v>2526</v>
       </c>
       <c r="C1055" t="s" s="2">
-        <v>2531</v>
+        <v>2527</v>
       </c>
       <c r="D1055">
         <v>1</v>
       </c>
     </row>
     <row r="1056">
       <c r="A1056" t="s" s="2">
-        <v>2532</v>
+        <v>2528</v>
       </c>
       <c r="B1056" t="s">
-        <v>2533</v>
+        <v>2529</v>
       </c>
       <c r="C1056" t="s" s="2">
-        <v>2534</v>
+        <v>2530</v>
       </c>
       <c r="D1056">
         <v>1</v>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" t="s" s="2">
-        <v>2535</v>
+        <v>2531</v>
       </c>
       <c r="B1057" t="s">
-        <v>2536</v>
+        <v>2532</v>
       </c>
       <c r="C1057" t="s" s="2">
-        <v>2537</v>
+        <v>2533</v>
       </c>
       <c r="D1057">
         <v>1</v>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" t="s" s="2">
-        <v>2538</v>
+        <v>2534</v>
       </c>
       <c r="B1058" t="s">
-        <v>2539</v>
+        <v>2535</v>
       </c>
       <c r="C1058" t="s" s="2">
-        <v>2540</v>
+        <v>2536</v>
       </c>
       <c r="D1058">
         <v>1</v>
       </c>
     </row>
     <row r="1059">
       <c r="A1059" t="s" s="2">
-        <v>2541</v>
+        <v>2537</v>
       </c>
       <c r="B1059" t="s">
-        <v>2542</v>
+        <v>2538</v>
       </c>
       <c r="C1059" t="s" s="2">
-        <v>2543</v>
+        <v>2539</v>
       </c>
       <c r="D1059">
         <v>1</v>
       </c>
     </row>
     <row r="1060">
       <c r="A1060" t="s" s="2">
-        <v>2544</v>
+        <v>2540</v>
       </c>
       <c r="B1060" t="s">
-        <v>2545</v>
+        <v>2541</v>
       </c>
       <c r="C1060" t="s" s="2">
-        <v>2546</v>
+        <v>2542</v>
       </c>
       <c r="D1060">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1061">
       <c r="A1061" t="s" s="2">
-        <v>2547</v>
+        <v>2543</v>
       </c>
       <c r="B1061" t="s">
-        <v>2548</v>
+        <v>2544</v>
       </c>
       <c r="C1061" t="s" s="2">
-        <v>2549</v>
+        <v>2545</v>
       </c>
       <c r="D1061">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1062">
       <c r="A1062" t="s" s="2">
-        <v>2550</v>
+        <v>2546</v>
       </c>
       <c r="B1062" t="s">
-        <v>2551</v>
+        <v>2547</v>
       </c>
       <c r="C1062" t="s" s="2">
-        <v>2552</v>
+        <v>2548</v>
       </c>
       <c r="D1062">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1063">
       <c r="A1063" t="s" s="2">
-        <v>2553</v>
+        <v>2549</v>
       </c>
       <c r="B1063" t="s">
-        <v>2554</v>
+        <v>2550</v>
       </c>
       <c r="C1063" t="s" s="2">
-        <v>2555</v>
+        <v>2551</v>
       </c>
       <c r="D1063">
         <v>5</v>
       </c>
     </row>
     <row r="1064">
       <c r="A1064" t="s" s="2">
-        <v>2556</v>
+        <v>2552</v>
       </c>
       <c r="B1064" t="s">
-        <v>2557</v>
+        <v>2553</v>
       </c>
       <c r="C1064" t="s" s="2">
-        <v>2558</v>
+        <v>2554</v>
       </c>
       <c r="D1064">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1065">
       <c r="A1065" t="s" s="2">
-        <v>2559</v>
+        <v>2555</v>
       </c>
       <c r="B1065" t="s">
-        <v>2560</v>
+        <v>2556</v>
       </c>
       <c r="C1065" t="s" s="2">
-        <v>2561</v>
+        <v>2557</v>
       </c>
       <c r="D1065">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1066">
       <c r="A1066" t="s" s="2">
-        <v>2562</v>
+        <v>2558</v>
       </c>
       <c r="B1066" t="s">
-        <v>2563</v>
+        <v>2559</v>
       </c>
       <c r="C1066" t="s" s="2">
-        <v>2564</v>
+        <v>2560</v>
       </c>
       <c r="D1066">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1067">
       <c r="A1067" t="s" s="2">
-        <v>2565</v>
+        <v>2561</v>
       </c>
       <c r="B1067" t="s">
-        <v>2566</v>
+        <v>2562</v>
       </c>
       <c r="C1067" t="s" s="2">
-        <v>2567</v>
+        <v>2563</v>
       </c>
       <c r="D1067">
         <v>1</v>
       </c>
     </row>
     <row r="1068">
       <c r="A1068" t="s" s="2">
-        <v>2568</v>
+        <v>2564</v>
       </c>
       <c r="B1068" t="s">
-        <v>2569</v>
+        <v>2565</v>
       </c>
       <c r="C1068" t="s" s="2">
-        <v>2570</v>
+        <v>2566</v>
       </c>
       <c r="D1068">
         <v>1</v>
       </c>
     </row>
     <row r="1069">
       <c r="A1069" t="s" s="2">
-        <v>2571</v>
+        <v>2567</v>
       </c>
       <c r="B1069" t="s">
-        <v>2572</v>
+        <v>2568</v>
       </c>
       <c r="C1069" t="s" s="2">
-        <v>2573</v>
+        <v>2569</v>
       </c>
       <c r="D1069">
         <v>1</v>
       </c>
     </row>
     <row r="1070">
       <c r="A1070" t="s" s="2">
-        <v>2574</v>
+        <v>2570</v>
       </c>
       <c r="B1070" t="s">
-        <v>2575</v>
+        <v>2571</v>
       </c>
       <c r="C1070" t="s" s="2">
-        <v>2576</v>
+        <v>2572</v>
       </c>
       <c r="D1070">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1071">
       <c r="A1071" t="s" s="2">
-        <v>2577</v>
+        <v>2573</v>
       </c>
       <c r="B1071" t="s">
-        <v>2578</v>
+        <v>2574</v>
       </c>
       <c r="C1071" t="s" s="2">
-        <v>2579</v>
+        <v>2575</v>
       </c>
       <c r="D1071">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1072">
       <c r="A1072" t="s" s="2">
-        <v>2580</v>
+        <v>2576</v>
       </c>
       <c r="B1072" t="s">
-        <v>2581</v>
+        <v>2577</v>
       </c>
       <c r="C1072" t="s" s="2">
-        <v>2582</v>
+        <v>2578</v>
       </c>
       <c r="D1072">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1073">
       <c r="A1073" t="s" s="2">
-        <v>2583</v>
+        <v>2579</v>
       </c>
       <c r="B1073" t="s">
-        <v>2584</v>
+        <v>2580</v>
       </c>
       <c r="C1073" t="s" s="2">
-        <v>2585</v>
+        <v>2581</v>
       </c>
       <c r="D1073">
         <v>5</v>
       </c>
     </row>
     <row r="1074">
       <c r="A1074" t="s" s="2">
-        <v>2586</v>
+        <v>2582</v>
       </c>
       <c r="B1074" t="s">
-        <v>2587</v>
+        <v>2583</v>
       </c>
       <c r="C1074" t="s" s="2">
-        <v>2588</v>
+        <v>2584</v>
       </c>
       <c r="D1074">
         <v>5</v>
       </c>
     </row>
     <row r="1075">
       <c r="A1075" t="s" s="2">
-        <v>2589</v>
+        <v>2585</v>
       </c>
       <c r="B1075" t="s">
-        <v>2590</v>
+        <v>2586</v>
       </c>
       <c r="C1075" t="s" s="2">
-        <v>2591</v>
+        <v>2587</v>
       </c>
       <c r="D1075">
         <v>5</v>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" t="s" s="2">
-        <v>2592</v>
+        <v>2588</v>
       </c>
       <c r="B1076" t="s">
-        <v>2593</v>
+        <v>2589</v>
       </c>
       <c r="C1076" t="s" s="2">
-        <v>2594</v>
+        <v>2590</v>
       </c>
       <c r="D1076">
         <v>5</v>
       </c>
     </row>
     <row r="1077">
       <c r="A1077" t="s" s="2">
-        <v>2595</v>
+        <v>2591</v>
       </c>
       <c r="B1077" t="s">
-        <v>2596</v>
+        <v>2592</v>
       </c>
       <c r="C1077" t="s" s="2">
-        <v>2597</v>
+        <v>2593</v>
       </c>
       <c r="D1077">
         <v>5</v>
       </c>
     </row>
     <row r="1078">
       <c r="A1078" t="s" s="2">
-        <v>2598</v>
+        <v>2594</v>
       </c>
       <c r="B1078" t="s">
-        <v>2599</v>
+        <v>2595</v>
       </c>
       <c r="C1078" t="s" s="2">
-        <v>2600</v>
+        <v>2596</v>
       </c>
       <c r="D1078">
         <v>5</v>
       </c>
     </row>
     <row r="1079">
       <c r="A1079" t="s" s="2">
-        <v>2601</v>
+        <v>2597</v>
       </c>
       <c r="B1079" t="s">
-        <v>2602</v>
+        <v>2598</v>
       </c>
       <c r="C1079" t="s" s="2">
-        <v>2603</v>
+        <v>2599</v>
       </c>
       <c r="D1079">
         <v>5</v>
       </c>
     </row>
     <row r="1080">
       <c r="A1080" t="s" s="2">
-        <v>2604</v>
+        <v>2600</v>
       </c>
       <c r="B1080" t="s">
-        <v>2605</v>
+        <v>2601</v>
       </c>
       <c r="C1080" t="s" s="2">
-        <v>2606</v>
+        <v>2602</v>
       </c>
       <c r="D1080">
         <v>5</v>
       </c>
     </row>
     <row r="1081">
       <c r="A1081" t="s" s="2">
-        <v>2607</v>
+        <v>2603</v>
       </c>
       <c r="B1081" t="s">
-        <v>2608</v>
+        <v>2604</v>
       </c>
       <c r="C1081" t="s" s="2">
-        <v>2609</v>
+        <v>2605</v>
       </c>
       <c r="D1081">
         <v>5</v>
       </c>
     </row>
     <row r="1082">
       <c r="A1082" t="s" s="2">
-        <v>2610</v>
+        <v>2606</v>
       </c>
       <c r="B1082" t="s">
-        <v>2611</v>
+        <v>2607</v>
       </c>
       <c r="C1082" t="s" s="2">
-        <v>2612</v>
+        <v>2608</v>
       </c>
       <c r="D1082">
         <v>5</v>
       </c>
     </row>
     <row r="1083">
       <c r="A1083" t="s" s="2">
-        <v>2613</v>
+        <v>2609</v>
       </c>
       <c r="B1083" t="s">
-        <v>2614</v>
+        <v>2610</v>
       </c>
       <c r="C1083" t="s" s="2">
-        <v>2615</v>
+        <v>2611</v>
       </c>
       <c r="D1083">
         <v>5</v>
       </c>
     </row>
     <row r="1084">
       <c r="A1084" t="s" s="2">
-        <v>2616</v>
+        <v>2612</v>
       </c>
       <c r="B1084" t="s">
-        <v>2617</v>
+        <v>2613</v>
       </c>
       <c r="C1084" t="s" s="2">
-        <v>2618</v>
+        <v>2614</v>
       </c>
       <c r="D1084">
         <v>5</v>
       </c>
     </row>
     <row r="1085">
       <c r="A1085" t="s" s="2">
-        <v>2619</v>
+        <v>2615</v>
       </c>
       <c r="B1085" t="s">
-        <v>2620</v>
+        <v>2616</v>
       </c>
       <c r="C1085" t="s" s="2">
-        <v>2621</v>
+        <v>2617</v>
       </c>
       <c r="D1085">
         <v>5</v>
       </c>
     </row>
     <row r="1086">
       <c r="A1086" t="s" s="2">
-        <v>2622</v>
+        <v>2618</v>
       </c>
       <c r="B1086" t="s">
-        <v>2623</v>
+        <v>2619</v>
       </c>
       <c r="C1086" t="s" s="2">
-        <v>2624</v>
+        <v>2620</v>
       </c>
       <c r="D1086">
         <v>5</v>
       </c>
     </row>
     <row r="1087">
       <c r="A1087" t="s" s="2">
-        <v>2625</v>
+        <v>2621</v>
       </c>
       <c r="B1087" t="s">
-        <v>2626</v>
+        <v>2622</v>
       </c>
       <c r="C1087" t="s" s="2">
-        <v>2627</v>
+        <v>2623</v>
       </c>
       <c r="D1087">
         <v>5</v>
       </c>
     </row>
     <row r="1088">
       <c r="A1088" t="s" s="2">
-        <v>2628</v>
+        <v>2624</v>
       </c>
       <c r="B1088" t="s">
-        <v>2629</v>
+        <v>2625</v>
       </c>
       <c r="C1088" t="s" s="2">
-        <v>2630</v>
+        <v>2626</v>
       </c>
       <c r="D1088">
         <v>5</v>
       </c>
     </row>
     <row r="1089">
       <c r="A1089" t="s" s="2">
-        <v>2631</v>
+        <v>2627</v>
       </c>
       <c r="B1089" t="s">
-        <v>2632</v>
+        <v>2628</v>
       </c>
       <c r="C1089" t="s" s="2">
-        <v>2633</v>
+        <v>2629</v>
       </c>
       <c r="D1089">
         <v>5</v>
       </c>
     </row>
     <row r="1090">
       <c r="A1090" t="s" s="2">
-        <v>2634</v>
+        <v>2630</v>
       </c>
       <c r="B1090" t="s">
-        <v>2635</v>
+        <v>2631</v>
       </c>
       <c r="C1090" t="s" s="2">
-        <v>2636</v>
+        <v>2632</v>
       </c>
       <c r="D1090">
         <v>5</v>
       </c>
     </row>
     <row r="1091">
       <c r="A1091" t="s" s="2">
-        <v>2637</v>
+        <v>2633</v>
       </c>
       <c r="B1091" t="s">
-        <v>2638</v>
+        <v>2634</v>
       </c>
       <c r="C1091" t="s" s="2">
-        <v>2639</v>
+        <v>2635</v>
       </c>
       <c r="D1091">
         <v>5</v>
       </c>
     </row>
     <row r="1092">
       <c r="A1092" t="s" s="2">
-        <v>2640</v>
+        <v>2636</v>
       </c>
       <c r="B1092" t="s">
-        <v>2641</v>
+        <v>2637</v>
       </c>
       <c r="C1092" t="s" s="2">
-        <v>2642</v>
+        <v>2638</v>
       </c>
       <c r="D1092">
         <v>5</v>
       </c>
     </row>
     <row r="1093">
       <c r="A1093" t="s" s="2">
-        <v>2643</v>
+        <v>2639</v>
       </c>
       <c r="B1093" t="s">
-        <v>2644</v>
+        <v>2640</v>
       </c>
       <c r="C1093" t="s" s="2">
-        <v>2645</v>
+        <v>2641</v>
       </c>
       <c r="D1093">
         <v>5</v>
       </c>
     </row>
     <row r="1094">
       <c r="A1094" t="s" s="2">
-        <v>2646</v>
+        <v>2642</v>
       </c>
       <c r="B1094" t="s">
-        <v>2647</v>
+        <v>2643</v>
       </c>
       <c r="C1094" t="s" s="2">
-        <v>2648</v>
+        <v>2644</v>
       </c>
       <c r="D1094">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1095">
       <c r="A1095" t="s" s="2">
-        <v>2649</v>
+        <v>2645</v>
       </c>
       <c r="B1095" t="s">
-        <v>2650</v>
+        <v>2646</v>
       </c>
       <c r="C1095" t="s" s="2">
-        <v>2651</v>
+        <v>2647</v>
       </c>
       <c r="D1095">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1096">
       <c r="A1096" t="s" s="2">
-        <v>2652</v>
+        <v>2648</v>
       </c>
       <c r="B1096" t="s">
-        <v>2653</v>
+        <v>2649</v>
       </c>
       <c r="C1096" t="s" s="2">
-        <v>2654</v>
+        <v>2650</v>
       </c>
       <c r="D1096">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1097">
       <c r="A1097" t="s" s="2">
-        <v>2655</v>
+        <v>2651</v>
       </c>
       <c r="B1097" t="s">
-        <v>2656</v>
+        <v>2652</v>
       </c>
       <c r="C1097" t="s" s="2">
-        <v>2657</v>
+        <v>2653</v>
       </c>
       <c r="D1097">
         <v>1</v>
       </c>
     </row>
     <row r="1098">
       <c r="A1098" t="s" s="2">
-        <v>2658</v>
+        <v>2654</v>
       </c>
       <c r="B1098" t="s">
-        <v>2659</v>
+        <v>2655</v>
       </c>
       <c r="C1098" t="s" s="2">
-        <v>2660</v>
+        <v>2656</v>
       </c>
       <c r="D1098">
         <v>1</v>
       </c>
     </row>
     <row r="1099">
       <c r="A1099" t="s" s="2">
-        <v>2661</v>
+        <v>2657</v>
       </c>
       <c r="B1099" t="s">
-        <v>2662</v>
+        <v>2658</v>
       </c>
       <c r="C1099" t="s" s="2">
-        <v>2663</v>
+        <v>2659</v>
       </c>
       <c r="D1099">
         <v>1</v>
       </c>
     </row>
     <row r="1100">
       <c r="A1100" t="s" s="2">
-        <v>2664</v>
+        <v>2660</v>
       </c>
       <c r="B1100" t="s">
-        <v>2665</v>
+        <v>2661</v>
       </c>
       <c r="C1100" t="s" s="2">
-        <v>2666</v>
+        <v>2662</v>
       </c>
       <c r="D1100">
         <v>1</v>
       </c>
     </row>
     <row r="1101">
       <c r="A1101" t="s" s="2">
-        <v>2667</v>
+        <v>2663</v>
       </c>
       <c r="B1101" t="s">
-        <v>2668</v>
+        <v>2664</v>
       </c>
       <c r="C1101" t="s" s="2">
-        <v>2669</v>
+        <v>2665</v>
       </c>
       <c r="D1101">
         <v>1</v>
       </c>
     </row>
     <row r="1102">
       <c r="A1102" t="s" s="2">
-        <v>2670</v>
+        <v>2666</v>
       </c>
       <c r="B1102" t="s">
-        <v>2671</v>
+        <v>2667</v>
       </c>
       <c r="C1102" t="s" s="2">
-        <v>2672</v>
+        <v>2668</v>
       </c>
       <c r="D1102">
         <v>1</v>
       </c>
     </row>
     <row r="1103">
       <c r="A1103" t="s" s="2">
-        <v>2673</v>
+        <v>2669</v>
       </c>
       <c r="B1103" t="s">
-        <v>2674</v>
+        <v>2670</v>
       </c>
       <c r="C1103" t="s" s="2">
-        <v>2675</v>
+        <v>2671</v>
       </c>
       <c r="D1103">
         <v>1</v>
       </c>
     </row>
     <row r="1104">
       <c r="A1104" t="s" s="2">
-        <v>2676</v>
+        <v>2672</v>
       </c>
       <c r="B1104" t="s">
-        <v>2677</v>
+        <v>2673</v>
       </c>
       <c r="C1104" t="s" s="2">
-        <v>2678</v>
+        <v>2674</v>
       </c>
       <c r="D1104">
         <v>1</v>
       </c>
     </row>
     <row r="1105">
       <c r="A1105" t="s" s="2">
-        <v>2679</v>
+        <v>2675</v>
       </c>
       <c r="B1105" t="s">
-        <v>2680</v>
+        <v>2676</v>
       </c>
       <c r="C1105" t="s" s="2">
-        <v>2681</v>
+        <v>2677</v>
       </c>
       <c r="D1105">
         <v>1</v>
       </c>
     </row>
     <row r="1106">
       <c r="A1106" t="s" s="2">
-        <v>2682</v>
+        <v>2678</v>
       </c>
       <c r="B1106" t="s">
-        <v>2683</v>
+        <v>2679</v>
       </c>
       <c r="C1106" t="s" s="2">
-        <v>2684</v>
+        <v>2680</v>
       </c>
       <c r="D1106">
         <v>1</v>
       </c>
     </row>
     <row r="1107">
       <c r="A1107" t="s" s="2">
-        <v>2685</v>
+        <v>2681</v>
       </c>
       <c r="B1107" t="s">
-        <v>2686</v>
+        <v>2682</v>
       </c>
       <c r="C1107" t="s" s="2">
-        <v>2687</v>
+        <v>2683</v>
       </c>
       <c r="D1107">
         <v>1</v>
       </c>
     </row>
     <row r="1108">
       <c r="A1108" t="s" s="2">
-        <v>2688</v>
+        <v>2684</v>
       </c>
       <c r="B1108" t="s">
-        <v>2689</v>
+        <v>2685</v>
       </c>
       <c r="C1108" t="s" s="2">
-        <v>2690</v>
+        <v>2686</v>
       </c>
       <c r="D1108">
         <v>1</v>
       </c>
     </row>
     <row r="1109">
       <c r="A1109" t="s" s="2">
-        <v>2691</v>
+        <v>2687</v>
       </c>
       <c r="B1109" t="s">
-        <v>2692</v>
+        <v>2688</v>
       </c>
       <c r="C1109" t="s" s="2">
-        <v>2693</v>
+        <v>2689</v>
       </c>
       <c r="D1109">
         <v>1</v>
       </c>
     </row>
     <row r="1110">
       <c r="A1110" t="s" s="2">
-        <v>2694</v>
+        <v>2690</v>
       </c>
       <c r="B1110" t="s">
-        <v>2695</v>
+        <v>2691</v>
       </c>
       <c r="C1110" t="s" s="2">
-        <v>2696</v>
+        <v>2692</v>
       </c>
       <c r="D1110">
         <v>1</v>
       </c>
     </row>
     <row r="1111">
       <c r="A1111" t="s" s="2">
-        <v>2697</v>
+        <v>2693</v>
       </c>
       <c r="B1111" t="s">
-        <v>2698</v>
+        <v>2694</v>
       </c>
       <c r="C1111" t="s" s="2">
-        <v>2699</v>
+        <v>2695</v>
       </c>
       <c r="D1111">
         <v>1</v>
       </c>
     </row>
     <row r="1112">
       <c r="A1112" t="s" s="2">
-        <v>2700</v>
+        <v>2696</v>
       </c>
       <c r="B1112" t="s">
-        <v>2701</v>
+        <v>2697</v>
       </c>
       <c r="C1112" t="s" s="2">
-        <v>2702</v>
+        <v>2698</v>
       </c>
       <c r="D1112">
         <v>1</v>
       </c>
     </row>
     <row r="1113">
       <c r="A1113" t="s" s="2">
-        <v>2703</v>
+        <v>2699</v>
       </c>
       <c r="B1113" t="s">
-        <v>2704</v>
+        <v>2700</v>
       </c>
       <c r="C1113" t="s" s="2">
-        <v>2705</v>
+        <v>2701</v>
       </c>
       <c r="D1113">
         <v>1</v>
       </c>
     </row>
     <row r="1114">
       <c r="A1114" t="s" s="2">
-        <v>2706</v>
+        <v>2702</v>
       </c>
       <c r="B1114" t="s">
-        <v>2707</v>
+        <v>2703</v>
       </c>
       <c r="C1114" t="s" s="2">
-        <v>2708</v>
+        <v>2704</v>
       </c>
       <c r="D1114">
         <v>1</v>
       </c>
     </row>
     <row r="1115">
       <c r="A1115" t="s" s="2">
-        <v>2709</v>
+        <v>2705</v>
       </c>
       <c r="B1115" t="s">
-        <v>2710</v>
+        <v>2706</v>
       </c>
       <c r="C1115" t="s" s="2">
-        <v>2711</v>
+        <v>2707</v>
       </c>
       <c r="D1115">
         <v>1</v>
       </c>
     </row>
     <row r="1116">
       <c r="A1116" t="s" s="2">
-        <v>2712</v>
+        <v>2708</v>
       </c>
       <c r="B1116" t="s">
-        <v>2713</v>
+        <v>2709</v>
       </c>
       <c r="C1116" t="s" s="2">
-        <v>2714</v>
+        <v>2710</v>
       </c>
       <c r="D1116">
         <v>1</v>
       </c>
     </row>
     <row r="1117">
       <c r="A1117" t="s" s="2">
-        <v>2715</v>
+        <v>2711</v>
       </c>
       <c r="B1117" t="s">
-        <v>2716</v>
+        <v>2712</v>
       </c>
       <c r="C1117" t="s" s="2">
-        <v>2717</v>
+        <v>2713</v>
       </c>
       <c r="D1117">
         <v>1</v>
       </c>
     </row>
     <row r="1118">
       <c r="A1118" t="s" s="2">
-        <v>2718</v>
+        <v>2714</v>
       </c>
       <c r="B1118" t="s">
-        <v>2719</v>
+        <v>2715</v>
       </c>
       <c r="C1118" t="s" s="2">
-        <v>2720</v>
+        <v>2716</v>
       </c>
       <c r="D1118">
         <v>1</v>
       </c>
     </row>
     <row r="1119">
       <c r="A1119" t="s" s="2">
-        <v>2721</v>
+        <v>2717</v>
       </c>
       <c r="B1119" t="s">
-        <v>2722</v>
+        <v>2718</v>
       </c>
       <c r="C1119" t="s" s="2">
-        <v>2723</v>
+        <v>2719</v>
       </c>
       <c r="D1119">
         <v>1</v>
       </c>
     </row>
     <row r="1120">
       <c r="A1120" t="s" s="2">
-        <v>2724</v>
+        <v>2720</v>
       </c>
       <c r="B1120" t="s">
-        <v>2725</v>
+        <v>2721</v>
       </c>
       <c r="C1120" t="s" s="2">
-        <v>2726</v>
+        <v>2722</v>
       </c>
       <c r="D1120">
         <v>1</v>
       </c>
     </row>
     <row r="1121">
       <c r="A1121" t="s" s="2">
-        <v>2727</v>
+        <v>2723</v>
       </c>
       <c r="B1121" t="s">
-        <v>2728</v>
+        <v>2724</v>
       </c>
       <c r="C1121" t="s" s="2">
-        <v>2729</v>
+        <v>2725</v>
       </c>
       <c r="D1121">
         <v>1</v>
       </c>
     </row>
     <row r="1122">
       <c r="A1122" t="s" s="2">
-        <v>2730</v>
+        <v>2726</v>
       </c>
       <c r="B1122" t="s">
-        <v>2731</v>
+        <v>2727</v>
       </c>
       <c r="C1122" t="s" s="2">
-        <v>2732</v>
+        <v>2728</v>
       </c>
       <c r="D1122">
         <v>1</v>
       </c>
     </row>
     <row r="1123">
       <c r="A1123" t="s" s="2">
-        <v>2733</v>
+        <v>2729</v>
       </c>
       <c r="B1123" t="s">
-        <v>2734</v>
+        <v>2730</v>
       </c>
       <c r="C1123" t="s" s="2">
-        <v>2735</v>
+        <v>2731</v>
       </c>
       <c r="D1123">
         <v>1</v>
       </c>
     </row>
     <row r="1124">
       <c r="A1124" t="s" s="2">
-        <v>2736</v>
+        <v>2732</v>
       </c>
       <c r="B1124" t="s">
-        <v>2737</v>
+        <v>2733</v>
       </c>
       <c r="C1124" t="s" s="2">
-        <v>2738</v>
+        <v>2734</v>
       </c>
       <c r="D1124">
         <v>1</v>
       </c>
     </row>
     <row r="1125">
       <c r="A1125" t="s" s="2">
-        <v>2739</v>
+        <v>2735</v>
       </c>
       <c r="B1125" t="s">
-        <v>2740</v>
+        <v>2736</v>
       </c>
       <c r="C1125" t="s" s="2">
-        <v>2741</v>
+        <v>2737</v>
       </c>
       <c r="D1125">
         <v>1</v>
       </c>
     </row>
     <row r="1126">
       <c r="A1126" t="s" s="2">
-        <v>2742</v>
+        <v>2738</v>
       </c>
       <c r="B1126" t="s">
-        <v>2743</v>
+        <v>2739</v>
       </c>
       <c r="C1126" t="s" s="2">
-        <v>2744</v>
+        <v>2740</v>
       </c>
       <c r="D1126">
         <v>1</v>
       </c>
     </row>
     <row r="1127">
       <c r="A1127" t="s" s="2">
-        <v>2745</v>
+        <v>2741</v>
       </c>
       <c r="B1127" t="s">
-        <v>2746</v>
+        <v>2742</v>
       </c>
       <c r="C1127" t="s" s="2">
-        <v>2747</v>
+        <v>2743</v>
       </c>
       <c r="D1127">
         <v>1</v>
       </c>
     </row>
     <row r="1128">
       <c r="A1128" t="s" s="2">
-        <v>2748</v>
+        <v>2744</v>
       </c>
       <c r="B1128" t="s">
-        <v>2749</v>
+        <v>2745</v>
       </c>
       <c r="C1128" t="s" s="2">
-        <v>2750</v>
+        <v>2746</v>
       </c>
       <c r="D1128">
         <v>1</v>
       </c>
     </row>
     <row r="1129">
       <c r="A1129" t="s" s="2">
-        <v>2751</v>
+        <v>2747</v>
       </c>
       <c r="B1129" t="s">
-        <v>2752</v>
+        <v>2748</v>
       </c>
       <c r="C1129" t="s" s="2">
-        <v>2753</v>
+        <v>2749</v>
       </c>
       <c r="D1129">
         <v>1</v>
       </c>
     </row>
     <row r="1130">
       <c r="A1130" t="s" s="2">
-        <v>2754</v>
+        <v>2750</v>
       </c>
       <c r="B1130" t="s">
-        <v>2755</v>
+        <v>2751</v>
       </c>
       <c r="C1130" t="s" s="2">
-        <v>2756</v>
+        <v>2752</v>
       </c>
       <c r="D1130">
         <v>1</v>
       </c>
     </row>
     <row r="1131">
       <c r="A1131" t="s" s="2">
-        <v>2757</v>
+        <v>2753</v>
       </c>
       <c r="B1131" t="s">
-        <v>2758</v>
+        <v>2754</v>
       </c>
       <c r="C1131" t="s" s="2">
-        <v>2759</v>
+        <v>2755</v>
       </c>
       <c r="D1131">
         <v>1</v>
       </c>
     </row>
     <row r="1132">
       <c r="A1132" t="s" s="2">
-        <v>2760</v>
+        <v>2756</v>
       </c>
       <c r="B1132" t="s">
-        <v>2761</v>
+        <v>2757</v>
       </c>
       <c r="C1132" t="s" s="2">
-        <v>2762</v>
+        <v>2758</v>
       </c>
       <c r="D1132">
         <v>1</v>
       </c>
     </row>
     <row r="1133">
       <c r="A1133" t="s" s="2">
-        <v>2763</v>
+        <v>2759</v>
       </c>
       <c r="B1133" t="s">
-        <v>2764</v>
+        <v>2760</v>
       </c>
       <c r="C1133" t="s" s="2">
-        <v>2765</v>
+        <v>2761</v>
       </c>
       <c r="D1133">
         <v>1</v>
       </c>
     </row>
     <row r="1134">
       <c r="A1134" t="s" s="2">
-        <v>2766</v>
+        <v>2762</v>
       </c>
       <c r="B1134" t="s">
-        <v>2767</v>
+        <v>2763</v>
       </c>
       <c r="C1134" t="s" s="2">
-        <v>2768</v>
+        <v>2764</v>
       </c>
       <c r="D1134">
         <v>1</v>
       </c>
     </row>
     <row r="1135">
       <c r="A1135" t="s" s="2">
-        <v>2769</v>
+        <v>2765</v>
       </c>
       <c r="B1135" t="s">
-        <v>2770</v>
+        <v>2766</v>
       </c>
       <c r="C1135" t="s" s="2">
-        <v>2771</v>
+        <v>2767</v>
       </c>
       <c r="D1135">
         <v>1</v>
       </c>
     </row>
     <row r="1136">
       <c r="A1136" t="s" s="2">
-        <v>2772</v>
+        <v>2768</v>
       </c>
       <c r="B1136" t="s">
-        <v>2773</v>
+        <v>2769</v>
       </c>
       <c r="C1136" t="s" s="2">
-        <v>2774</v>
+        <v>2770</v>
       </c>
       <c r="D1136">
         <v>1</v>
       </c>
     </row>
     <row r="1137">
       <c r="A1137" t="s" s="2">
-        <v>2775</v>
+        <v>2771</v>
       </c>
       <c r="B1137" t="s">
-        <v>2776</v>
+        <v>2772</v>
       </c>
       <c r="C1137" t="s" s="2">
-        <v>2777</v>
+        <v>2773</v>
       </c>
       <c r="D1137">
         <v>1</v>
       </c>
     </row>
     <row r="1138">
       <c r="A1138" t="s" s="2">
-        <v>2778</v>
+        <v>2774</v>
       </c>
       <c r="B1138" t="s">
-        <v>2779</v>
+        <v>2775</v>
       </c>
       <c r="C1138" t="s" s="2">
-        <v>2780</v>
+        <v>2776</v>
       </c>
       <c r="D1138">
         <v>1</v>
       </c>
     </row>
     <row r="1139">
       <c r="A1139" t="s" s="2">
-        <v>2781</v>
+        <v>2777</v>
       </c>
       <c r="B1139" t="s">
-        <v>2782</v>
+        <v>2778</v>
       </c>
       <c r="C1139" t="s" s="2">
-        <v>2783</v>
+        <v>2779</v>
       </c>
       <c r="D1139">
         <v>1</v>
       </c>
     </row>
     <row r="1140">
       <c r="A1140" t="s" s="2">
-        <v>2784</v>
+        <v>2780</v>
       </c>
       <c r="B1140" t="s">
-        <v>2785</v>
+        <v>2781</v>
       </c>
       <c r="C1140" t="s" s="2">
-        <v>2786</v>
+        <v>2782</v>
       </c>
       <c r="D1140">
         <v>1</v>
       </c>
     </row>
     <row r="1141">
       <c r="A1141" t="s" s="2">
-        <v>2787</v>
+        <v>2783</v>
       </c>
       <c r="B1141" t="s">
-        <v>2788</v>
+        <v>2784</v>
       </c>
       <c r="C1141" t="s" s="2">
-        <v>2789</v>
+        <v>2785</v>
       </c>
       <c r="D1141">
         <v>1</v>
       </c>
     </row>
     <row r="1142">
       <c r="A1142" t="s" s="2">
-        <v>2790</v>
+        <v>2786</v>
       </c>
       <c r="B1142" t="s">
-        <v>2791</v>
+        <v>2787</v>
       </c>
       <c r="C1142" t="s" s="2">
-        <v>2792</v>
+        <v>2788</v>
       </c>
       <c r="D1142">
         <v>1</v>
       </c>
     </row>
     <row r="1143">
       <c r="A1143" t="s" s="2">
-        <v>2793</v>
+        <v>2789</v>
       </c>
       <c r="B1143" t="s">
-        <v>2794</v>
+        <v>2790</v>
       </c>
       <c r="C1143" t="s" s="2">
-        <v>2795</v>
+        <v>2791</v>
       </c>
       <c r="D1143">
         <v>1</v>
       </c>
     </row>
     <row r="1144">
       <c r="A1144" t="s" s="2">
-        <v>2796</v>
+        <v>2792</v>
       </c>
       <c r="B1144" t="s">
-        <v>2797</v>
+        <v>2793</v>
       </c>
       <c r="C1144" t="s" s="2">
-        <v>2798</v>
+        <v>2794</v>
       </c>
       <c r="D1144">
         <v>1</v>
       </c>
     </row>
     <row r="1145">
       <c r="A1145" t="s" s="2">
-        <v>2799</v>
+        <v>2795</v>
       </c>
       <c r="B1145" t="s">
-        <v>2800</v>
+        <v>2796</v>
       </c>
       <c r="C1145" t="s" s="2">
-        <v>2801</v>
+        <v>2797</v>
       </c>
       <c r="D1145">
         <v>1</v>
       </c>
     </row>
     <row r="1146">
       <c r="A1146" t="s" s="2">
-        <v>2802</v>
+        <v>2798</v>
       </c>
       <c r="B1146" t="s">
-        <v>2803</v>
+        <v>2799</v>
       </c>
       <c r="C1146" t="s" s="2">
-        <v>2804</v>
+        <v>2800</v>
       </c>
       <c r="D1146">
         <v>1</v>
       </c>
     </row>
     <row r="1147">
       <c r="A1147" t="s" s="2">
-        <v>2805</v>
+        <v>2801</v>
       </c>
       <c r="B1147" t="s">
-        <v>2806</v>
+        <v>2802</v>
       </c>
       <c r="C1147" t="s" s="2">
-        <v>2807</v>
+        <v>2803</v>
       </c>
       <c r="D1147">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1148">
       <c r="A1148" t="s" s="2">
-        <v>2808</v>
+        <v>2804</v>
       </c>
       <c r="B1148" t="s">
-        <v>2809</v>
+        <v>2805</v>
       </c>
       <c r="C1148" t="s" s="2">
-        <v>2810</v>
+        <v>2806</v>
       </c>
       <c r="D1148">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1149">
       <c r="A1149" t="s" s="2">
-        <v>2811</v>
+        <v>2807</v>
       </c>
       <c r="B1149" t="s">
-        <v>2812</v>
+        <v>2808</v>
       </c>
       <c r="C1149" t="s" s="2">
-        <v>2813</v>
+        <v>2809</v>
       </c>
       <c r="D1149">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1150">
       <c r="A1150" t="s" s="2">
-        <v>2814</v>
+        <v>2810</v>
       </c>
       <c r="B1150" t="s">
-        <v>2815</v>
+        <v>2811</v>
       </c>
       <c r="C1150" t="s" s="2">
-        <v>2816</v>
+        <v>2812</v>
       </c>
       <c r="D1150">
         <v>5</v>
       </c>
     </row>
     <row r="1151">
       <c r="A1151" t="s" s="2">
-        <v>2817</v>
+        <v>2813</v>
       </c>
       <c r="B1151" t="s">
-        <v>2818</v>
-[...2 lines deleted...]
-        <v>26976875752017</v>
+        <v>2814</v>
+      </c>
+      <c r="C1151" t="s" s="2">
+        <v>2815</v>
       </c>
       <c r="D1151">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1152">
       <c r="A1152" t="s" s="2">
+        <v>2816</v>
+      </c>
+      <c r="B1152" t="s">
         <v>2817</v>
       </c>
-      <c r="B1152" t="s">
+      <c r="C1152" t="s" s="2">
         <v>2818</v>
       </c>
-      <c r="C1152" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D1152">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1153">
       <c r="A1153" t="s" s="2">
-        <v>2817</v>
+        <v>2819</v>
       </c>
       <c r="B1153" t="s">
-        <v>2818</v>
-[...2 lines deleted...]
-        <v>16976875752010</v>
+        <v>2820</v>
+      </c>
+      <c r="C1153" t="s" s="2">
+        <v>2821</v>
       </c>
       <c r="D1153">
         <v>5</v>
       </c>
     </row>
     <row r="1154">
       <c r="A1154" t="s" s="2">
-        <v>2820</v>
+        <v>2822</v>
       </c>
       <c r="B1154" t="s">
-        <v>2821</v>
+        <v>2823</v>
       </c>
       <c r="C1154" s="3">
-        <v>16976875752027</v>
+        <v>26976875752017</v>
       </c>
       <c r="D1154">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1155">
       <c r="A1155" t="s" s="2">
-        <v>2820</v>
+        <v>2822</v>
       </c>
       <c r="B1155" t="s">
-        <v>2821</v>
+        <v>2823</v>
       </c>
       <c r="C1155" t="s" s="2">
-        <v>2822</v>
+        <v>2824</v>
       </c>
       <c r="D1155">
         <v>1</v>
       </c>
     </row>
     <row r="1156">
       <c r="A1156" t="s" s="2">
-        <v>2820</v>
+        <v>2822</v>
       </c>
       <c r="B1156" t="s">
-        <v>2821</v>
+        <v>2823</v>
       </c>
       <c r="C1156" s="3">
-        <v>26976875752024</v>
+        <v>16976875752010</v>
       </c>
       <c r="D1156">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1157">
       <c r="A1157" t="s" s="2">
-        <v>2823</v>
+        <v>2825</v>
       </c>
       <c r="B1157" t="s">
-        <v>2824</v>
+        <v>2826</v>
       </c>
       <c r="C1157" s="3">
-        <v>16976875752034</v>
+        <v>16976875752027</v>
       </c>
       <c r="D1157">
         <v>5</v>
       </c>
     </row>
     <row r="1158">
       <c r="A1158" t="s" s="2">
-        <v>2823</v>
+        <v>2825</v>
       </c>
       <c r="B1158" t="s">
-        <v>2824</v>
-[...2 lines deleted...]
-        <v>26976875752031</v>
+        <v>2826</v>
+      </c>
+      <c r="C1158" t="s" s="2">
+        <v>2827</v>
       </c>
       <c r="D1158">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1159">
       <c r="A1159" t="s" s="2">
-        <v>2823</v>
+        <v>2825</v>
       </c>
       <c r="B1159" t="s">
-        <v>2824</v>
-[...2 lines deleted...]
-        <v>2825</v>
+        <v>2826</v>
+      </c>
+      <c r="C1159" s="3">
+        <v>26976875752024</v>
       </c>
       <c r="D1159">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1160">
       <c r="A1160" t="s" s="2">
-        <v>2826</v>
+        <v>2828</v>
       </c>
       <c r="B1160" t="s">
-        <v>2827</v>
-[...2 lines deleted...]
-        <v>2828</v>
+        <v>2829</v>
+      </c>
+      <c r="C1160" s="3">
+        <v>16976875752034</v>
       </c>
       <c r="D1160">
         <v>5</v>
       </c>
     </row>
     <row r="1161">
       <c r="A1161" t="s" s="2">
-        <v>2826</v>
+        <v>2828</v>
       </c>
       <c r="B1161" t="s">
-        <v>2827</v>
-[...1 lines deleted...]
-      <c r="C1161" t="s" s="2">
         <v>2829</v>
       </c>
+      <c r="C1161" s="3">
+        <v>26976875752031</v>
+      </c>
       <c r="D1161">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1162">
       <c r="A1162" t="s" s="2">
+        <v>2828</v>
+      </c>
+      <c r="B1162" t="s">
+        <v>2829</v>
+      </c>
+      <c r="C1162" t="s" s="2">
         <v>2830</v>
-      </c>
-[...4 lines deleted...]
-        <v>2832</v>
       </c>
       <c r="D1162">
         <v>1</v>
       </c>
     </row>
     <row r="1163">
       <c r="A1163" t="s" s="2">
-        <v>2830</v>
+        <v>2831</v>
       </c>
       <c r="B1163" t="s">
-        <v>2831</v>
+        <v>2832</v>
       </c>
       <c r="C1163" t="s" s="2">
         <v>2833</v>
       </c>
       <c r="D1163">
         <v>5</v>
       </c>
     </row>
     <row r="1164">
       <c r="A1164" t="s" s="2">
+        <v>2831</v>
+      </c>
+      <c r="B1164" t="s">
+        <v>2832</v>
+      </c>
+      <c r="C1164" t="s" s="2">
         <v>2834</v>
       </c>
-      <c r="B1164" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1164">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1165">
       <c r="A1165" t="s" s="2">
-        <v>2834</v>
+        <v>2835</v>
       </c>
       <c r="B1165" t="s">
-        <v>2835</v>
+        <v>2836</v>
       </c>
       <c r="C1165" t="s" s="2">
         <v>2837</v>
       </c>
       <c r="D1165">
         <v>1</v>
       </c>
     </row>
     <row r="1166">
       <c r="A1166" t="s" s="2">
+        <v>2835</v>
+      </c>
+      <c r="B1166" t="s">
+        <v>2836</v>
+      </c>
+      <c r="C1166" t="s" s="2">
         <v>2838</v>
       </c>
-      <c r="B1166" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1166">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1167">
       <c r="A1167" t="s" s="2">
-        <v>2838</v>
+        <v>2839</v>
       </c>
       <c r="B1167" t="s">
-        <v>2839</v>
+        <v>2840</v>
       </c>
       <c r="C1167" t="s" s="2">
         <v>2841</v>
       </c>
       <c r="D1167">
         <v>5</v>
       </c>
     </row>
     <row r="1168">
       <c r="A1168" t="s" s="2">
+        <v>2839</v>
+      </c>
+      <c r="B1168" t="s">
+        <v>2840</v>
+      </c>
+      <c r="C1168" t="s" s="2">
         <v>2842</v>
-      </c>
-[...4 lines deleted...]
-        <v>2844</v>
       </c>
       <c r="D1168">
         <v>1</v>
       </c>
     </row>
     <row r="1169">
       <c r="A1169" t="s" s="2">
-        <v>2842</v>
+        <v>2843</v>
       </c>
       <c r="B1169" t="s">
-        <v>2843</v>
+        <v>2844</v>
       </c>
       <c r="C1169" t="s" s="2">
         <v>2845</v>
       </c>
       <c r="D1169">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1170">
       <c r="A1170" t="s" s="2">
+        <v>2843</v>
+      </c>
+      <c r="B1170" t="s">
+        <v>2844</v>
+      </c>
+      <c r="C1170" t="s" s="2">
         <v>2846</v>
-      </c>
-[...4 lines deleted...]
-        <v>2848</v>
       </c>
       <c r="D1170">
         <v>5</v>
       </c>
     </row>
     <row r="1171">
       <c r="A1171" t="s" s="2">
-        <v>2846</v>
+        <v>2847</v>
       </c>
       <c r="B1171" t="s">
-        <v>2847</v>
+        <v>2848</v>
       </c>
       <c r="C1171" t="s" s="2">
         <v>2849</v>
       </c>
       <c r="D1171">
         <v>1</v>
       </c>
     </row>
     <row r="1172">
       <c r="A1172" t="s" s="2">
+        <v>2847</v>
+      </c>
+      <c r="B1172" t="s">
+        <v>2848</v>
+      </c>
+      <c r="C1172" t="s" s="2">
         <v>2850</v>
       </c>
-      <c r="B1172" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1172">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1173">
       <c r="A1173" t="s" s="2">
-        <v>2850</v>
+        <v>2851</v>
       </c>
       <c r="B1173" t="s">
-        <v>2851</v>
+        <v>2852</v>
       </c>
       <c r="C1173" t="s" s="2">
         <v>2853</v>
       </c>
       <c r="D1173">
         <v>5</v>
       </c>
     </row>
     <row r="1174">
       <c r="A1174" t="s" s="2">
+        <v>2851</v>
+      </c>
+      <c r="B1174" t="s">
+        <v>2852</v>
+      </c>
+      <c r="C1174" t="s" s="2">
         <v>2854</v>
-      </c>
-[...4 lines deleted...]
-        <v>2856</v>
       </c>
       <c r="D1174">
         <v>1</v>
       </c>
     </row>
     <row r="1175">
       <c r="A1175" t="s" s="2">
-        <v>2854</v>
+        <v>2855</v>
       </c>
       <c r="B1175" t="s">
-        <v>2855</v>
+        <v>2856</v>
       </c>
       <c r="C1175" t="s" s="2">
         <v>2857</v>
       </c>
       <c r="D1175">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1176">
       <c r="A1176" t="s" s="2">
+        <v>2855</v>
+      </c>
+      <c r="B1176" t="s">
+        <v>2856</v>
+      </c>
+      <c r="C1176" t="s" s="2">
         <v>2858</v>
-      </c>
-[...4 lines deleted...]
-        <v>2860</v>
       </c>
       <c r="D1176">
         <v>5</v>
       </c>
     </row>
     <row r="1177">
       <c r="A1177" t="s" s="2">
-        <v>2858</v>
+        <v>2859</v>
       </c>
       <c r="B1177" t="s">
-        <v>2859</v>
+        <v>2860</v>
       </c>
       <c r="C1177" t="s" s="2">
         <v>2861</v>
       </c>
       <c r="D1177">
         <v>1</v>
       </c>
     </row>
     <row r="1178">
       <c r="A1178" t="s" s="2">
+        <v>2859</v>
+      </c>
+      <c r="B1178" t="s">
+        <v>2860</v>
+      </c>
+      <c r="C1178" t="s" s="2">
         <v>2862</v>
-      </c>
-[...4 lines deleted...]
-        <v>2864</v>
       </c>
       <c r="D1178">
         <v>5</v>
       </c>
     </row>
     <row r="1179">
       <c r="A1179" t="s" s="2">
-        <v>2862</v>
+        <v>2863</v>
       </c>
       <c r="B1179" t="s">
-        <v>2863</v>
+        <v>2864</v>
       </c>
       <c r="C1179" t="s" s="2">
         <v>2865</v>
       </c>
       <c r="D1179">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1180">
       <c r="A1180" t="s" s="2">
+        <v>2863</v>
+      </c>
+      <c r="B1180" t="s">
+        <v>2864</v>
+      </c>
+      <c r="C1180" t="s" s="2">
         <v>2866</v>
-      </c>
-[...4 lines deleted...]
-        <v>2868</v>
       </c>
       <c r="D1180">
         <v>1</v>
       </c>
     </row>
     <row r="1181">
       <c r="A1181" t="s" s="2">
+        <v>2867</v>
+      </c>
+      <c r="B1181" t="s">
+        <v>2868</v>
+      </c>
+      <c r="C1181" t="s" s="2">
         <v>2869</v>
       </c>
-      <c r="B1181" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1181">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1182">
       <c r="A1182" t="s" s="2">
-        <v>2872</v>
+        <v>2867</v>
       </c>
       <c r="B1182" t="s">
-        <v>2873</v>
+        <v>2868</v>
       </c>
       <c r="C1182" t="s" s="2">
-        <v>2874</v>
+        <v>2870</v>
       </c>
       <c r="D1182">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1183">
       <c r="A1183" t="s" s="2">
+        <v>2871</v>
+      </c>
+      <c r="B1183" t="s">
         <v>2872</v>
       </c>
-      <c r="B1183" t="s">
+      <c r="C1183" t="s" s="2">
         <v>2873</v>
-      </c>
-[...1 lines deleted...]
-        <v>2875</v>
       </c>
       <c r="D1183">
         <v>1</v>
       </c>
     </row>
     <row r="1184">
       <c r="A1184" t="s" s="2">
+        <v>2874</v>
+      </c>
+      <c r="B1184" t="s">
+        <v>2875</v>
+      </c>
+      <c r="C1184" t="s" s="2">
         <v>2876</v>
-      </c>
-[...4 lines deleted...]
-        <v>2878</v>
       </c>
       <c r="D1184">
         <v>1</v>
       </c>
     </row>
     <row r="1185">
       <c r="A1185" t="s" s="2">
+        <v>2877</v>
+      </c>
+      <c r="B1185" t="s">
+        <v>2878</v>
+      </c>
+      <c r="C1185" t="s" s="2">
         <v>2879</v>
-      </c>
-[...4 lines deleted...]
-        <v>2881</v>
       </c>
       <c r="D1185">
         <v>5</v>
       </c>
     </row>
     <row r="1186">
       <c r="A1186" t="s" s="2">
-        <v>2879</v>
+        <v>2877</v>
       </c>
       <c r="B1186" t="s">
+        <v>2878</v>
+      </c>
+      <c r="C1186" t="s" s="2">
         <v>2880</v>
-      </c>
-[...1 lines deleted...]
-        <v>2882</v>
       </c>
       <c r="D1186">
         <v>1</v>
       </c>
     </row>
     <row r="1187">
       <c r="A1187" t="s" s="2">
+        <v>2881</v>
+      </c>
+      <c r="B1187" t="s">
+        <v>2882</v>
+      </c>
+      <c r="C1187" t="s" s="2">
         <v>2883</v>
-      </c>
-[...4 lines deleted...]
-        <v>2885</v>
       </c>
       <c r="D1187">
         <v>1</v>
       </c>
     </row>
     <row r="1188">
       <c r="A1188" t="s" s="2">
+        <v>2884</v>
+      </c>
+      <c r="B1188" t="s">
+        <v>2885</v>
+      </c>
+      <c r="C1188" t="s" s="2">
         <v>2886</v>
       </c>
-      <c r="B1188" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1188">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1189">
       <c r="A1189" t="s" s="2">
-        <v>2889</v>
+        <v>2884</v>
       </c>
       <c r="B1189" t="s">
-        <v>2890</v>
+        <v>2885</v>
       </c>
       <c r="C1189" t="s" s="2">
-        <v>2891</v>
+        <v>2887</v>
       </c>
       <c r="D1189">
         <v>1</v>
       </c>
     </row>
     <row r="1190">
       <c r="A1190" t="s" s="2">
-        <v>2892</v>
+        <v>2888</v>
       </c>
       <c r="B1190" t="s">
-        <v>2893</v>
+        <v>2889</v>
       </c>
       <c r="C1190" t="s" s="2">
-        <v>2894</v>
+        <v>2890</v>
       </c>
       <c r="D1190">
         <v>1</v>
       </c>
     </row>
     <row r="1191">
       <c r="A1191" t="s" s="2">
-        <v>2895</v>
+        <v>2891</v>
       </c>
       <c r="B1191" t="s">
-        <v>2896</v>
+        <v>2892</v>
       </c>
       <c r="C1191" t="s" s="2">
-        <v>2897</v>
+        <v>2893</v>
       </c>
       <c r="D1191">
         <v>1</v>
       </c>
     </row>
     <row r="1192">
       <c r="A1192" t="s" s="2">
-        <v>2898</v>
+        <v>2894</v>
       </c>
       <c r="B1192" t="s">
-        <v>2899</v>
+        <v>2895</v>
       </c>
       <c r="C1192" t="s" s="2">
-        <v>2900</v>
+        <v>2896</v>
       </c>
       <c r="D1192">
         <v>1</v>
       </c>
     </row>
     <row r="1193">
       <c r="A1193" t="s" s="2">
-        <v>2901</v>
+        <v>2897</v>
       </c>
       <c r="B1193" t="s">
-        <v>2902</v>
+        <v>2898</v>
       </c>
       <c r="C1193" t="s" s="2">
-        <v>2903</v>
+        <v>2899</v>
       </c>
       <c r="D1193">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1194">
       <c r="A1194" t="s" s="2">
+        <v>2900</v>
+      </c>
+      <c r="B1194" t="s">
         <v>2901</v>
       </c>
-      <c r="B1194" t="s">
+      <c r="C1194" t="s" s="2">
         <v>2902</v>
-      </c>
-[...1 lines deleted...]
-        <v>2904</v>
       </c>
       <c r="D1194">
         <v>1</v>
       </c>
     </row>
     <row r="1195">
       <c r="A1195" t="s" s="2">
+        <v>2903</v>
+      </c>
+      <c r="B1195" t="s">
+        <v>2904</v>
+      </c>
+      <c r="C1195" t="s" s="2">
         <v>2905</v>
-      </c>
-[...4 lines deleted...]
-        <v>2907</v>
       </c>
       <c r="D1195">
         <v>1</v>
       </c>
     </row>
     <row r="1196">
       <c r="A1196" t="s" s="2">
-        <v>2905</v>
+        <v>2906</v>
       </c>
       <c r="B1196" t="s">
-        <v>2906</v>
+        <v>2907</v>
       </c>
       <c r="C1196" t="s" s="2">
         <v>2908</v>
       </c>
       <c r="D1196">
         <v>5</v>
       </c>
     </row>
     <row r="1197">
       <c r="A1197" t="s" s="2">
+        <v>2906</v>
+      </c>
+      <c r="B1197" t="s">
+        <v>2907</v>
+      </c>
+      <c r="C1197" t="s" s="2">
         <v>2909</v>
-      </c>
-[...4 lines deleted...]
-        <v>2911</v>
       </c>
       <c r="D1197">
         <v>1</v>
       </c>
     </row>
     <row r="1198">
       <c r="A1198" t="s" s="2">
-        <v>2909</v>
+        <v>2910</v>
       </c>
       <c r="B1198" t="s">
-        <v>2910</v>
+        <v>2911</v>
       </c>
       <c r="C1198" t="s" s="2">
         <v>2912</v>
       </c>
       <c r="D1198">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1199">
       <c r="A1199" t="s" s="2">
+        <v>2910</v>
+      </c>
+      <c r="B1199" t="s">
+        <v>2911</v>
+      </c>
+      <c r="C1199" t="s" s="2">
         <v>2913</v>
       </c>
-      <c r="B1199" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1199">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1200">
       <c r="A1200" t="s" s="2">
-        <v>2913</v>
+        <v>2914</v>
       </c>
       <c r="B1200" t="s">
-        <v>2914</v>
+        <v>2915</v>
       </c>
       <c r="C1200" t="s" s="2">
         <v>2916</v>
       </c>
       <c r="D1200">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1201">
       <c r="A1201" t="s" s="2">
+        <v>2914</v>
+      </c>
+      <c r="B1201" t="s">
+        <v>2915</v>
+      </c>
+      <c r="C1201" t="s" s="2">
         <v>2917</v>
-      </c>
-[...4 lines deleted...]
-        <v>2919</v>
       </c>
       <c r="D1201">
         <v>5</v>
       </c>
     </row>
     <row r="1202">
       <c r="A1202" t="s" s="2">
-        <v>2917</v>
+        <v>2918</v>
       </c>
       <c r="B1202" t="s">
-        <v>2918</v>
+        <v>2919</v>
       </c>
       <c r="C1202" t="s" s="2">
         <v>2920</v>
       </c>
       <c r="D1202">
         <v>1</v>
       </c>
     </row>
     <row r="1203">
       <c r="A1203" t="s" s="2">
+        <v>2918</v>
+      </c>
+      <c r="B1203" t="s">
+        <v>2919</v>
+      </c>
+      <c r="C1203" t="s" s="2">
         <v>2921</v>
       </c>
-      <c r="B1203" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1203">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1204">
       <c r="A1204" t="s" s="2">
+        <v>2922</v>
+      </c>
+      <c r="B1204" t="s">
+        <v>2923</v>
+      </c>
+      <c r="C1204" t="s" s="2">
         <v>2924</v>
       </c>
-      <c r="B1204" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1204">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1205">
       <c r="A1205" t="s" s="2">
-        <v>2927</v>
+        <v>2922</v>
       </c>
       <c r="B1205" t="s">
-        <v>2928</v>
+        <v>2923</v>
       </c>
       <c r="C1205" t="s" s="2">
-        <v>2929</v>
+        <v>2925</v>
       </c>
       <c r="D1205">
         <v>1</v>
       </c>
     </row>
     <row r="1206">
       <c r="A1206" t="s" s="2">
-        <v>2930</v>
+        <v>2926</v>
       </c>
       <c r="B1206" t="s">
-        <v>2931</v>
+        <v>2927</v>
       </c>
       <c r="C1206" t="s" s="2">
-        <v>2932</v>
+        <v>2928</v>
       </c>
       <c r="D1206">
         <v>1</v>
       </c>
     </row>
     <row r="1207">
       <c r="A1207" t="s" s="2">
-        <v>2933</v>
+        <v>2929</v>
       </c>
       <c r="B1207" t="s">
-        <v>2934</v>
+        <v>2930</v>
       </c>
       <c r="C1207" t="s" s="2">
-        <v>2935</v>
+        <v>2931</v>
       </c>
       <c r="D1207">
         <v>1</v>
       </c>
     </row>
     <row r="1208">
       <c r="A1208" t="s" s="2">
-        <v>2936</v>
+        <v>2932</v>
       </c>
       <c r="B1208" t="s">
-        <v>2937</v>
+        <v>2933</v>
       </c>
       <c r="C1208" t="s" s="2">
-        <v>2938</v>
+        <v>2934</v>
       </c>
       <c r="D1208">
         <v>1</v>
       </c>
     </row>
     <row r="1209">
       <c r="A1209" t="s" s="2">
-        <v>2939</v>
+        <v>2935</v>
       </c>
       <c r="B1209" t="s">
-        <v>2940</v>
+        <v>2936</v>
       </c>
       <c r="C1209" t="s" s="2">
-        <v>2941</v>
+        <v>2937</v>
       </c>
       <c r="D1209">
         <v>1</v>
       </c>
     </row>
     <row r="1210">
       <c r="A1210" t="s" s="2">
-        <v>2942</v>
+        <v>2938</v>
       </c>
       <c r="B1210" t="s">
-        <v>2943</v>
+        <v>2939</v>
       </c>
       <c r="C1210" t="s" s="2">
-        <v>2944</v>
+        <v>2940</v>
       </c>
       <c r="D1210">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1211">
       <c r="A1211" t="s" s="2">
+        <v>2941</v>
+      </c>
+      <c r="B1211" t="s">
         <v>2942</v>
       </c>
-      <c r="B1211" t="s">
+      <c r="C1211" t="s" s="2">
         <v>2943</v>
-      </c>
-[...1 lines deleted...]
-        <v>2945</v>
       </c>
       <c r="D1211">
         <v>1</v>
       </c>
     </row>
     <row r="1212">
       <c r="A1212" t="s" s="2">
+        <v>2944</v>
+      </c>
+      <c r="B1212" t="s">
+        <v>2945</v>
+      </c>
+      <c r="C1212" t="s" s="2">
         <v>2946</v>
-      </c>
-[...4 lines deleted...]
-        <v>2948</v>
       </c>
       <c r="D1212">
         <v>1</v>
       </c>
     </row>
     <row r="1213">
       <c r="A1213" t="s" s="2">
-        <v>2946</v>
+        <v>2947</v>
       </c>
       <c r="B1213" t="s">
-        <v>2947</v>
+        <v>2948</v>
       </c>
       <c r="C1213" t="s" s="2">
         <v>2949</v>
       </c>
       <c r="D1213">
         <v>5</v>
       </c>
     </row>
     <row r="1214">
       <c r="A1214" t="s" s="2">
+        <v>2947</v>
+      </c>
+      <c r="B1214" t="s">
+        <v>2948</v>
+      </c>
+      <c r="C1214" t="s" s="2">
         <v>2950</v>
       </c>
-      <c r="B1214" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1214">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1215">
       <c r="A1215" t="s" s="2">
-        <v>2950</v>
+        <v>2951</v>
       </c>
       <c r="B1215" t="s">
-        <v>2951</v>
+        <v>2952</v>
       </c>
       <c r="C1215" t="s" s="2">
         <v>2953</v>
       </c>
       <c r="D1215">
         <v>1</v>
       </c>
     </row>
     <row r="1216">
       <c r="A1216" t="s" s="2">
+        <v>2951</v>
+      </c>
+      <c r="B1216" t="s">
+        <v>2952</v>
+      </c>
+      <c r="C1216" t="s" s="2">
         <v>2954</v>
-      </c>
-[...4 lines deleted...]
-        <v>2956</v>
       </c>
       <c r="D1216">
         <v>5</v>
       </c>
     </row>
     <row r="1217">
       <c r="A1217" t="s" s="2">
-        <v>2954</v>
+        <v>2955</v>
       </c>
       <c r="B1217" t="s">
-        <v>2955</v>
+        <v>2956</v>
       </c>
       <c r="C1217" t="s" s="2">
         <v>2957</v>
       </c>
       <c r="D1217">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1218">
       <c r="A1218" t="s" s="2">
+        <v>2955</v>
+      </c>
+      <c r="B1218" t="s">
+        <v>2956</v>
+      </c>
+      <c r="C1218" t="s" s="2">
         <v>2958</v>
-      </c>
-[...4 lines deleted...]
-        <v>2960</v>
       </c>
       <c r="D1218">
         <v>1</v>
       </c>
     </row>
     <row r="1219">
       <c r="A1219" t="s" s="2">
-        <v>2958</v>
+        <v>2959</v>
       </c>
       <c r="B1219" t="s">
-        <v>2959</v>
+        <v>2960</v>
       </c>
       <c r="C1219" t="s" s="2">
         <v>2961</v>
       </c>
       <c r="D1219">
         <v>5</v>
       </c>
     </row>
     <row r="1220">
       <c r="A1220" t="s" s="2">
+        <v>2959</v>
+      </c>
+      <c r="B1220" t="s">
+        <v>2960</v>
+      </c>
+      <c r="C1220" t="s" s="2">
         <v>2962</v>
-      </c>
-[...4 lines deleted...]
-        <v>2964</v>
       </c>
       <c r="D1220">
         <v>1</v>
       </c>
     </row>
     <row r="1221">
       <c r="A1221" t="s" s="2">
+        <v>2963</v>
+      </c>
+      <c r="B1221" t="s">
+        <v>2964</v>
+      </c>
+      <c r="C1221" t="s" s="2">
         <v>2965</v>
-      </c>
-[...4 lines deleted...]
-        <v>2967</v>
       </c>
       <c r="D1221">
         <v>1</v>
       </c>
     </row>
     <row r="1222">
       <c r="A1222" t="s" s="2">
-        <v>2968</v>
+        <v>2963</v>
       </c>
       <c r="B1222" t="s">
-        <v>2969</v>
+        <v>2964</v>
       </c>
       <c r="C1222" t="s" s="2">
-        <v>2970</v>
+        <v>2966</v>
       </c>
       <c r="D1222">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1223">
       <c r="A1223" t="s" s="2">
-        <v>2971</v>
+        <v>2967</v>
       </c>
       <c r="B1223" t="s">
-        <v>2972</v>
+        <v>2968</v>
       </c>
       <c r="C1223" t="s" s="2">
-        <v>2973</v>
+        <v>2969</v>
       </c>
       <c r="D1223">
         <v>1</v>
       </c>
     </row>
     <row r="1224">
       <c r="A1224" t="s" s="2">
-        <v>2974</v>
+        <v>2970</v>
       </c>
       <c r="B1224" t="s">
-        <v>2975</v>
+        <v>2971</v>
       </c>
       <c r="C1224" t="s" s="2">
-        <v>2976</v>
+        <v>2972</v>
       </c>
       <c r="D1224">
         <v>1</v>
       </c>
     </row>
     <row r="1225">
       <c r="A1225" t="s" s="2">
-        <v>2977</v>
+        <v>2973</v>
       </c>
       <c r="B1225" t="s">
-        <v>2978</v>
+        <v>2974</v>
       </c>
       <c r="C1225" t="s" s="2">
-        <v>2979</v>
+        <v>2975</v>
       </c>
       <c r="D1225">
         <v>1</v>
       </c>
     </row>
     <row r="1226">
       <c r="A1226" t="s" s="2">
-        <v>2980</v>
+        <v>2976</v>
       </c>
       <c r="B1226" t="s">
-        <v>2981</v>
+        <v>2977</v>
       </c>
       <c r="C1226" t="s" s="2">
-        <v>2982</v>
+        <v>2978</v>
       </c>
       <c r="D1226">
         <v>1</v>
       </c>
     </row>
     <row r="1227">
       <c r="A1227" t="s" s="2">
-        <v>2983</v>
+        <v>2979</v>
       </c>
       <c r="B1227" t="s">
-        <v>2984</v>
+        <v>2980</v>
       </c>
       <c r="C1227" t="s" s="2">
-        <v>2985</v>
+        <v>2981</v>
       </c>
       <c r="D1227">
         <v>1</v>
       </c>
     </row>
     <row r="1228">
       <c r="A1228" t="s" s="2">
-        <v>2986</v>
+        <v>2982</v>
       </c>
       <c r="B1228" t="s">
-        <v>2987</v>
+        <v>2983</v>
       </c>
       <c r="C1228" t="s" s="2">
-        <v>2988</v>
+        <v>2984</v>
       </c>
       <c r="D1228">
         <v>1</v>
       </c>
     </row>
     <row r="1229">
       <c r="A1229" t="s" s="2">
-        <v>2989</v>
+        <v>2985</v>
       </c>
       <c r="B1229" t="s">
-        <v>2990</v>
+        <v>2986</v>
       </c>
       <c r="C1229" t="s" s="2">
-        <v>2991</v>
+        <v>2987</v>
       </c>
       <c r="D1229">
         <v>1</v>
       </c>
     </row>
     <row r="1230">
       <c r="A1230" t="s" s="2">
-        <v>2992</v>
+        <v>2988</v>
       </c>
       <c r="B1230" t="s">
-        <v>2993</v>
+        <v>2989</v>
       </c>
       <c r="C1230" t="s" s="2">
-        <v>2994</v>
+        <v>2990</v>
       </c>
       <c r="D1230">
         <v>1</v>
       </c>
     </row>
     <row r="1231">
       <c r="A1231" t="s" s="2">
-        <v>2995</v>
+        <v>2991</v>
       </c>
       <c r="B1231" t="s">
-        <v>2996</v>
+        <v>2992</v>
       </c>
       <c r="C1231" t="s" s="2">
-        <v>2997</v>
+        <v>2993</v>
       </c>
       <c r="D1231">
         <v>1</v>
       </c>
     </row>
     <row r="1232">
       <c r="A1232" t="s" s="2">
-        <v>2998</v>
+        <v>2994</v>
       </c>
       <c r="B1232" t="s">
-        <v>2999</v>
+        <v>2995</v>
       </c>
       <c r="C1232" t="s" s="2">
-        <v>3000</v>
+        <v>2996</v>
       </c>
       <c r="D1232">
         <v>1</v>
       </c>
     </row>
     <row r="1233">
       <c r="A1233" t="s" s="2">
-        <v>3001</v>
+        <v>2997</v>
       </c>
       <c r="B1233" t="s">
-        <v>3002</v>
+        <v>2998</v>
       </c>
       <c r="C1233" t="s" s="2">
-        <v>3003</v>
+        <v>2999</v>
       </c>
       <c r="D1233">
         <v>1</v>
       </c>
     </row>
     <row r="1234">
       <c r="A1234" t="s" s="2">
-        <v>3004</v>
+        <v>3000</v>
       </c>
       <c r="B1234" t="s">
-        <v>3005</v>
+        <v>3001</v>
       </c>
       <c r="C1234" t="s" s="2">
-        <v>3006</v>
+        <v>3002</v>
       </c>
       <c r="D1234">
         <v>1</v>
       </c>
     </row>
     <row r="1235">
       <c r="A1235" t="s" s="2">
-        <v>3007</v>
+        <v>3003</v>
       </c>
       <c r="B1235" t="s">
-        <v>3008</v>
+        <v>3004</v>
       </c>
       <c r="C1235" t="s" s="2">
-        <v>3009</v>
+        <v>3005</v>
       </c>
       <c r="D1235">
         <v>1</v>
       </c>
     </row>
     <row r="1236">
       <c r="A1236" t="s" s="2">
-        <v>3010</v>
+        <v>3006</v>
       </c>
       <c r="B1236" t="s">
-        <v>3011</v>
+        <v>3007</v>
       </c>
       <c r="C1236" t="s" s="2">
-        <v>3012</v>
+        <v>3008</v>
       </c>
       <c r="D1236">
         <v>1</v>
       </c>
     </row>
     <row r="1237">
       <c r="A1237" t="s" s="2">
-        <v>3013</v>
+        <v>3009</v>
       </c>
       <c r="B1237" t="s">
-        <v>3014</v>
+        <v>3010</v>
       </c>
       <c r="C1237" t="s" s="2">
-        <v>3015</v>
+        <v>3011</v>
       </c>
       <c r="D1237">
         <v>1</v>
       </c>
     </row>
     <row r="1238">
       <c r="A1238" t="s" s="2">
-        <v>3016</v>
+        <v>3012</v>
       </c>
       <c r="B1238" t="s">
-        <v>3017</v>
+        <v>3013</v>
       </c>
       <c r="C1238" t="s" s="2">
-        <v>3018</v>
+        <v>3014</v>
       </c>
       <c r="D1238">
         <v>1</v>
       </c>
     </row>
     <row r="1239">
       <c r="A1239" t="s" s="2">
+        <v>3015</v>
+      </c>
+      <c r="B1239" t="s">
         <v>3016</v>
       </c>
-      <c r="B1239" t="s">
+      <c r="C1239" t="s" s="2">
         <v>3017</v>
       </c>
-      <c r="C1239" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D1239">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1240">
       <c r="A1240" t="s" s="2">
+        <v>3018</v>
+      </c>
+      <c r="B1240" t="s">
+        <v>3019</v>
+      </c>
+      <c r="C1240" t="s" s="2">
         <v>3020</v>
       </c>
-      <c r="B1240" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1240">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1241">
       <c r="A1241" t="s" s="2">
-        <v>3020</v>
+        <v>3021</v>
       </c>
       <c r="B1241" t="s">
-        <v>3021</v>
+        <v>3022</v>
       </c>
       <c r="C1241" t="s" s="2">
         <v>3023</v>
       </c>
       <c r="D1241">
         <v>1</v>
       </c>
     </row>
     <row r="1242">
       <c r="A1242" t="s" s="2">
+        <v>3021</v>
+      </c>
+      <c r="B1242" t="s">
+        <v>3022</v>
+      </c>
+      <c r="C1242" t="s" s="2">
         <v>3024</v>
       </c>
-      <c r="B1242" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1242">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1243">
       <c r="A1243" t="s" s="2">
-        <v>3024</v>
+        <v>3025</v>
       </c>
       <c r="B1243" t="s">
-        <v>3025</v>
+        <v>3026</v>
       </c>
       <c r="C1243" t="s" s="2">
         <v>3027</v>
       </c>
       <c r="D1243">
         <v>5</v>
       </c>
     </row>
     <row r="1244">
       <c r="A1244" t="s" s="2">
+        <v>3025</v>
+      </c>
+      <c r="B1244" t="s">
+        <v>3026</v>
+      </c>
+      <c r="C1244" t="s" s="2">
         <v>3028</v>
-      </c>
-[...4 lines deleted...]
-        <v>3030</v>
       </c>
       <c r="D1244">
         <v>1</v>
       </c>
     </row>
     <row r="1245">
       <c r="A1245" t="s" s="2">
-        <v>3028</v>
+        <v>3029</v>
       </c>
       <c r="B1245" t="s">
-        <v>3029</v>
+        <v>3030</v>
       </c>
       <c r="C1245" t="s" s="2">
         <v>3031</v>
       </c>
       <c r="D1245">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1246">
       <c r="A1246" t="s" s="2">
+        <v>3029</v>
+      </c>
+      <c r="B1246" t="s">
+        <v>3030</v>
+      </c>
+      <c r="C1246" t="s" s="2">
         <v>3032</v>
-      </c>
-[...4 lines deleted...]
-        <v>3034</v>
       </c>
       <c r="D1246">
         <v>5</v>
       </c>
     </row>
     <row r="1247">
       <c r="A1247" t="s" s="2">
-        <v>3032</v>
+        <v>3033</v>
       </c>
       <c r="B1247" t="s">
-        <v>3033</v>
+        <v>3034</v>
       </c>
       <c r="C1247" t="s" s="2">
         <v>3035</v>
       </c>
       <c r="D1247">
         <v>1</v>
       </c>
     </row>
     <row r="1248">
       <c r="A1248" t="s" s="2">
+        <v>3033</v>
+      </c>
+      <c r="B1248" t="s">
+        <v>3034</v>
+      </c>
+      <c r="C1248" t="s" s="2">
         <v>3036</v>
       </c>
-      <c r="B1248" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1248">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1249">
       <c r="A1249" t="s" s="2">
-        <v>3036</v>
+        <v>3037</v>
       </c>
       <c r="B1249" t="s">
-        <v>3037</v>
+        <v>3038</v>
       </c>
       <c r="C1249" t="s" s="2">
         <v>3039</v>
       </c>
       <c r="D1249">
         <v>5</v>
       </c>
     </row>
     <row r="1250">
       <c r="A1250" t="s" s="2">
+        <v>3037</v>
+      </c>
+      <c r="B1250" t="s">
+        <v>3038</v>
+      </c>
+      <c r="C1250" t="s" s="2">
         <v>3040</v>
-      </c>
-[...4 lines deleted...]
-        <v>3042</v>
       </c>
       <c r="D1250">
         <v>1</v>
       </c>
     </row>
     <row r="1251">
       <c r="A1251" t="s" s="2">
+        <v>3041</v>
+      </c>
+      <c r="B1251" t="s">
+        <v>3042</v>
+      </c>
+      <c r="C1251" t="s" s="2">
         <v>3043</v>
-      </c>
-[...4 lines deleted...]
-        <v>3045</v>
       </c>
       <c r="D1251">
         <v>1</v>
       </c>
     </row>
     <row r="1252">
       <c r="A1252" t="s" s="2">
-        <v>3046</v>
+        <v>3041</v>
       </c>
       <c r="B1252" t="s">
-        <v>3047</v>
+        <v>3042</v>
       </c>
       <c r="C1252" t="s" s="2">
-        <v>3048</v>
+        <v>3044</v>
       </c>
       <c r="D1252">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1253">
       <c r="A1253" t="s" s="2">
-        <v>3049</v>
+        <v>3045</v>
       </c>
       <c r="B1253" t="s">
-        <v>3050</v>
+        <v>3046</v>
       </c>
       <c r="C1253" t="s" s="2">
-        <v>3051</v>
+        <v>3047</v>
       </c>
       <c r="D1253">
         <v>1</v>
       </c>
     </row>
     <row r="1254">
       <c r="A1254" t="s" s="2">
+        <v>3048</v>
+      </c>
+      <c r="B1254" t="s">
         <v>3049</v>
       </c>
-      <c r="B1254" t="s">
+      <c r="C1254" t="s" s="2">
         <v>3050</v>
       </c>
-      <c r="C1254" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D1254">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1255">
       <c r="A1255" t="s" s="2">
+        <v>3051</v>
+      </c>
+      <c r="B1255" t="s">
+        <v>3052</v>
+      </c>
+      <c r="C1255" t="s" s="2">
         <v>3053</v>
-      </c>
-[...4 lines deleted...]
-        <v>3055</v>
       </c>
       <c r="D1255">
         <v>1</v>
       </c>
     </row>
     <row r="1256">
       <c r="A1256" t="s" s="2">
+        <v>3054</v>
+      </c>
+      <c r="B1256" t="s">
+        <v>3055</v>
+      </c>
+      <c r="C1256" t="s" s="2">
         <v>3056</v>
-      </c>
-[...4 lines deleted...]
-        <v>3058</v>
       </c>
       <c r="D1256">
         <v>1</v>
       </c>
     </row>
     <row r="1257">
       <c r="A1257" t="s" s="2">
-        <v>3059</v>
+        <v>3054</v>
       </c>
       <c r="B1257" t="s">
-        <v>3060</v>
+        <v>3055</v>
       </c>
       <c r="C1257" t="s" s="2">
-        <v>3061</v>
+        <v>3057</v>
       </c>
       <c r="D1257">
         <v>5</v>
       </c>
     </row>
     <row r="1258">
       <c r="A1258" t="s" s="2">
+        <v>3058</v>
+      </c>
+      <c r="B1258" t="s">
         <v>3059</v>
       </c>
-      <c r="B1258" t="s">
+      <c r="C1258" t="s" s="2">
         <v>3060</v>
-      </c>
-[...1 lines deleted...]
-        <v>3062</v>
       </c>
       <c r="D1258">
         <v>1</v>
       </c>
     </row>
     <row r="1259">
       <c r="A1259" t="s" s="2">
+        <v>3061</v>
+      </c>
+      <c r="B1259" t="s">
+        <v>3062</v>
+      </c>
+      <c r="C1259" t="s" s="2">
         <v>3063</v>
-      </c>
-[...4 lines deleted...]
-        <v>3065</v>
       </c>
       <c r="D1259">
         <v>1</v>
       </c>
     </row>
     <row r="1260">
       <c r="A1260" t="s" s="2">
-        <v>3063</v>
+        <v>3064</v>
       </c>
       <c r="B1260" t="s">
-        <v>3064</v>
+        <v>3065</v>
       </c>
       <c r="C1260" t="s" s="2">
         <v>3066</v>
       </c>
       <c r="D1260">
         <v>5</v>
       </c>
     </row>
     <row r="1261">
       <c r="A1261" t="s" s="2">
+        <v>3064</v>
+      </c>
+      <c r="B1261" t="s">
+        <v>3065</v>
+      </c>
+      <c r="C1261" t="s" s="2">
         <v>3067</v>
-      </c>
-[...4 lines deleted...]
-        <v>3069</v>
       </c>
       <c r="D1261">
         <v>1</v>
       </c>
     </row>
     <row r="1262">
       <c r="A1262" t="s" s="2">
+        <v>3068</v>
+      </c>
+      <c r="B1262" t="s">
+        <v>3069</v>
+      </c>
+      <c r="C1262" t="s" s="2">
         <v>3070</v>
-      </c>
-[...4 lines deleted...]
-        <v>3072</v>
       </c>
       <c r="D1262">
         <v>1</v>
       </c>
     </row>
     <row r="1263">
       <c r="A1263" t="s" s="2">
-        <v>3073</v>
+        <v>3068</v>
       </c>
       <c r="B1263" t="s">
-        <v>3074</v>
+        <v>3069</v>
       </c>
       <c r="C1263" t="s" s="2">
-        <v>3075</v>
+        <v>3071</v>
       </c>
       <c r="D1263">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1264">
       <c r="A1264" t="s" s="2">
+        <v>3072</v>
+      </c>
+      <c r="B1264" t="s">
         <v>3073</v>
       </c>
-      <c r="B1264" t="s">
+      <c r="C1264" t="s" s="2">
         <v>3074</v>
       </c>
-      <c r="C1264" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D1264">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1265">
       <c r="A1265" t="s" s="2">
+        <v>3075</v>
+      </c>
+      <c r="B1265" t="s">
+        <v>3076</v>
+      </c>
+      <c r="C1265" t="s" s="2">
         <v>3077</v>
       </c>
-      <c r="B1265" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1265">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1266">
       <c r="A1266" t="s" s="2">
-        <v>3077</v>
+        <v>3078</v>
       </c>
       <c r="B1266" t="s">
-        <v>3078</v>
+        <v>3079</v>
       </c>
       <c r="C1266" t="s" s="2">
         <v>3080</v>
       </c>
       <c r="D1266">
         <v>1</v>
       </c>
     </row>
     <row r="1267">
       <c r="A1267" t="s" s="2">
+        <v>3078</v>
+      </c>
+      <c r="B1267" t="s">
+        <v>3079</v>
+      </c>
+      <c r="C1267" t="s" s="2">
         <v>3081</v>
       </c>
-      <c r="B1267" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1267">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1268">
       <c r="A1268" t="s" s="2">
-        <v>3081</v>
+        <v>3082</v>
       </c>
       <c r="B1268" t="s">
-        <v>3082</v>
+        <v>3083</v>
       </c>
       <c r="C1268" t="s" s="2">
         <v>3084</v>
       </c>
       <c r="D1268">
         <v>5</v>
       </c>
     </row>
     <row r="1269">
       <c r="A1269" t="s" s="2">
+        <v>3082</v>
+      </c>
+      <c r="B1269" t="s">
+        <v>3083</v>
+      </c>
+      <c r="C1269" t="s" s="2">
         <v>3085</v>
-      </c>
-[...4 lines deleted...]
-        <v>3087</v>
       </c>
       <c r="D1269">
         <v>1</v>
       </c>
     </row>
     <row r="1270">
       <c r="A1270" t="s" s="2">
-        <v>3085</v>
+        <v>3086</v>
       </c>
       <c r="B1270" t="s">
-        <v>3086</v>
+        <v>3087</v>
       </c>
       <c r="C1270" t="s" s="2">
         <v>3088</v>
       </c>
       <c r="D1270">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1271">
       <c r="A1271" t="s" s="2">
+        <v>3086</v>
+      </c>
+      <c r="B1271" t="s">
+        <v>3087</v>
+      </c>
+      <c r="C1271" t="s" s="2">
         <v>3089</v>
-      </c>
-[...4 lines deleted...]
-        <v>3091</v>
       </c>
       <c r="D1271">
         <v>5</v>
       </c>
     </row>
     <row r="1272">
       <c r="A1272" t="s" s="2">
-        <v>3089</v>
+        <v>3090</v>
       </c>
       <c r="B1272" t="s">
-        <v>3090</v>
+        <v>3091</v>
       </c>
       <c r="C1272" t="s" s="2">
         <v>3092</v>
       </c>
       <c r="D1272">
         <v>1</v>
       </c>
     </row>
     <row r="1273">
       <c r="A1273" t="s" s="2">
+        <v>3090</v>
+      </c>
+      <c r="B1273" t="s">
+        <v>3091</v>
+      </c>
+      <c r="C1273" t="s" s="2">
         <v>3093</v>
-      </c>
-[...4 lines deleted...]
-        <v>3095</v>
       </c>
       <c r="D1273">
         <v>5</v>
       </c>
     </row>
     <row r="1274">
       <c r="A1274" t="s" s="2">
-        <v>3093</v>
+        <v>3094</v>
       </c>
       <c r="B1274" t="s">
-        <v>3094</v>
+        <v>3095</v>
       </c>
       <c r="C1274" t="s" s="2">
         <v>3096</v>
       </c>
       <c r="D1274">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1275">
       <c r="A1275" t="s" s="2">
+        <v>3094</v>
+      </c>
+      <c r="B1275" t="s">
+        <v>3095</v>
+      </c>
+      <c r="C1275" t="s" s="2">
         <v>3097</v>
-      </c>
-[...4 lines deleted...]
-        <v>3099</v>
       </c>
       <c r="D1275">
         <v>1</v>
       </c>
     </row>
     <row r="1276">
       <c r="A1276" t="s" s="2">
-        <v>3097</v>
+        <v>3098</v>
       </c>
       <c r="B1276" t="s">
-        <v>3098</v>
+        <v>3099</v>
       </c>
       <c r="C1276" t="s" s="2">
         <v>3100</v>
       </c>
       <c r="D1276">
         <v>5</v>
       </c>
     </row>
     <row r="1277">
       <c r="A1277" t="s" s="2">
+        <v>3098</v>
+      </c>
+      <c r="B1277" t="s">
+        <v>3099</v>
+      </c>
+      <c r="C1277" t="s" s="2">
         <v>3101</v>
-      </c>
-[...4 lines deleted...]
-        <v>3103</v>
       </c>
       <c r="D1277">
         <v>1</v>
       </c>
     </row>
     <row r="1278">
       <c r="A1278" t="s" s="2">
-        <v>3101</v>
+        <v>3102</v>
       </c>
       <c r="B1278" t="s">
-        <v>3102</v>
+        <v>3103</v>
       </c>
       <c r="C1278" t="s" s="2">
         <v>3104</v>
       </c>
       <c r="D1278">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1279">
       <c r="A1279" t="s" s="2">
+        <v>3102</v>
+      </c>
+      <c r="B1279" t="s">
+        <v>3103</v>
+      </c>
+      <c r="C1279" t="s" s="2">
         <v>3105</v>
       </c>
-      <c r="B1279" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1279">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1280">
       <c r="A1280" t="s" s="2">
-        <v>3105</v>
+        <v>3106</v>
       </c>
       <c r="B1280" t="s">
-        <v>3106</v>
+        <v>3107</v>
       </c>
       <c r="C1280" t="s" s="2">
         <v>3108</v>
       </c>
       <c r="D1280">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1281">
       <c r="A1281" t="s" s="2">
+        <v>3106</v>
+      </c>
+      <c r="B1281" t="s">
+        <v>3107</v>
+      </c>
+      <c r="C1281" t="s" s="2">
         <v>3109</v>
       </c>
-      <c r="B1281" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1281">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1282">
       <c r="A1282" t="s" s="2">
-        <v>3109</v>
+        <v>3110</v>
       </c>
       <c r="B1282" t="s">
-        <v>3110</v>
+        <v>3111</v>
       </c>
       <c r="C1282" t="s" s="2">
         <v>3112</v>
       </c>
       <c r="D1282">
         <v>5</v>
       </c>
     </row>
     <row r="1283">
       <c r="A1283" t="s" s="2">
+        <v>3110</v>
+      </c>
+      <c r="B1283" t="s">
+        <v>3111</v>
+      </c>
+      <c r="C1283" t="s" s="2">
         <v>3113</v>
-      </c>
-[...4 lines deleted...]
-        <v>3115</v>
       </c>
       <c r="D1283">
         <v>1</v>
       </c>
     </row>
     <row r="1284">
       <c r="A1284" t="s" s="2">
+        <v>3114</v>
+      </c>
+      <c r="B1284" t="s">
+        <v>3115</v>
+      </c>
+      <c r="C1284" t="s" s="2">
         <v>3116</v>
-      </c>
-[...4 lines deleted...]
-        <v>3118</v>
       </c>
       <c r="D1284">
         <v>1</v>
       </c>
     </row>
     <row r="1285">
       <c r="A1285" t="s" s="2">
-        <v>3119</v>
+        <v>3114</v>
       </c>
       <c r="B1285" t="s">
-        <v>3120</v>
+        <v>3115</v>
       </c>
       <c r="C1285" t="s" s="2">
-        <v>3121</v>
+        <v>3117</v>
       </c>
       <c r="D1285">
         <v>5</v>
       </c>
     </row>
     <row r="1286">
       <c r="A1286" t="s" s="2">
+        <v>3118</v>
+      </c>
+      <c r="B1286" t="s">
         <v>3119</v>
       </c>
-      <c r="B1286" t="s">
+      <c r="C1286" t="s" s="2">
         <v>3120</v>
-      </c>
-[...1 lines deleted...]
-        <v>3122</v>
       </c>
       <c r="D1286">
         <v>1</v>
       </c>
     </row>
     <row r="1287">
       <c r="A1287" t="s" s="2">
+        <v>3121</v>
+      </c>
+      <c r="B1287" t="s">
+        <v>3122</v>
+      </c>
+      <c r="C1287" t="s" s="2">
         <v>3123</v>
-      </c>
-[...4 lines deleted...]
-        <v>3125</v>
       </c>
       <c r="D1287">
         <v>1</v>
       </c>
     </row>
     <row r="1288">
       <c r="A1288" t="s" s="2">
+        <v>3124</v>
+      </c>
+      <c r="B1288" t="s">
+        <v>3125</v>
+      </c>
+      <c r="C1288" t="s" s="2">
         <v>3126</v>
       </c>
-      <c r="B1288" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1288">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1289">
       <c r="A1289" t="s" s="2">
-        <v>3126</v>
+        <v>3124</v>
       </c>
       <c r="B1289" t="s">
+        <v>3125</v>
+      </c>
+      <c r="C1289" t="s" s="2">
         <v>3127</v>
       </c>
-      <c r="C1289" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D1289">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1290">
       <c r="A1290" t="s" s="2">
+        <v>3128</v>
+      </c>
+      <c r="B1290" t="s">
+        <v>3129</v>
+      </c>
+      <c r="C1290" t="s" s="2">
         <v>3130</v>
-      </c>
-[...4 lines deleted...]
-        <v>3132</v>
       </c>
       <c r="D1290">
         <v>1</v>
       </c>
     </row>
     <row r="1291">
       <c r="A1291" t="s" s="2">
+        <v>3131</v>
+      </c>
+      <c r="B1291" t="s">
+        <v>3132</v>
+      </c>
+      <c r="C1291" t="s" s="2">
         <v>3133</v>
-      </c>
-[...4 lines deleted...]
-        <v>3135</v>
       </c>
       <c r="D1291">
         <v>1</v>
       </c>
     </row>
     <row r="1292">
       <c r="A1292" t="s" s="2">
-        <v>3136</v>
+        <v>3131</v>
       </c>
       <c r="B1292" t="s">
-        <v>3137</v>
+        <v>3132</v>
       </c>
       <c r="C1292" t="s" s="2">
-        <v>3138</v>
+        <v>3134</v>
       </c>
       <c r="D1292">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1293">
       <c r="A1293" t="s" s="2">
-        <v>3139</v>
+        <v>3135</v>
       </c>
       <c r="B1293" t="s">
-        <v>3140</v>
+        <v>3136</v>
       </c>
       <c r="C1293" t="s" s="2">
-        <v>3141</v>
+        <v>3137</v>
       </c>
       <c r="D1293">
         <v>1</v>
       </c>
     </row>
     <row r="1294">
       <c r="A1294" t="s" s="2">
-        <v>3142</v>
+        <v>3138</v>
       </c>
       <c r="B1294" t="s">
-        <v>3143</v>
+        <v>3139</v>
       </c>
       <c r="C1294" t="s" s="2">
-        <v>3144</v>
+        <v>3140</v>
       </c>
       <c r="D1294">
         <v>1</v>
       </c>
     </row>
     <row r="1295">
       <c r="A1295" t="s" s="2">
-        <v>3145</v>
+        <v>3141</v>
       </c>
       <c r="B1295" t="s">
-        <v>3146</v>
+        <v>3142</v>
       </c>
       <c r="C1295" t="s" s="2">
-        <v>3147</v>
+        <v>3143</v>
       </c>
       <c r="D1295">
         <v>1</v>
       </c>
     </row>
     <row r="1296">
       <c r="A1296" t="s" s="2">
-        <v>3148</v>
+        <v>3144</v>
       </c>
       <c r="B1296" t="s">
-        <v>3149</v>
+        <v>3145</v>
       </c>
       <c r="C1296" t="s" s="2">
-        <v>3150</v>
+        <v>3146</v>
       </c>
       <c r="D1296">
         <v>1</v>
       </c>
     </row>
     <row r="1297">
       <c r="A1297" t="s" s="2">
+        <v>3147</v>
+      </c>
+      <c r="B1297" t="s">
         <v>3148</v>
       </c>
-      <c r="B1297" t="s">
+      <c r="C1297" t="s" s="2">
         <v>3149</v>
       </c>
-      <c r="C1297" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D1297">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1298">
       <c r="A1298" t="s" s="2">
+        <v>3150</v>
+      </c>
+      <c r="B1298" t="s">
+        <v>3151</v>
+      </c>
+      <c r="C1298" t="s" s="2">
         <v>3152</v>
       </c>
-      <c r="B1298" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1298">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1299">
       <c r="A1299" t="s" s="2">
-        <v>3152</v>
+        <v>3153</v>
       </c>
       <c r="B1299" t="s">
-        <v>3153</v>
+        <v>3154</v>
       </c>
       <c r="C1299" t="s" s="2">
         <v>3155</v>
       </c>
       <c r="D1299">
         <v>1</v>
       </c>
     </row>
     <row r="1300">
       <c r="A1300" t="s" s="2">
+        <v>3153</v>
+      </c>
+      <c r="B1300" t="s">
+        <v>3154</v>
+      </c>
+      <c r="C1300" t="s" s="2">
         <v>3156</v>
-      </c>
-[...4 lines deleted...]
-        <v>3158</v>
       </c>
       <c r="D1300">
         <v>5</v>
       </c>
     </row>
     <row r="1301">
       <c r="A1301" t="s" s="2">
-        <v>3156</v>
+        <v>3157</v>
       </c>
       <c r="B1301" t="s">
-        <v>3157</v>
+        <v>3158</v>
       </c>
       <c r="C1301" t="s" s="2">
         <v>3159</v>
       </c>
       <c r="D1301">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1302">
       <c r="A1302" t="s" s="2">
+        <v>3157</v>
+      </c>
+      <c r="B1302" t="s">
+        <v>3158</v>
+      </c>
+      <c r="C1302" t="s" s="2">
         <v>3160</v>
       </c>
-      <c r="B1302" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1302">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1303">
       <c r="A1303" t="s" s="2">
-        <v>3160</v>
+        <v>3161</v>
       </c>
       <c r="B1303" t="s">
-        <v>3161</v>
+        <v>3162</v>
       </c>
       <c r="C1303" t="s" s="2">
         <v>3163</v>
       </c>
       <c r="D1303">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1304">
       <c r="A1304" t="s" s="2">
+        <v>3161</v>
+      </c>
+      <c r="B1304" t="s">
+        <v>3162</v>
+      </c>
+      <c r="C1304" t="s" s="2">
         <v>3164</v>
-      </c>
-[...4 lines deleted...]
-        <v>3166</v>
       </c>
       <c r="D1304">
         <v>1</v>
       </c>
     </row>
     <row r="1305">
       <c r="A1305" t="s" s="2">
-        <v>3164</v>
+        <v>3165</v>
       </c>
       <c r="B1305" t="s">
-        <v>3165</v>
+        <v>3166</v>
       </c>
       <c r="C1305" t="s" s="2">
         <v>3167</v>
       </c>
       <c r="D1305">
         <v>5</v>
       </c>
     </row>
     <row r="1306">
       <c r="A1306" t="s" s="2">
+        <v>3165</v>
+      </c>
+      <c r="B1306" t="s">
+        <v>3166</v>
+      </c>
+      <c r="C1306" t="s" s="2">
         <v>3168</v>
-      </c>
-[...4 lines deleted...]
-        <v>3170</v>
       </c>
       <c r="D1306">
         <v>1</v>
       </c>
     </row>
     <row r="1307">
       <c r="A1307" t="s" s="2">
+        <v>3169</v>
+      </c>
+      <c r="B1307" t="s">
+        <v>3170</v>
+      </c>
+      <c r="C1307" t="s" s="2">
         <v>3171</v>
-      </c>
-[...4 lines deleted...]
-        <v>3173</v>
       </c>
       <c r="D1307">
         <v>1</v>
       </c>
     </row>
     <row r="1308">
       <c r="A1308" t="s" s="2">
-        <v>3174</v>
+        <v>3169</v>
       </c>
       <c r="B1308" t="s">
-        <v>3175</v>
+        <v>3170</v>
       </c>
       <c r="C1308" t="s" s="2">
-        <v>3176</v>
+        <v>3172</v>
       </c>
       <c r="D1308">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1309">
       <c r="A1309" t="s" s="2">
-        <v>3177</v>
+        <v>3173</v>
       </c>
       <c r="B1309" t="s">
-        <v>3178</v>
+        <v>3174</v>
       </c>
       <c r="C1309" t="s" s="2">
-        <v>3179</v>
+        <v>3175</v>
       </c>
       <c r="D1309">
         <v>1</v>
       </c>
     </row>
     <row r="1310">
       <c r="A1310" t="s" s="2">
-        <v>3180</v>
+        <v>3176</v>
       </c>
       <c r="B1310" t="s">
-        <v>3181</v>
+        <v>3177</v>
       </c>
       <c r="C1310" t="s" s="2">
-        <v>3182</v>
+        <v>3178</v>
       </c>
       <c r="D1310">
         <v>1</v>
       </c>
     </row>
     <row r="1311">
       <c r="A1311" t="s" s="2">
-        <v>3183</v>
+        <v>3179</v>
       </c>
       <c r="B1311" t="s">
-        <v>3184</v>
+        <v>3180</v>
       </c>
       <c r="C1311" t="s" s="2">
-        <v>3185</v>
+        <v>3181</v>
       </c>
       <c r="D1311">
         <v>1</v>
       </c>
     </row>
     <row r="1312">
       <c r="A1312" t="s" s="2">
-        <v>3186</v>
+        <v>3182</v>
       </c>
       <c r="B1312" t="s">
-        <v>3187</v>
+        <v>3183</v>
       </c>
       <c r="C1312" t="s" s="2">
-        <v>3188</v>
+        <v>3184</v>
       </c>
       <c r="D1312">
         <v>1</v>
       </c>
     </row>
     <row r="1313">
       <c r="A1313" t="s" s="2">
-        <v>3189</v>
+        <v>3185</v>
       </c>
       <c r="B1313" t="s">
-        <v>3190</v>
+        <v>3186</v>
       </c>
       <c r="C1313" t="s" s="2">
-        <v>3191</v>
+        <v>3187</v>
       </c>
       <c r="D1313">
         <v>1</v>
       </c>
     </row>
     <row r="1314">
       <c r="A1314" t="s" s="2">
+        <v>3188</v>
+      </c>
+      <c r="B1314" t="s">
         <v>3189</v>
       </c>
-      <c r="B1314" t="s">
+      <c r="C1314" t="s" s="2">
         <v>3190</v>
       </c>
-      <c r="C1314" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D1314">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1315">
       <c r="A1315" t="s" s="2">
+        <v>3191</v>
+      </c>
+      <c r="B1315" t="s">
+        <v>3192</v>
+      </c>
+      <c r="C1315" t="s" s="2">
         <v>3193</v>
-      </c>
-[...4 lines deleted...]
-        <v>3195</v>
       </c>
       <c r="D1315">
         <v>1</v>
       </c>
     </row>
     <row r="1316">
       <c r="A1316" t="s" s="2">
-        <v>3193</v>
+        <v>3194</v>
       </c>
       <c r="B1316" t="s">
-        <v>3194</v>
+        <v>3195</v>
       </c>
       <c r="C1316" t="s" s="2">
         <v>3196</v>
       </c>
       <c r="D1316">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1317">
       <c r="A1317" t="s" s="2">
+        <v>3194</v>
+      </c>
+      <c r="B1317" t="s">
+        <v>3195</v>
+      </c>
+      <c r="C1317" t="s" s="2">
         <v>3197</v>
       </c>
-      <c r="B1317" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1317">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1318">
       <c r="A1318" t="s" s="2">
-        <v>3197</v>
+        <v>3198</v>
       </c>
       <c r="B1318" t="s">
-        <v>3198</v>
+        <v>3199</v>
       </c>
       <c r="C1318" t="s" s="2">
         <v>3200</v>
       </c>
       <c r="D1318">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1319">
       <c r="A1319" t="s" s="2">
+        <v>3198</v>
+      </c>
+      <c r="B1319" t="s">
+        <v>3199</v>
+      </c>
+      <c r="C1319" t="s" s="2">
         <v>3201</v>
       </c>
-      <c r="B1319" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1319">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1320">
       <c r="A1320" t="s" s="2">
-        <v>3201</v>
+        <v>3202</v>
       </c>
       <c r="B1320" t="s">
-        <v>3202</v>
+        <v>3203</v>
       </c>
       <c r="C1320" t="s" s="2">
         <v>3204</v>
       </c>
       <c r="D1320">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1321">
       <c r="A1321" t="s" s="2">
+        <v>3202</v>
+      </c>
+      <c r="B1321" t="s">
+        <v>3203</v>
+      </c>
+      <c r="C1321" t="s" s="2">
         <v>3205</v>
       </c>
-      <c r="B1321" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1321">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1322">
       <c r="A1322" t="s" s="2">
-        <v>3205</v>
+        <v>3206</v>
       </c>
       <c r="B1322" t="s">
-        <v>3206</v>
+        <v>3207</v>
       </c>
       <c r="C1322" t="s" s="2">
         <v>3208</v>
       </c>
       <c r="D1322">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1323">
       <c r="A1323" t="s" s="2">
+        <v>3206</v>
+      </c>
+      <c r="B1323" t="s">
+        <v>3207</v>
+      </c>
+      <c r="C1323" t="s" s="2">
         <v>3209</v>
       </c>
-      <c r="B1323" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1323">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1324">
       <c r="A1324" t="s" s="2">
+        <v>3210</v>
+      </c>
+      <c r="B1324" t="s">
+        <v>3211</v>
+      </c>
+      <c r="C1324" t="s" s="2">
         <v>3212</v>
-      </c>
-[...4 lines deleted...]
-        <v>3214</v>
       </c>
       <c r="D1324">
         <v>1</v>
       </c>
     </row>
     <row r="1325">
       <c r="A1325" t="s" s="2">
-        <v>3215</v>
+        <v>3210</v>
       </c>
       <c r="B1325" t="s">
-        <v>3216</v>
+        <v>3211</v>
       </c>
       <c r="C1325" t="s" s="2">
-        <v>3217</v>
+        <v>3213</v>
       </c>
       <c r="D1325">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1326">
       <c r="A1326" t="s" s="2">
-        <v>3218</v>
+        <v>3214</v>
       </c>
       <c r="B1326" t="s">
-        <v>3219</v>
+        <v>3215</v>
       </c>
       <c r="C1326" t="s" s="2">
-        <v>3220</v>
+        <v>3216</v>
       </c>
       <c r="D1326">
         <v>1</v>
       </c>
     </row>
     <row r="1327">
       <c r="A1327" t="s" s="2">
-        <v>3221</v>
+        <v>3217</v>
       </c>
       <c r="B1327" t="s">
-        <v>3222</v>
+        <v>3218</v>
       </c>
       <c r="C1327" t="s" s="2">
-        <v>3223</v>
+        <v>3219</v>
       </c>
       <c r="D1327">
         <v>1</v>
       </c>
     </row>
     <row r="1328">
       <c r="A1328" t="s" s="2">
-        <v>3224</v>
+        <v>3220</v>
       </c>
       <c r="B1328" t="s">
-        <v>3225</v>
+        <v>3221</v>
       </c>
       <c r="C1328" t="s" s="2">
-        <v>3226</v>
+        <v>3222</v>
       </c>
       <c r="D1328">
         <v>1</v>
       </c>
     </row>
     <row r="1329">
       <c r="A1329" t="s" s="2">
-        <v>3227</v>
+        <v>3223</v>
       </c>
       <c r="B1329" t="s">
-        <v>3228</v>
+        <v>3224</v>
       </c>
       <c r="C1329" t="s" s="2">
-        <v>3229</v>
+        <v>3225</v>
       </c>
       <c r="D1329">
         <v>1</v>
       </c>
     </row>
     <row r="1330">
       <c r="A1330" t="s" s="2">
-        <v>3230</v>
+        <v>3226</v>
       </c>
       <c r="B1330" t="s">
-        <v>3231</v>
+        <v>3227</v>
       </c>
       <c r="C1330" t="s" s="2">
-        <v>3232</v>
+        <v>3228</v>
       </c>
       <c r="D1330">
         <v>1</v>
       </c>
     </row>
     <row r="1331">
       <c r="A1331" t="s" s="2">
-        <v>3233</v>
+        <v>3229</v>
       </c>
       <c r="B1331" t="s">
-        <v>3234</v>
+        <v>3230</v>
       </c>
       <c r="C1331" t="s" s="2">
-        <v>3235</v>
+        <v>3231</v>
       </c>
       <c r="D1331">
         <v>1</v>
       </c>
     </row>
     <row r="1332">
       <c r="A1332" t="s" s="2">
-        <v>3236</v>
+        <v>3232</v>
       </c>
       <c r="B1332" t="s">
-        <v>3237</v>
+        <v>3233</v>
       </c>
       <c r="C1332" t="s" s="2">
-        <v>3238</v>
+        <v>3234</v>
       </c>
       <c r="D1332">
         <v>1</v>
       </c>
     </row>
     <row r="1333">
       <c r="A1333" t="s" s="2">
-        <v>3239</v>
+        <v>3235</v>
       </c>
       <c r="B1333" t="s">
-        <v>3240</v>
+        <v>3236</v>
       </c>
       <c r="C1333" t="s" s="2">
-        <v>3241</v>
+        <v>3237</v>
       </c>
       <c r="D1333">
         <v>1</v>
       </c>
     </row>
     <row r="1334">
       <c r="A1334" t="s" s="2">
-        <v>3242</v>
+        <v>3238</v>
       </c>
       <c r="B1334" t="s">
-        <v>3243</v>
+        <v>3239</v>
       </c>
       <c r="C1334" t="s" s="2">
-        <v>3244</v>
+        <v>3240</v>
       </c>
       <c r="D1334">
         <v>1</v>
       </c>
     </row>
     <row r="1335">
       <c r="A1335" t="s" s="2">
-        <v>3245</v>
+        <v>3241</v>
       </c>
       <c r="B1335" t="s">
-        <v>3246</v>
+        <v>3242</v>
       </c>
       <c r="C1335" t="s" s="2">
-        <v>3247</v>
+        <v>3243</v>
       </c>
       <c r="D1335">
         <v>1</v>
       </c>
     </row>
     <row r="1336">
       <c r="A1336" t="s" s="2">
-        <v>3248</v>
+        <v>3244</v>
       </c>
       <c r="B1336" t="s">
-        <v>3249</v>
+        <v>3245</v>
       </c>
       <c r="C1336" t="s" s="2">
-        <v>3250</v>
+        <v>3246</v>
       </c>
       <c r="D1336">
         <v>1</v>
       </c>
     </row>
     <row r="1337">
       <c r="A1337" t="s" s="2">
-        <v>3251</v>
+        <v>3247</v>
       </c>
       <c r="B1337" t="s">
-        <v>3252</v>
+        <v>3248</v>
       </c>
       <c r="C1337" t="s" s="2">
-        <v>3253</v>
+        <v>3249</v>
       </c>
       <c r="D1337">
         <v>1</v>
       </c>
     </row>
     <row r="1338">
       <c r="A1338" t="s" s="2">
-        <v>3254</v>
+        <v>3250</v>
       </c>
       <c r="B1338" t="s">
-        <v>3255</v>
+        <v>3251</v>
       </c>
       <c r="C1338" t="s" s="2">
-        <v>3256</v>
+        <v>3252</v>
       </c>
       <c r="D1338">
         <v>1</v>
       </c>
     </row>
     <row r="1339">
       <c r="A1339" t="s" s="2">
-        <v>3257</v>
+        <v>3253</v>
       </c>
       <c r="B1339" t="s">
-        <v>3258</v>
+        <v>3254</v>
       </c>
       <c r="C1339" t="s" s="2">
-        <v>3259</v>
+        <v>3255</v>
       </c>
       <c r="D1339">
         <v>1</v>
       </c>
     </row>
     <row r="1340">
       <c r="A1340" t="s" s="2">
-        <v>3260</v>
+        <v>3256</v>
       </c>
       <c r="B1340" t="s">
-        <v>3261</v>
+        <v>3257</v>
       </c>
       <c r="C1340" t="s" s="2">
-        <v>3262</v>
+        <v>3258</v>
       </c>
       <c r="D1340">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1341">
       <c r="A1341" t="s" s="2">
+        <v>3259</v>
+      </c>
+      <c r="B1341" t="s">
         <v>3260</v>
       </c>
-      <c r="B1341" t="s">
+      <c r="C1341" t="s" s="2">
         <v>3261</v>
-      </c>
-[...1 lines deleted...]
-        <v>3263</v>
       </c>
       <c r="D1341">
         <v>1</v>
       </c>
     </row>
     <row r="1342">
       <c r="A1342" t="s" s="2">
+        <v>3262</v>
+      </c>
+      <c r="B1342" t="s">
+        <v>3263</v>
+      </c>
+      <c r="C1342" t="s" s="2">
         <v>3264</v>
-      </c>
-[...4 lines deleted...]
-        <v>3266</v>
       </c>
       <c r="D1342">
         <v>1</v>
       </c>
     </row>
     <row r="1343">
       <c r="A1343" t="s" s="2">
-        <v>3264</v>
+        <v>3265</v>
       </c>
       <c r="B1343" t="s">
-        <v>3265</v>
+        <v>3266</v>
       </c>
       <c r="C1343" t="s" s="2">
         <v>3267</v>
       </c>
       <c r="D1343">
         <v>5</v>
       </c>
     </row>
     <row r="1344">
       <c r="A1344" t="s" s="2">
+        <v>3265</v>
+      </c>
+      <c r="B1344" t="s">
+        <v>3266</v>
+      </c>
+      <c r="C1344" t="s" s="2">
         <v>3268</v>
       </c>
-      <c r="B1344" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1344">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1345">
       <c r="A1345" t="s" s="2">
-        <v>3268</v>
+        <v>3269</v>
       </c>
       <c r="B1345" t="s">
-        <v>3269</v>
+        <v>3270</v>
       </c>
       <c r="C1345" t="s" s="2">
         <v>3271</v>
       </c>
       <c r="D1345">
         <v>1</v>
       </c>
     </row>
     <row r="1346">
       <c r="A1346" t="s" s="2">
+        <v>3269</v>
+      </c>
+      <c r="B1346" t="s">
+        <v>3270</v>
+      </c>
+      <c r="C1346" t="s" s="2">
         <v>3272</v>
-      </c>
-[...4 lines deleted...]
-        <v>3274</v>
       </c>
       <c r="D1346">
         <v>5</v>
       </c>
     </row>
     <row r="1347">
       <c r="A1347" t="s" s="2">
-        <v>3272</v>
+        <v>3273</v>
       </c>
       <c r="B1347" t="s">
-        <v>3273</v>
+        <v>3274</v>
       </c>
       <c r="C1347" t="s" s="2">
         <v>3275</v>
       </c>
       <c r="D1347">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1348">
       <c r="A1348" t="s" s="2">
+        <v>3273</v>
+      </c>
+      <c r="B1348" t="s">
+        <v>3274</v>
+      </c>
+      <c r="C1348" t="s" s="2">
         <v>3276</v>
-      </c>
-[...4 lines deleted...]
-        <v>3278</v>
       </c>
       <c r="D1348">
         <v>1</v>
       </c>
     </row>
     <row r="1349">
       <c r="A1349" t="s" s="2">
-        <v>3276</v>
+        <v>3277</v>
       </c>
       <c r="B1349" t="s">
-        <v>3277</v>
+        <v>3278</v>
       </c>
       <c r="C1349" t="s" s="2">
         <v>3279</v>
       </c>
       <c r="D1349">
         <v>5</v>
       </c>
     </row>
     <row r="1350">
       <c r="A1350" t="s" s="2">
+        <v>3277</v>
+      </c>
+      <c r="B1350" t="s">
+        <v>3278</v>
+      </c>
+      <c r="C1350" t="s" s="2">
         <v>3280</v>
-      </c>
-[...4 lines deleted...]
-        <v>3282</v>
       </c>
       <c r="D1350">
         <v>1</v>
       </c>
     </row>
     <row r="1351">
       <c r="A1351" t="s" s="2">
-        <v>3280</v>
+        <v>3281</v>
       </c>
       <c r="B1351" t="s">
-        <v>3281</v>
+        <v>3282</v>
       </c>
       <c r="C1351" t="s" s="2">
         <v>3283</v>
       </c>
       <c r="D1351">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1352">
       <c r="A1352" t="s" s="2">
+        <v>3281</v>
+      </c>
+      <c r="B1352" t="s">
+        <v>3282</v>
+      </c>
+      <c r="C1352" t="s" s="2">
         <v>3284</v>
       </c>
-      <c r="B1352" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1352">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1353">
       <c r="A1353" t="s" s="2">
+        <v>3285</v>
+      </c>
+      <c r="B1353" t="s">
+        <v>3286</v>
+      </c>
+      <c r="C1353" t="s" s="2">
         <v>3287</v>
-      </c>
-[...4 lines deleted...]
-        <v>3289</v>
       </c>
       <c r="D1353">
         <v>1</v>
       </c>
     </row>
     <row r="1354">
       <c r="A1354" t="s" s="2">
-        <v>3290</v>
+        <v>3285</v>
       </c>
       <c r="B1354" t="s">
-        <v>3291</v>
+        <v>3286</v>
       </c>
       <c r="C1354" t="s" s="2">
-        <v>3292</v>
+        <v>3288</v>
       </c>
       <c r="D1354">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1355">
       <c r="A1355" t="s" s="2">
-        <v>3293</v>
+        <v>3289</v>
       </c>
       <c r="B1355" t="s">
-        <v>3294</v>
+        <v>3290</v>
       </c>
       <c r="C1355" t="s" s="2">
-        <v>3295</v>
+        <v>3291</v>
       </c>
       <c r="D1355">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1356">
       <c r="A1356" t="s" s="2">
+        <v>3292</v>
+      </c>
+      <c r="B1356" t="s">
         <v>3293</v>
       </c>
-      <c r="B1356" t="s">
+      <c r="C1356" t="s" s="2">
         <v>3294</v>
-      </c>
-[...1 lines deleted...]
-        <v>3296</v>
       </c>
       <c r="D1356">
         <v>1</v>
       </c>
     </row>
     <row r="1357">
       <c r="A1357" t="s" s="2">
+        <v>3295</v>
+      </c>
+      <c r="B1357" t="s">
+        <v>3296</v>
+      </c>
+      <c r="C1357" t="s" s="2">
         <v>3297</v>
-      </c>
-[...4 lines deleted...]
-        <v>3299</v>
       </c>
       <c r="D1357">
         <v>1</v>
       </c>
     </row>
     <row r="1358">
       <c r="A1358" t="s" s="2">
+        <v>3298</v>
+      </c>
+      <c r="B1358" t="s">
+        <v>3299</v>
+      </c>
+      <c r="C1358" t="s" s="2">
         <v>3300</v>
       </c>
-      <c r="B1358" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1358">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1359">
       <c r="A1359" t="s" s="2">
-        <v>3303</v>
+        <v>3298</v>
       </c>
       <c r="B1359" t="s">
-        <v>3304</v>
+        <v>3299</v>
       </c>
       <c r="C1359" t="s" s="2">
-        <v>3305</v>
+        <v>3301</v>
       </c>
       <c r="D1359">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1360">
       <c r="A1360" t="s" s="2">
+        <v>3302</v>
+      </c>
+      <c r="B1360" t="s">
         <v>3303</v>
       </c>
-      <c r="B1360" t="s">
+      <c r="C1360" t="s" s="2">
         <v>3304</v>
-      </c>
-[...1 lines deleted...]
-        <v>3306</v>
       </c>
       <c r="D1360">
         <v>1</v>
       </c>
     </row>
     <row r="1361">
       <c r="A1361" t="s" s="2">
+        <v>3305</v>
+      </c>
+      <c r="B1361" t="s">
+        <v>3306</v>
+      </c>
+      <c r="C1361" t="s" s="2">
         <v>3307</v>
-      </c>
-[...4 lines deleted...]
-        <v>3309</v>
       </c>
       <c r="D1361">
         <v>1</v>
       </c>
     </row>
     <row r="1362">
       <c r="A1362" t="s" s="2">
-        <v>3307</v>
+        <v>3308</v>
       </c>
       <c r="B1362" t="s">
-        <v>3308</v>
+        <v>3309</v>
       </c>
       <c r="C1362" t="s" s="2">
         <v>3310</v>
       </c>
       <c r="D1362">
         <v>5</v>
       </c>
     </row>
     <row r="1363">
       <c r="A1363" t="s" s="2">
+        <v>3308</v>
+      </c>
+      <c r="B1363" t="s">
+        <v>3309</v>
+      </c>
+      <c r="C1363" t="s" s="2">
         <v>3311</v>
-      </c>
-[...4 lines deleted...]
-        <v>3313</v>
       </c>
       <c r="D1363">
         <v>1</v>
       </c>
     </row>
     <row r="1364">
       <c r="A1364" t="s" s="2">
+        <v>3312</v>
+      </c>
+      <c r="B1364" t="s">
+        <v>3313</v>
+      </c>
+      <c r="C1364" t="s" s="2">
         <v>3314</v>
-      </c>
-[...4 lines deleted...]
-        <v>3316</v>
       </c>
       <c r="D1364">
         <v>1</v>
       </c>
     </row>
     <row r="1365">
       <c r="A1365" t="s" s="2">
-        <v>3317</v>
+        <v>3312</v>
       </c>
       <c r="B1365" t="s">
-        <v>3120</v>
+        <v>3313</v>
       </c>
       <c r="C1365" t="s" s="2">
-        <v>3318</v>
+        <v>3315</v>
       </c>
       <c r="D1365">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1366">
       <c r="A1366" t="s" s="2">
+        <v>3316</v>
+      </c>
+      <c r="B1366" t="s">
         <v>3317</v>
       </c>
-      <c r="B1366" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1366" t="s" s="2">
-        <v>3319</v>
+        <v>3318</v>
       </c>
       <c r="D1366">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1367">
       <c r="A1367" t="s" s="2">
+        <v>3319</v>
+      </c>
+      <c r="B1367" t="s">
         <v>3320</v>
-      </c>
-[...1 lines deleted...]
-        <v>3131</v>
       </c>
       <c r="C1367" t="s" s="2">
         <v>3321</v>
       </c>
       <c r="D1367">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1368">
       <c r="A1368" t="s" s="2">
-        <v>3320</v>
+        <v>3322</v>
       </c>
       <c r="B1368" t="s">
-        <v>3131</v>
+        <v>3125</v>
       </c>
       <c r="C1368" t="s" s="2">
-        <v>3322</v>
+        <v>3323</v>
       </c>
       <c r="D1368">
         <v>1</v>
       </c>
     </row>
     <row r="1369">
       <c r="A1369" t="s" s="2">
-        <v>3323</v>
+        <v>3322</v>
       </c>
       <c r="B1369" t="s">
-        <v>3143</v>
+        <v>3125</v>
       </c>
       <c r="C1369" t="s" s="2">
         <v>3324</v>
       </c>
       <c r="D1369">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1370">
       <c r="A1370" t="s" s="2">
-        <v>3323</v>
+        <v>3325</v>
       </c>
       <c r="B1370" t="s">
-        <v>3143</v>
+        <v>3136</v>
       </c>
       <c r="C1370" t="s" s="2">
-        <v>3325</v>
+        <v>3326</v>
       </c>
       <c r="D1370">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1371">
       <c r="A1371" t="s" s="2">
-        <v>3326</v>
+        <v>3325</v>
       </c>
       <c r="B1371" t="s">
-        <v>3153</v>
+        <v>3136</v>
       </c>
       <c r="C1371" t="s" s="2">
         <v>3327</v>
       </c>
       <c r="D1371">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1372">
       <c r="A1372" t="s" s="2">
-        <v>3326</v>
+        <v>3328</v>
       </c>
       <c r="B1372" t="s">
-        <v>3153</v>
+        <v>3148</v>
       </c>
       <c r="C1372" t="s" s="2">
-        <v>3328</v>
+        <v>3329</v>
       </c>
       <c r="D1372">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1373">
       <c r="A1373" t="s" s="2">
-        <v>3329</v>
+        <v>3328</v>
       </c>
       <c r="B1373" t="s">
-        <v>3169</v>
+        <v>3148</v>
       </c>
       <c r="C1373" t="s" s="2">
         <v>3330</v>
       </c>
       <c r="D1373">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1374">
       <c r="A1374" t="s" s="2">
-        <v>3329</v>
+        <v>3331</v>
       </c>
       <c r="B1374" t="s">
-        <v>3169</v>
+        <v>3158</v>
       </c>
       <c r="C1374" t="s" s="2">
-        <v>3331</v>
+        <v>3332</v>
       </c>
       <c r="D1374">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1375">
       <c r="A1375" t="s" s="2">
-        <v>3332</v>
+        <v>3331</v>
       </c>
       <c r="B1375" t="s">
-        <v>3190</v>
+        <v>3158</v>
       </c>
       <c r="C1375" t="s" s="2">
         <v>3333</v>
       </c>
       <c r="D1375">
         <v>1</v>
       </c>
     </row>
     <row r="1376">
       <c r="A1376" t="s" s="2">
-        <v>3332</v>
+        <v>3334</v>
       </c>
       <c r="B1376" t="s">
-        <v>3190</v>
+        <v>3174</v>
       </c>
       <c r="C1376" t="s" s="2">
-        <v>3334</v>
+        <v>3335</v>
       </c>
       <c r="D1376">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1377">
       <c r="A1377" t="s" s="2">
-        <v>3335</v>
+        <v>3334</v>
       </c>
       <c r="B1377" t="s">
-        <v>3194</v>
+        <v>3174</v>
       </c>
       <c r="C1377" t="s" s="2">
         <v>3336</v>
       </c>
       <c r="D1377">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1378">
       <c r="A1378" t="s" s="2">
-        <v>3335</v>
+        <v>3337</v>
       </c>
       <c r="B1378" t="s">
-        <v>3194</v>
+        <v>3195</v>
       </c>
       <c r="C1378" t="s" s="2">
-        <v>3337</v>
+        <v>3338</v>
       </c>
       <c r="D1378">
         <v>1</v>
       </c>
     </row>
     <row r="1379">
       <c r="A1379" t="s" s="2">
-        <v>3338</v>
+        <v>3337</v>
       </c>
       <c r="B1379" t="s">
-        <v>3213</v>
+        <v>3195</v>
       </c>
       <c r="C1379" t="s" s="2">
         <v>3339</v>
       </c>
       <c r="D1379">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1380">
       <c r="A1380" t="s" s="2">
-        <v>3338</v>
+        <v>3340</v>
       </c>
       <c r="B1380" t="s">
-        <v>3213</v>
+        <v>3199</v>
       </c>
       <c r="C1380" t="s" s="2">
-        <v>3340</v>
+        <v>3341</v>
       </c>
       <c r="D1380">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1381">
       <c r="A1381" t="s" s="2">
-        <v>3341</v>
+        <v>3340</v>
       </c>
       <c r="B1381" t="s">
-        <v>3216</v>
+        <v>3199</v>
       </c>
       <c r="C1381" t="s" s="2">
         <v>3342</v>
       </c>
       <c r="D1381">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1382">
       <c r="A1382" t="s" s="2">
-        <v>3341</v>
+        <v>3343</v>
       </c>
       <c r="B1382" t="s">
-        <v>3216</v>
+        <v>3218</v>
       </c>
       <c r="C1382" t="s" s="2">
-        <v>3343</v>
+        <v>3344</v>
       </c>
       <c r="D1382">
         <v>1</v>
       </c>
     </row>
     <row r="1383">
       <c r="A1383" t="s" s="2">
-        <v>3344</v>
+        <v>3343</v>
       </c>
       <c r="B1383" t="s">
-        <v>3219</v>
+        <v>3218</v>
       </c>
       <c r="C1383" t="s" s="2">
         <v>3345</v>
       </c>
       <c r="D1383">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1384">
       <c r="A1384" t="s" s="2">
-        <v>3344</v>
+        <v>3346</v>
       </c>
       <c r="B1384" t="s">
-        <v>3219</v>
+        <v>3221</v>
       </c>
       <c r="C1384" t="s" s="2">
-        <v>3346</v>
+        <v>3347</v>
       </c>
       <c r="D1384">
         <v>10</v>
       </c>
     </row>
     <row r="1385">
       <c r="A1385" t="s" s="2">
-        <v>3347</v>
+        <v>3346</v>
       </c>
       <c r="B1385" t="s">
-        <v>3228</v>
+        <v>3221</v>
       </c>
       <c r="C1385" t="s" s="2">
         <v>3348</v>
       </c>
       <c r="D1385">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1386">
       <c r="A1386" t="s" s="2">
-        <v>3347</v>
+        <v>3349</v>
       </c>
       <c r="B1386" t="s">
-        <v>3228</v>
+        <v>3224</v>
       </c>
       <c r="C1386" t="s" s="2">
-        <v>3349</v>
+        <v>3350</v>
       </c>
       <c r="D1386">
         <v>1</v>
       </c>
     </row>
     <row r="1387">
       <c r="A1387" t="s" s="2">
-        <v>3350</v>
+        <v>3349</v>
       </c>
       <c r="B1387" t="s">
-        <v>3234</v>
+        <v>3224</v>
       </c>
       <c r="C1387" t="s" s="2">
         <v>3351</v>
       </c>
       <c r="D1387">
         <v>10</v>
       </c>
     </row>
     <row r="1388">
       <c r="A1388" t="s" s="2">
-        <v>3350</v>
+        <v>3352</v>
       </c>
       <c r="B1388" t="s">
-        <v>3234</v>
+        <v>3233</v>
       </c>
       <c r="C1388" t="s" s="2">
-        <v>3352</v>
+        <v>3353</v>
       </c>
       <c r="D1388">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1389">
       <c r="A1389" t="s" s="2">
-        <v>3353</v>
+        <v>3352</v>
       </c>
       <c r="B1389" t="s">
-        <v>3243</v>
+        <v>3233</v>
       </c>
       <c r="C1389" t="s" s="2">
         <v>3354</v>
       </c>
       <c r="D1389">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1390">
       <c r="A1390" t="s" s="2">
-        <v>3353</v>
+        <v>3355</v>
       </c>
       <c r="B1390" t="s">
-        <v>3243</v>
+        <v>3239</v>
       </c>
       <c r="C1390" t="s" s="2">
-        <v>3355</v>
+        <v>3356</v>
       </c>
       <c r="D1390">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1391">
       <c r="A1391" t="s" s="2">
-        <v>3356</v>
+        <v>3355</v>
       </c>
       <c r="B1391" t="s">
-        <v>3261</v>
+        <v>3239</v>
       </c>
       <c r="C1391" t="s" s="2">
         <v>3357</v>
       </c>
       <c r="D1391">
         <v>1</v>
       </c>
     </row>
     <row r="1392">
       <c r="A1392" t="s" s="2">
-        <v>3356</v>
+        <v>3358</v>
       </c>
       <c r="B1392" t="s">
-        <v>3261</v>
+        <v>3248</v>
       </c>
       <c r="C1392" t="s" s="2">
-        <v>3358</v>
+        <v>3359</v>
       </c>
       <c r="D1392">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1393">
       <c r="A1393" t="s" s="2">
-        <v>3359</v>
+        <v>3358</v>
       </c>
       <c r="B1393" t="s">
-        <v>3269</v>
+        <v>3248</v>
       </c>
       <c r="C1393" t="s" s="2">
         <v>3360</v>
       </c>
       <c r="D1393">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1394">
       <c r="A1394" t="s" s="2">
-        <v>3359</v>
+        <v>3361</v>
       </c>
       <c r="B1394" t="s">
-        <v>3269</v>
+        <v>3266</v>
       </c>
       <c r="C1394" t="s" s="2">
-        <v>3361</v>
+        <v>3362</v>
       </c>
       <c r="D1394">
         <v>1</v>
       </c>
     </row>
     <row r="1395">
       <c r="A1395" t="s" s="2">
-        <v>3362</v>
+        <v>3361</v>
       </c>
       <c r="B1395" t="s">
-        <v>3277</v>
+        <v>3266</v>
       </c>
       <c r="C1395" t="s" s="2">
         <v>3363</v>
       </c>
       <c r="D1395">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1396">
       <c r="A1396" t="s" s="2">
-        <v>3362</v>
+        <v>3364</v>
       </c>
       <c r="B1396" t="s">
-        <v>3277</v>
+        <v>3274</v>
       </c>
       <c r="C1396" t="s" s="2">
-        <v>3364</v>
+        <v>3365</v>
       </c>
       <c r="D1396">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1397">
       <c r="A1397" t="s" s="2">
-        <v>3365</v>
+        <v>3364</v>
       </c>
       <c r="B1397" t="s">
-        <v>3281</v>
+        <v>3274</v>
       </c>
       <c r="C1397" t="s" s="2">
         <v>3366</v>
       </c>
       <c r="D1397">
         <v>1</v>
       </c>
     </row>
     <row r="1398">
       <c r="A1398" t="s" s="2">
-        <v>3365</v>
+        <v>3367</v>
       </c>
       <c r="B1398" t="s">
-        <v>3281</v>
+        <v>3282</v>
       </c>
       <c r="C1398" t="s" s="2">
-        <v>3367</v>
+        <v>3368</v>
       </c>
       <c r="D1398">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1399">
       <c r="A1399" t="s" s="2">
-        <v>3368</v>
+        <v>3367</v>
       </c>
       <c r="B1399" t="s">
-        <v>3285</v>
+        <v>3282</v>
       </c>
       <c r="C1399" t="s" s="2">
         <v>3369</v>
       </c>
       <c r="D1399">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1400">
       <c r="A1400" t="s" s="2">
-        <v>3368</v>
+        <v>3370</v>
       </c>
       <c r="B1400" t="s">
-        <v>3285</v>
+        <v>3286</v>
       </c>
       <c r="C1400" t="s" s="2">
-        <v>3370</v>
+        <v>3371</v>
       </c>
       <c r="D1400">
         <v>1</v>
       </c>
     </row>
     <row r="1401">
       <c r="A1401" t="s" s="2">
-        <v>3371</v>
+        <v>3370</v>
       </c>
       <c r="B1401" t="s">
-        <v>3288</v>
+        <v>3286</v>
       </c>
       <c r="C1401" t="s" s="2">
         <v>3372</v>
       </c>
       <c r="D1401">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1402">
       <c r="A1402" t="s" s="2">
-        <v>3371</v>
+        <v>3373</v>
       </c>
       <c r="B1402" t="s">
-        <v>3288</v>
+        <v>3290</v>
       </c>
       <c r="C1402" t="s" s="2">
-        <v>3373</v>
+        <v>3374</v>
       </c>
       <c r="D1402">
         <v>10</v>
       </c>
     </row>
     <row r="1403">
       <c r="A1403" t="s" s="2">
-        <v>3374</v>
+        <v>3373</v>
       </c>
       <c r="B1403" t="s">
+        <v>3290</v>
+      </c>
+      <c r="C1403" t="s" s="2">
         <v>3375</v>
       </c>
-      <c r="C1403" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D1403">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1404">
       <c r="A1404" t="s" s="2">
-        <v>3374</v>
+        <v>3376</v>
       </c>
       <c r="B1404" t="s">
-        <v>3375</v>
+        <v>3293</v>
       </c>
       <c r="C1404" t="s" s="2">
         <v>3377</v>
       </c>
       <c r="D1404">
         <v>1</v>
       </c>
     </row>
     <row r="1405">
       <c r="A1405" t="s" s="2">
+        <v>3376</v>
+      </c>
+      <c r="B1405" t="s">
+        <v>3293</v>
+      </c>
+      <c r="C1405" t="s" s="2">
         <v>3378</v>
-      </c>
-[...4 lines deleted...]
-        <v>16939029817720</v>
       </c>
       <c r="D1405">
         <v>10</v>
       </c>
     </row>
     <row r="1406">
       <c r="A1406" t="s" s="2">
-        <v>3378</v>
+        <v>3379</v>
       </c>
       <c r="B1406" t="s">
-        <v>3379</v>
-[...2 lines deleted...]
-        <v>26939029817727</v>
+        <v>3380</v>
+      </c>
+      <c r="C1406" t="s" s="2">
+        <v>3381</v>
       </c>
       <c r="D1406">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1407">
       <c r="A1407" t="s" s="2">
-        <v>3378</v>
+        <v>3379</v>
       </c>
       <c r="B1407" t="s">
-        <v>3379</v>
+        <v>3380</v>
       </c>
       <c r="C1407" t="s" s="2">
-        <v>3380</v>
+        <v>3382</v>
       </c>
       <c r="D1407">
         <v>1</v>
       </c>
     </row>
     <row r="1408">
       <c r="A1408" t="s" s="2">
-        <v>3378</v>
+        <v>3383</v>
       </c>
       <c r="B1408" t="s">
-        <v>3379</v>
+        <v>3384</v>
       </c>
       <c r="C1408" s="3">
-        <v>36939029817724</v>
+        <v>16939029817720</v>
       </c>
       <c r="D1408">
-        <v>1000</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1409">
       <c r="A1409" t="s" s="2">
-        <v>3381</v>
+        <v>3383</v>
       </c>
       <c r="B1409" t="s">
-        <v>3382</v>
+        <v>3384</v>
       </c>
       <c r="C1409" s="3">
-        <v>16939029817768</v>
+        <v>26939029817727</v>
       </c>
       <c r="D1409">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1410">
       <c r="A1410" t="s" s="2">
-        <v>3381</v>
+        <v>3383</v>
       </c>
       <c r="B1410" t="s">
-        <v>3382</v>
-[...2 lines deleted...]
-        <v>26939029817765</v>
+        <v>3384</v>
+      </c>
+      <c r="C1410" t="s" s="2">
+        <v>3385</v>
       </c>
       <c r="D1410">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1411">
       <c r="A1411" t="s" s="2">
-        <v>3381</v>
+        <v>3383</v>
       </c>
       <c r="B1411" t="s">
-        <v>3382</v>
+        <v>3384</v>
       </c>
       <c r="C1411" s="3">
-        <v>36939029817762</v>
+        <v>36939029817724</v>
       </c>
       <c r="D1411">
         <v>1000</v>
       </c>
     </row>
     <row r="1412">
       <c r="A1412" t="s" s="2">
-        <v>3381</v>
+        <v>3386</v>
       </c>
       <c r="B1412" t="s">
-        <v>3382</v>
-[...2 lines deleted...]
-        <v>3383</v>
+        <v>3387</v>
+      </c>
+      <c r="C1412" s="3">
+        <v>16939029817768</v>
       </c>
       <c r="D1412">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1413">
       <c r="A1413" t="s" s="2">
-        <v>3384</v>
+        <v>3386</v>
       </c>
       <c r="B1413" t="s">
-        <v>3385</v>
+        <v>3387</v>
       </c>
       <c r="C1413" s="3">
-        <v>16939029817744</v>
+        <v>26939029817765</v>
       </c>
       <c r="D1413">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1414">
       <c r="A1414" t="s" s="2">
-        <v>3384</v>
+        <v>3386</v>
       </c>
       <c r="B1414" t="s">
-        <v>3385</v>
+        <v>3387</v>
       </c>
       <c r="C1414" s="3">
-        <v>36939029817748</v>
+        <v>36939029817762</v>
       </c>
       <c r="D1414">
         <v>1000</v>
       </c>
     </row>
     <row r="1415">
       <c r="A1415" t="s" s="2">
-        <v>3384</v>
+        <v>3386</v>
       </c>
       <c r="B1415" t="s">
-        <v>3385</v>
-[...2 lines deleted...]
-        <v>26939029817741</v>
+        <v>3387</v>
+      </c>
+      <c r="C1415" t="s" s="2">
+        <v>3388</v>
       </c>
       <c r="D1415">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1416">
       <c r="A1416" t="s" s="2">
-        <v>3384</v>
+        <v>3389</v>
       </c>
       <c r="B1416" t="s">
-        <v>3385</v>
-[...2 lines deleted...]
-        <v>3386</v>
+        <v>3390</v>
+      </c>
+      <c r="C1416" s="3">
+        <v>16939029817744</v>
       </c>
       <c r="D1416">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1417">
       <c r="A1417" t="s" s="2">
-        <v>3387</v>
+        <v>3389</v>
       </c>
       <c r="B1417" t="s">
-        <v>3388</v>
+        <v>3390</v>
       </c>
       <c r="C1417" s="3">
-        <v>36939029817755</v>
+        <v>36939029817748</v>
       </c>
       <c r="D1417">
         <v>1000</v>
       </c>
     </row>
     <row r="1418">
       <c r="A1418" t="s" s="2">
-        <v>3387</v>
+        <v>3389</v>
       </c>
       <c r="B1418" t="s">
-        <v>3388</v>
+        <v>3390</v>
       </c>
       <c r="C1418" s="3">
-        <v>16939029817751</v>
+        <v>26939029817741</v>
       </c>
       <c r="D1418">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1419">
       <c r="A1419" t="s" s="2">
-        <v>3387</v>
+        <v>3389</v>
       </c>
       <c r="B1419" t="s">
-        <v>3388</v>
-[...2 lines deleted...]
-        <v>26939029817758</v>
+        <v>3390</v>
+      </c>
+      <c r="C1419" t="s" s="2">
+        <v>3391</v>
       </c>
       <c r="D1419">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1420">
       <c r="A1420" t="s" s="2">
-        <v>3387</v>
+        <v>3392</v>
       </c>
       <c r="B1420" t="s">
-        <v>3388</v>
-[...2 lines deleted...]
-        <v>3389</v>
+        <v>3393</v>
+      </c>
+      <c r="C1420" s="3">
+        <v>36939029817755</v>
       </c>
       <c r="D1420">
-        <v>1</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1421">
       <c r="A1421" t="s" s="2">
-        <v>3390</v>
+        <v>3392</v>
       </c>
       <c r="B1421" t="s">
-        <v>3391</v>
+        <v>3393</v>
       </c>
       <c r="C1421" s="3">
-        <v>16939029817782</v>
+        <v>16939029817751</v>
       </c>
       <c r="D1421">
         <v>10</v>
       </c>
     </row>
     <row r="1422">
       <c r="A1422" t="s" s="2">
-        <v>3390</v>
+        <v>3392</v>
       </c>
       <c r="B1422" t="s">
-        <v>3391</v>
-[...2 lines deleted...]
-        <v>3392</v>
+        <v>3393</v>
+      </c>
+      <c r="C1422" s="3">
+        <v>26939029817758</v>
       </c>
       <c r="D1422">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1423">
       <c r="A1423" t="s" s="2">
-        <v>3390</v>
+        <v>3392</v>
       </c>
       <c r="B1423" t="s">
-        <v>3391</v>
-[...2 lines deleted...]
-        <v>26939029817789</v>
+        <v>3393</v>
+      </c>
+      <c r="C1423" t="s" s="2">
+        <v>3394</v>
       </c>
       <c r="D1423">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1424">
       <c r="A1424" t="s" s="2">
-        <v>3390</v>
+        <v>3395</v>
       </c>
       <c r="B1424" t="s">
-        <v>3391</v>
+        <v>3396</v>
       </c>
       <c r="C1424" s="3">
-        <v>36939029817786</v>
+        <v>16939029817782</v>
       </c>
       <c r="D1424">
-        <v>1000</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1425">
       <c r="A1425" t="s" s="2">
-        <v>3393</v>
+        <v>3395</v>
       </c>
       <c r="B1425" t="s">
-        <v>3394</v>
-[...2 lines deleted...]
-        <v>16939029817799</v>
+        <v>3396</v>
+      </c>
+      <c r="C1425" t="s" s="2">
+        <v>3397</v>
       </c>
       <c r="D1425">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1426">
       <c r="A1426" t="s" s="2">
-        <v>3393</v>
+        <v>3395</v>
       </c>
       <c r="B1426" t="s">
-        <v>3394</v>
+        <v>3396</v>
       </c>
       <c r="C1426" s="3">
-        <v>36939029817793</v>
+        <v>26939029817789</v>
       </c>
       <c r="D1426">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1427">
       <c r="A1427" t="s" s="2">
-        <v>3393</v>
+        <v>3395</v>
       </c>
       <c r="B1427" t="s">
-        <v>3394</v>
+        <v>3396</v>
       </c>
       <c r="C1427" s="3">
-        <v>26939029817796</v>
+        <v>36939029817786</v>
       </c>
       <c r="D1427">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1428">
       <c r="A1428" t="s" s="2">
-        <v>3393</v>
+        <v>3398</v>
       </c>
       <c r="B1428" t="s">
-        <v>3394</v>
-[...2 lines deleted...]
-        <v>3395</v>
+        <v>3399</v>
+      </c>
+      <c r="C1428" s="3">
+        <v>16939029817799</v>
       </c>
       <c r="D1428">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1429">
       <c r="A1429" t="s" s="2">
-        <v>3396</v>
+        <v>3398</v>
       </c>
       <c r="B1429" t="s">
-        <v>3397</v>
+        <v>3399</v>
       </c>
       <c r="C1429" s="3">
-        <v>26939029817703</v>
+        <v>36939029817793</v>
       </c>
       <c r="D1429">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1430">
       <c r="A1430" t="s" s="2">
-        <v>3396</v>
+        <v>3398</v>
       </c>
       <c r="B1430" t="s">
-        <v>3397</v>
-[...2 lines deleted...]
-        <v>3398</v>
+        <v>3399</v>
+      </c>
+      <c r="C1430" s="3">
+        <v>26939029817796</v>
       </c>
       <c r="D1430">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1431">
       <c r="A1431" t="s" s="2">
-        <v>3396</v>
+        <v>3398</v>
       </c>
       <c r="B1431" t="s">
-        <v>3397</v>
-[...2 lines deleted...]
-        <v>16939029817706</v>
+        <v>3399</v>
+      </c>
+      <c r="C1431" t="s" s="2">
+        <v>3400</v>
       </c>
       <c r="D1431">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1432">
       <c r="A1432" t="s" s="2">
-        <v>3396</v>
+        <v>3401</v>
       </c>
       <c r="B1432" t="s">
-        <v>3397</v>
+        <v>3402</v>
       </c>
       <c r="C1432" s="3">
-        <v>36939029817700</v>
+        <v>26939029817703</v>
       </c>
       <c r="D1432">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1433">
       <c r="A1433" t="s" s="2">
-        <v>3399</v>
+        <v>3401</v>
       </c>
       <c r="B1433" t="s">
-        <v>3400</v>
-[...2 lines deleted...]
-        <v>26939029817710</v>
+        <v>3402</v>
+      </c>
+      <c r="C1433" t="s" s="2">
+        <v>3403</v>
       </c>
       <c r="D1433">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1434">
       <c r="A1434" t="s" s="2">
-        <v>3399</v>
+        <v>3401</v>
       </c>
       <c r="B1434" t="s">
-        <v>3400</v>
+        <v>3402</v>
       </c>
       <c r="C1434" s="3">
-        <v>16939029817713</v>
+        <v>16939029817706</v>
       </c>
       <c r="D1434">
         <v>10</v>
       </c>
     </row>
     <row r="1435">
       <c r="A1435" t="s" s="2">
-        <v>3399</v>
+        <v>3401</v>
       </c>
       <c r="B1435" t="s">
-        <v>3400</v>
-[...2 lines deleted...]
-        <v>3401</v>
+        <v>3402</v>
+      </c>
+      <c r="C1435" s="3">
+        <v>36939029817700</v>
       </c>
       <c r="D1435">
-        <v>1</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1436">
       <c r="A1436" t="s" s="2">
-        <v>3399</v>
+        <v>3404</v>
       </c>
       <c r="B1436" t="s">
-        <v>3400</v>
+        <v>3405</v>
       </c>
       <c r="C1436" s="3">
-        <v>36939029817717</v>
+        <v>26939029817710</v>
       </c>
       <c r="D1436">
-        <v>1000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1437">
       <c r="A1437" t="s" s="2">
-        <v>3402</v>
+        <v>3404</v>
       </c>
       <c r="B1437" t="s">
-        <v>3403</v>
-[...2 lines deleted...]
-        <v>3404</v>
+        <v>3405</v>
+      </c>
+      <c r="C1437" s="3">
+        <v>16939029817713</v>
       </c>
       <c r="D1437">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1438">
       <c r="A1438" t="s" s="2">
-        <v>3402</v>
+        <v>3404</v>
       </c>
       <c r="B1438" t="s">
-        <v>3403</v>
+        <v>3405</v>
       </c>
       <c r="C1438" s="3">
-        <v>36939029817731</v>
+        <v>36939029817717</v>
       </c>
       <c r="D1438">
         <v>1000</v>
       </c>
     </row>
     <row r="1439">
       <c r="A1439" t="s" s="2">
-        <v>3402</v>
+        <v>3404</v>
       </c>
       <c r="B1439" t="s">
-        <v>3403</v>
-[...2 lines deleted...]
-        <v>16939029817737</v>
+        <v>3405</v>
+      </c>
+      <c r="C1439" t="s" s="2">
+        <v>3406</v>
       </c>
       <c r="D1439">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1440">
       <c r="A1440" t="s" s="2">
-        <v>3402</v>
+        <v>3407</v>
       </c>
       <c r="B1440" t="s">
-        <v>3403</v>
-[...2 lines deleted...]
-        <v>26939029817734</v>
+        <v>3408</v>
+      </c>
+      <c r="C1440" t="s" s="2">
+        <v>3409</v>
       </c>
       <c r="D1440">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1441">
       <c r="A1441" t="s" s="2">
-        <v>3405</v>
+        <v>3407</v>
       </c>
       <c r="B1441" t="s">
-        <v>3406</v>
-[...2 lines deleted...]
-        <v>3407</v>
+        <v>3408</v>
+      </c>
+      <c r="C1441" s="3">
+        <v>36939029817731</v>
       </c>
       <c r="D1441">
-        <v>1</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1442">
       <c r="A1442" t="s" s="2">
-        <v>3405</v>
+        <v>3407</v>
       </c>
       <c r="B1442" t="s">
-        <v>3406</v>
+        <v>3408</v>
       </c>
       <c r="C1442" s="3">
-        <v>26939029817772</v>
+        <v>16939029817737</v>
       </c>
       <c r="D1442">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1443">
       <c r="A1443" t="s" s="2">
-        <v>3405</v>
+        <v>3407</v>
       </c>
       <c r="B1443" t="s">
-        <v>3406</v>
+        <v>3408</v>
       </c>
       <c r="C1443" s="3">
-        <v>16939029817775</v>
+        <v>26939029817734</v>
       </c>
       <c r="D1443">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1444">
       <c r="A1444" t="s" s="2">
-        <v>3405</v>
+        <v>3410</v>
       </c>
       <c r="B1444" t="s">
-        <v>3406</v>
-[...2 lines deleted...]
-        <v>36939029817779</v>
+        <v>3411</v>
+      </c>
+      <c r="C1444" t="s" s="2">
+        <v>3412</v>
       </c>
       <c r="D1444">
-        <v>1000</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1445">
       <c r="A1445" t="s" s="2">
-        <v>3408</v>
+        <v>3410</v>
       </c>
       <c r="B1445" t="s">
-        <v>3409</v>
+        <v>3411</v>
       </c>
       <c r="C1445" s="3">
-        <v>26939029817802</v>
+        <v>26939029817772</v>
       </c>
       <c r="D1445">
         <v>100</v>
       </c>
     </row>
     <row r="1446">
       <c r="A1446" t="s" s="2">
-        <v>3408</v>
+        <v>3410</v>
       </c>
       <c r="B1446" t="s">
-        <v>3409</v>
+        <v>3411</v>
       </c>
       <c r="C1446" s="3">
-        <v>36939029817809</v>
+        <v>16939029817775</v>
       </c>
       <c r="D1446">
-        <v>1000</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1447">
       <c r="A1447" t="s" s="2">
-        <v>3408</v>
+        <v>3410</v>
       </c>
       <c r="B1447" t="s">
-        <v>3409</v>
-[...2 lines deleted...]
-        <v>3410</v>
+        <v>3411</v>
+      </c>
+      <c r="C1447" s="3">
+        <v>36939029817779</v>
       </c>
       <c r="D1447">
-        <v>1</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1448">
       <c r="A1448" t="s" s="2">
-        <v>3408</v>
+        <v>3413</v>
       </c>
       <c r="B1448" t="s">
-        <v>3409</v>
+        <v>3414</v>
       </c>
       <c r="C1448" s="3">
-        <v>16939029817805</v>
+        <v>26939029817802</v>
       </c>
       <c r="D1448">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1449">
       <c r="A1449" t="s" s="2">
-        <v>3411</v>
+        <v>3413</v>
       </c>
       <c r="B1449" t="s">
-        <v>3412</v>
+        <v>3414</v>
       </c>
       <c r="C1449" s="3">
-        <v>36939029817816</v>
+        <v>36939029817809</v>
       </c>
       <c r="D1449">
         <v>1000</v>
       </c>
     </row>
     <row r="1450">
       <c r="A1450" t="s" s="2">
-        <v>3411</v>
+        <v>3413</v>
       </c>
       <c r="B1450" t="s">
-        <v>3412</v>
+        <v>3414</v>
       </c>
       <c r="C1450" t="s" s="2">
-        <v>3413</v>
+        <v>3415</v>
       </c>
       <c r="D1450">
         <v>1</v>
       </c>
     </row>
     <row r="1451">
       <c r="A1451" t="s" s="2">
-        <v>3411</v>
+        <v>3413</v>
       </c>
       <c r="B1451" t="s">
-        <v>3412</v>
+        <v>3414</v>
       </c>
       <c r="C1451" s="3">
-        <v>26939029817819</v>
+        <v>16939029817805</v>
       </c>
       <c r="D1451">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1452">
       <c r="A1452" t="s" s="2">
-        <v>3411</v>
+        <v>3416</v>
       </c>
       <c r="B1452" t="s">
-        <v>3412</v>
+        <v>3417</v>
       </c>
       <c r="C1452" s="3">
-        <v>16939029817812</v>
+        <v>36939029817816</v>
       </c>
       <c r="D1452">
-        <v>10</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1453">
       <c r="A1453" t="s" s="2">
-        <v>3414</v>
+        <v>3416</v>
       </c>
       <c r="B1453" t="s">
-        <v>3415</v>
+        <v>3417</v>
       </c>
       <c r="C1453" t="s" s="2">
-        <v>3416</v>
+        <v>3418</v>
       </c>
       <c r="D1453">
         <v>1</v>
       </c>
     </row>
     <row r="1454">
       <c r="A1454" t="s" s="2">
+        <v>3416</v>
+      </c>
+      <c r="B1454" t="s">
         <v>3417</v>
       </c>
-      <c r="B1454" t="s">
-[...3 lines deleted...]
-        <v>3419</v>
+      <c r="C1454" s="3">
+        <v>26939029817819</v>
       </c>
       <c r="D1454">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1455">
       <c r="A1455" t="s" s="2">
-        <v>3420</v>
+        <v>3416</v>
       </c>
       <c r="B1455" t="s">
-        <v>3421</v>
-[...2 lines deleted...]
-        <v>3422</v>
+        <v>3417</v>
+      </c>
+      <c r="C1455" s="3">
+        <v>16939029817812</v>
       </c>
       <c r="D1455">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1456">
       <c r="A1456" t="s" s="2">
-        <v>3423</v>
+        <v>3419</v>
       </c>
       <c r="B1456" t="s">
-        <v>3424</v>
+        <v>3420</v>
       </c>
       <c r="C1456" t="s" s="2">
-        <v>3425</v>
+        <v>3421</v>
       </c>
       <c r="D1456">
         <v>1</v>
       </c>
     </row>
     <row r="1457">
       <c r="A1457" t="s" s="2">
-        <v>3426</v>
+        <v>3422</v>
       </c>
       <c r="B1457" t="s">
-        <v>3427</v>
+        <v>3423</v>
       </c>
       <c r="C1457" t="s" s="2">
-        <v>3428</v>
+        <v>3424</v>
       </c>
       <c r="D1457">
         <v>1</v>
       </c>
     </row>
     <row r="1458">
       <c r="A1458" t="s" s="2">
-        <v>3429</v>
+        <v>3425</v>
       </c>
       <c r="B1458" t="s">
-        <v>3430</v>
+        <v>3426</v>
       </c>
       <c r="C1458" t="s" s="2">
-        <v>3431</v>
+        <v>3427</v>
       </c>
       <c r="D1458">
         <v>1</v>
       </c>
     </row>
     <row r="1459">
       <c r="A1459" t="s" s="2">
-        <v>3432</v>
+        <v>3428</v>
       </c>
       <c r="B1459" t="s">
-        <v>3433</v>
+        <v>3429</v>
       </c>
       <c r="C1459" t="s" s="2">
-        <v>3434</v>
+        <v>3430</v>
       </c>
       <c r="D1459">
         <v>1</v>
       </c>
     </row>
     <row r="1460">
       <c r="A1460" t="s" s="2">
-        <v>3435</v>
+        <v>3431</v>
       </c>
       <c r="B1460" t="s">
-        <v>3436</v>
+        <v>3432</v>
       </c>
       <c r="C1460" t="s" s="2">
-        <v>3437</v>
+        <v>3433</v>
       </c>
       <c r="D1460">
         <v>1</v>
       </c>
     </row>
     <row r="1461">
       <c r="A1461" t="s" s="2">
-        <v>3438</v>
+        <v>3434</v>
       </c>
       <c r="B1461" t="s">
-        <v>3439</v>
+        <v>3435</v>
       </c>
       <c r="C1461" t="s" s="2">
-        <v>3440</v>
+        <v>3436</v>
       </c>
       <c r="D1461">
         <v>1</v>
       </c>
     </row>
     <row r="1462">
       <c r="A1462" t="s" s="2">
-        <v>3441</v>
+        <v>3437</v>
       </c>
       <c r="B1462" t="s">
-        <v>3442</v>
+        <v>3438</v>
       </c>
       <c r="C1462" t="s" s="2">
-        <v>3443</v>
+        <v>3439</v>
       </c>
       <c r="D1462">
         <v>1</v>
       </c>
     </row>
     <row r="1463">
       <c r="A1463" t="s" s="2">
-        <v>3444</v>
+        <v>3440</v>
       </c>
       <c r="B1463" t="s">
-        <v>3445</v>
+        <v>3441</v>
       </c>
       <c r="C1463" t="s" s="2">
-        <v>3446</v>
+        <v>3442</v>
       </c>
       <c r="D1463">
         <v>1</v>
       </c>
     </row>
     <row r="1464">
       <c r="A1464" t="s" s="2">
-        <v>3447</v>
+        <v>3443</v>
       </c>
       <c r="B1464" t="s">
-        <v>3448</v>
+        <v>3444</v>
       </c>
       <c r="C1464" t="s" s="2">
-        <v>3449</v>
+        <v>3445</v>
       </c>
       <c r="D1464">
         <v>1</v>
       </c>
     </row>
     <row r="1465">
       <c r="A1465" t="s" s="2">
-        <v>3450</v>
+        <v>3446</v>
       </c>
       <c r="B1465" t="s">
-        <v>3451</v>
+        <v>3447</v>
       </c>
       <c r="C1465" t="s" s="2">
-        <v>3452</v>
+        <v>3448</v>
       </c>
       <c r="D1465">
         <v>1</v>
       </c>
     </row>
     <row r="1466">
       <c r="A1466" t="s" s="2">
-        <v>3453</v>
+        <v>3449</v>
       </c>
       <c r="B1466" t="s">
-        <v>3454</v>
+        <v>3450</v>
       </c>
       <c r="C1466" t="s" s="2">
-        <v>3455</v>
+        <v>3451</v>
       </c>
       <c r="D1466">
         <v>1</v>
       </c>
     </row>
     <row r="1467">
       <c r="A1467" t="s" s="2">
-        <v>3456</v>
+        <v>3452</v>
       </c>
       <c r="B1467" t="s">
-        <v>3457</v>
+        <v>3453</v>
       </c>
       <c r="C1467" t="s" s="2">
-        <v>3458</v>
+        <v>3454</v>
       </c>
       <c r="D1467">
         <v>1</v>
       </c>
     </row>
     <row r="1468">
       <c r="A1468" t="s" s="2">
-        <v>3459</v>
+        <v>3455</v>
       </c>
       <c r="B1468" t="s">
-        <v>3460</v>
+        <v>3456</v>
       </c>
       <c r="C1468" t="s" s="2">
-        <v>3461</v>
+        <v>3457</v>
       </c>
       <c r="D1468">
         <v>1</v>
       </c>
     </row>
     <row r="1469">
       <c r="A1469" t="s" s="2">
-        <v>3462</v>
+        <v>3458</v>
       </c>
       <c r="B1469" t="s">
-        <v>3463</v>
+        <v>3459</v>
       </c>
       <c r="C1469" t="s" s="2">
-        <v>3464</v>
+        <v>3460</v>
       </c>
       <c r="D1469">
         <v>1</v>
       </c>
     </row>
     <row r="1470">
       <c r="A1470" t="s" s="2">
-        <v>3465</v>
+        <v>3461</v>
       </c>
       <c r="B1470" t="s">
-        <v>3466</v>
+        <v>3462</v>
       </c>
       <c r="C1470" t="s" s="2">
-        <v>3467</v>
+        <v>3463</v>
       </c>
       <c r="D1470">
         <v>1</v>
       </c>
     </row>
     <row r="1471">
       <c r="A1471" t="s" s="2">
-        <v>3468</v>
+        <v>3464</v>
       </c>
       <c r="B1471" t="s">
-        <v>3469</v>
+        <v>3465</v>
       </c>
       <c r="C1471" t="s" s="2">
-        <v>3470</v>
+        <v>3466</v>
       </c>
       <c r="D1471">
         <v>1</v>
       </c>
     </row>
     <row r="1472">
       <c r="A1472" t="s" s="2">
-        <v>3471</v>
+        <v>3467</v>
       </c>
       <c r="B1472" t="s">
-        <v>3472</v>
+        <v>3468</v>
       </c>
       <c r="C1472" t="s" s="2">
-        <v>3473</v>
+        <v>3469</v>
       </c>
       <c r="D1472">
         <v>1</v>
       </c>
     </row>
     <row r="1473">
       <c r="A1473" t="s" s="2">
-        <v>3474</v>
+        <v>3470</v>
       </c>
       <c r="B1473" t="s">
-        <v>3475</v>
+        <v>3471</v>
       </c>
       <c r="C1473" t="s" s="2">
-        <v>3476</v>
+        <v>3472</v>
       </c>
       <c r="D1473">
         <v>1</v>
       </c>
     </row>
     <row r="1474">
       <c r="A1474" t="s" s="2">
+        <v>3473</v>
+      </c>
+      <c r="B1474" t="s">
         <v>3474</v>
       </c>
-      <c r="B1474" t="s">
+      <c r="C1474" t="s" s="2">
         <v>3475</v>
       </c>
-      <c r="C1474" t="s" s="2">
-[...1 lines deleted...]
-      </c>
       <c r="D1474">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1475">
       <c r="A1475" t="s" s="2">
+        <v>3476</v>
+      </c>
+      <c r="B1475" t="s">
+        <v>3477</v>
+      </c>
+      <c r="C1475" t="s" s="2">
         <v>3478</v>
-      </c>
-[...4 lines deleted...]
-        <v>3480</v>
       </c>
       <c r="D1475">
         <v>1</v>
       </c>
     </row>
     <row r="1476">
       <c r="A1476" t="s" s="2">
-        <v>3478</v>
+        <v>3479</v>
       </c>
       <c r="B1476" t="s">
-        <v>3479</v>
+        <v>3480</v>
       </c>
       <c r="C1476" t="s" s="2">
         <v>3481</v>
       </c>
       <c r="D1476">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1477">
       <c r="A1477" t="s" s="2">
+        <v>3479</v>
+      </c>
+      <c r="B1477" t="s">
+        <v>3480</v>
+      </c>
+      <c r="C1477" t="s" s="2">
         <v>3482</v>
       </c>
-      <c r="B1477" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1477">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1478">
       <c r="A1478" t="s" s="2">
-        <v>3482</v>
+        <v>3483</v>
       </c>
       <c r="B1478" t="s">
-        <v>3483</v>
+        <v>3484</v>
       </c>
       <c r="C1478" t="s" s="2">
         <v>3485</v>
       </c>
       <c r="D1478">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1479">
       <c r="A1479" t="s" s="2">
+        <v>3483</v>
+      </c>
+      <c r="B1479" t="s">
+        <v>3484</v>
+      </c>
+      <c r="C1479" t="s" s="2">
         <v>3486</v>
       </c>
-      <c r="B1479" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1479">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1480">
       <c r="A1480" t="s" s="2">
-        <v>3486</v>
+        <v>3487</v>
       </c>
       <c r="B1480" t="s">
-        <v>3487</v>
+        <v>3488</v>
       </c>
       <c r="C1480" t="s" s="2">
         <v>3489</v>
       </c>
       <c r="D1480">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1481">
       <c r="A1481" t="s" s="2">
+        <v>3487</v>
+      </c>
+      <c r="B1481" t="s">
+        <v>3488</v>
+      </c>
+      <c r="C1481" t="s" s="2">
         <v>3490</v>
       </c>
-      <c r="B1481" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1481">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1482">
       <c r="A1482" t="s" s="2">
+        <v>3491</v>
+      </c>
+      <c r="B1482" t="s">
+        <v>3492</v>
+      </c>
+      <c r="C1482" t="s" s="2">
         <v>3493</v>
       </c>
-      <c r="B1482" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1482">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1483">
       <c r="A1483" t="s" s="2">
-        <v>3496</v>
+        <v>3491</v>
       </c>
       <c r="B1483" t="s">
-        <v>3497</v>
+        <v>3492</v>
       </c>
       <c r="C1483" t="s" s="2">
-        <v>3498</v>
+        <v>3494</v>
       </c>
       <c r="D1483">
         <v>1</v>
       </c>
     </row>
     <row r="1484">
       <c r="A1484" t="s" s="2">
-        <v>3499</v>
+        <v>3495</v>
       </c>
       <c r="B1484" t="s">
-        <v>3500</v>
+        <v>3496</v>
       </c>
       <c r="C1484" t="s" s="2">
-        <v>3501</v>
+        <v>3497</v>
       </c>
       <c r="D1484">
         <v>1</v>
       </c>
     </row>
     <row r="1485">
       <c r="A1485" t="s" s="2">
-        <v>3502</v>
+        <v>3498</v>
       </c>
       <c r="B1485" t="s">
-        <v>3503</v>
+        <v>3499</v>
       </c>
       <c r="C1485" t="s" s="2">
-        <v>3504</v>
+        <v>3500</v>
       </c>
       <c r="D1485">
         <v>1</v>
       </c>
     </row>
     <row r="1486">
       <c r="A1486" t="s" s="2">
-        <v>3505</v>
+        <v>3501</v>
       </c>
       <c r="B1486" t="s">
-        <v>3506</v>
+        <v>3502</v>
       </c>
       <c r="C1486" t="s" s="2">
-        <v>3507</v>
+        <v>3503</v>
       </c>
       <c r="D1486">
         <v>1</v>
       </c>
     </row>
     <row r="1487">
       <c r="A1487" t="s" s="2">
-        <v>3508</v>
+        <v>3504</v>
       </c>
       <c r="B1487" t="s">
-        <v>3509</v>
+        <v>3505</v>
       </c>
       <c r="C1487" t="s" s="2">
-        <v>3510</v>
+        <v>3506</v>
       </c>
       <c r="D1487">
         <v>1</v>
       </c>
     </row>
     <row r="1488">
       <c r="A1488" t="s" s="2">
-        <v>3511</v>
+        <v>3507</v>
       </c>
       <c r="B1488" t="s">
-        <v>3512</v>
+        <v>3508</v>
       </c>
       <c r="C1488" t="s" s="2">
-        <v>3513</v>
+        <v>3509</v>
       </c>
       <c r="D1488">
         <v>1</v>
       </c>
     </row>
     <row r="1489">
       <c r="A1489" t="s" s="2">
-        <v>3514</v>
+        <v>3510</v>
       </c>
       <c r="B1489" t="s">
-        <v>3515</v>
+        <v>3511</v>
       </c>
       <c r="C1489" t="s" s="2">
-        <v>3516</v>
+        <v>3512</v>
       </c>
       <c r="D1489">
         <v>1</v>
       </c>
     </row>
     <row r="1490">
       <c r="A1490" t="s" s="2">
-        <v>3517</v>
+        <v>3513</v>
       </c>
       <c r="B1490" t="s">
-        <v>3518</v>
+        <v>3514</v>
       </c>
       <c r="C1490" t="s" s="2">
-        <v>3519</v>
+        <v>3515</v>
       </c>
       <c r="D1490">
         <v>1</v>
       </c>
     </row>
     <row r="1491">
       <c r="A1491" t="s" s="2">
-        <v>3520</v>
+        <v>3516</v>
       </c>
       <c r="B1491" t="s">
-        <v>3521</v>
+        <v>3517</v>
       </c>
       <c r="C1491" t="s" s="2">
-        <v>3522</v>
+        <v>3518</v>
       </c>
       <c r="D1491">
         <v>1</v>
       </c>
     </row>
     <row r="1492">
       <c r="A1492" t="s" s="2">
+        <v>3519</v>
+      </c>
+      <c r="B1492" t="s">
+        <v>3520</v>
+      </c>
+      <c r="C1492" t="s" s="2">
+        <v>3521</v>
+      </c>
+      <c r="D1492">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="1493">
+      <c r="A1493" t="s" s="2">
+        <v>3522</v>
+      </c>
+      <c r="B1493" t="s">
         <v>3523</v>
       </c>
-      <c r="B1492" t="s">
+      <c r="C1493" t="s" s="2">
         <v>3524</v>
       </c>
-      <c r="C1492" t="s" s="2">
+      <c r="D1493">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="1494">
+      <c r="A1494" t="s" s="2">
         <v>3525</v>
       </c>
-      <c r="D1492">
+      <c r="B1494" t="s">
+        <v>3526</v>
+      </c>
+      <c r="C1494" t="s" s="2">
+        <v>3527</v>
+      </c>
+      <c r="D1494">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="1495">
+      <c r="A1495" t="s" s="2">
+        <v>3528</v>
+      </c>
+      <c r="B1495" t="s">
+        <v>3529</v>
+      </c>
+      <c r="C1495" t="s" s="2">
+        <v>3530</v>
+      </c>
+      <c r="D1495">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="1496">
+      <c r="A1496" t="s" s="2">
+        <v>3531</v>
+      </c>
+      <c r="B1496" t="s">
+        <v>3532</v>
+      </c>
+      <c r="C1496" t="s" s="2">
+        <v>3533</v>
+      </c>
+      <c r="D1496">
         <v>1</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title>ERBE Productcodes</dc:title>
   <dc:subject/>
   <dc:creator>Erbe Elektromedizin GmbH</dc:creator>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>